--- v0 (2025-12-18)
+++ v1 (2026-01-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65004e092adb46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cac18d5962a4dcca57152e6c8442e5a.psmdcp" Id="R7614296ea08a4d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19441a81272f40b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46caf727a02344d48b12cb80105cc2cd.psmdcp" Id="Rcf910165ecdd43c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="priorityAxes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <x:si>
     <x:t>Financial Implementation by the Priority Axes</x:t>
   </x:si>
   <x:si>
     <x:t>Priority Axis</x:t>
   </x:si>
   <x:si>
@@ -55,51 +55,51 @@
   <x:si>
     <x:t>NF Funding</x:t>
   </x:si>
   <x:si>
     <x:t>Self-financing by the Beneficiary</x:t>
   </x:si>
   <x:si>
     <x:t>% of Implementation</x:t>
   </x:si>
   <x:si>
     <x:t>Return and Reintegration of Victims of Trafficking in Human Beings</x:t>
   </x:si>
   <x:si>
     <x:t>Integration of Migrants</x:t>
   </x:si>
   <x:si>
     <x:t>Notes:</x:t>
   </x:si>
   <x:si>
     <x:t>An element from the table with an arrow on the left side allows detailed view when selected</x:t>
   </x:si>
   <x:si>
     <x:t>Elements in light blue allow detailed view when selected</x:t>
   </x:si>
   <x:si>
-    <x:t>All amounts are in Bulgarian lev (BGN) / 1 EUR = 1,95583 BGN</x:t>
+    <x:t>All amounts are in euro (EUR) / 1 EUR = 1,95583 BGN</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -739,98 +739,98 @@
       </x:c>
       <x:c r="H5" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J5" s="7" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K5" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L5" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="9" t="n">
-        <x:v>4000000</x:v>
+        <x:v>2045167.52</x:v>
       </x:c>
       <x:c r="C6" s="9" t="n">
-        <x:v>3399999.99</x:v>
+        <x:v>1738392.39</x:v>
       </x:c>
       <x:c r="D6" s="9" t="n">
-        <x:v>600000.01</x:v>
+        <x:v>306775.13</x:v>
       </x:c>
       <x:c r="E6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B7" s="9" t="n">
-        <x:v>4705882.36</x:v>
+        <x:v>2406079.44</x:v>
       </x:c>
       <x:c r="C7" s="9" t="n">
-        <x:v>3999999.99</x:v>
+        <x:v>2045167.51</x:v>
       </x:c>
       <x:c r="D7" s="9" t="n">
-        <x:v>705882.37</x:v>
+        <x:v>360911.93</x:v>
       </x:c>
       <x:c r="E7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>