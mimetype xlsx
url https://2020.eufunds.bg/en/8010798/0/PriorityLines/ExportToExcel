--- v0 (2025-10-22)
+++ v1 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97c0165d12e74908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/718fcac07e694e5089018079b46bf43d.psmdcp" Id="R27bab3695abc40b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb77cfa7eec024539" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/223ef448a9a8468290328c78e811f6bb.psmdcp" Id="R025e577334984a13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="priorityAxes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <x:si>
     <x:t>Financial Implementation by the Priority Axes</x:t>
   </x:si>
   <x:si>
     <x:t>Priority Axis</x:t>
   </x:si>
   <x:si>
@@ -772,224 +772,224 @@
       <x:c r="B6" s="9" t="n">
         <x:v>1390335724.36</x:v>
       </x:c>
       <x:c r="C6" s="9" t="n">
         <x:v>1181785364.14</x:v>
       </x:c>
       <x:c r="D6" s="9" t="n">
         <x:v>208550360.22</x:v>
       </x:c>
       <x:c r="E6" s="9" t="n">
         <x:v>2373169269.52</x:v>
       </x:c>
       <x:c r="F6" s="9" t="n">
         <x:v>1143081300.66</x:v>
       </x:c>
       <x:c r="G6" s="9" t="n">
         <x:v>201720229.54</x:v>
       </x:c>
       <x:c r="H6" s="9" t="n">
         <x:v>1028367739.32</x:v>
       </x:c>
       <x:c r="I6" s="9" t="n">
         <x:v>96.72</x:v>
       </x:c>
       <x:c r="J6" s="9" t="n">
-        <x:v>408970790.4</x:v>
+        <x:v>423087173.01</x:v>
       </x:c>
       <x:c r="K6" s="9" t="n">
-        <x:v>349523919.75</x:v>
+        <x:v>361522844.97</x:v>
       </x:c>
       <x:c r="L6" s="9" t="n">
-        <x:v>59446870.65</x:v>
+        <x:v>61564328.04</x:v>
       </x:c>
       <x:c r="M6" s="9" t="n">
-        <x:v>29.42</x:v>
+        <x:v>30.43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B7" s="9" t="n">
         <x:v>1375749836.57</x:v>
       </x:c>
       <x:c r="C7" s="9" t="n">
         <x:v>1169387359.72</x:v>
       </x:c>
       <x:c r="D7" s="9" t="n">
         <x:v>206362476.85</x:v>
       </x:c>
       <x:c r="E7" s="9" t="n">
-        <x:v>1990566369.31</x:v>
+        <x:v>2242294743.17</x:v>
       </x:c>
       <x:c r="F7" s="9" t="n">
-        <x:v>871528653.96</x:v>
+        <x:v>1002357370.07</x:v>
       </x:c>
       <x:c r="G7" s="9" t="n">
-        <x:v>153799174.23</x:v>
+        <x:v>176886594.72</x:v>
       </x:c>
       <x:c r="H7" s="9" t="n">
-        <x:v>965238541.12</x:v>
+        <x:v>1063050778.38</x:v>
       </x:c>
       <x:c r="I7" s="9" t="n">
-        <x:v>74.53</x:v>
+        <x:v>85.72</x:v>
       </x:c>
       <x:c r="J7" s="9" t="n">
-        <x:v>102532782.82</x:v>
+        <x:v>278209486.81</x:v>
       </x:c>
       <x:c r="K7" s="9" t="n">
-        <x:v>87152865.4</x:v>
+        <x:v>236478063.79</x:v>
       </x:c>
       <x:c r="L7" s="9" t="n">
-        <x:v>15379917.42</x:v>
+        <x:v>41731423.02</x:v>
       </x:c>
       <x:c r="M7" s="9" t="n">
-        <x:v>7.45</x:v>
+        <x:v>20.22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="9" t="n">
         <x:v>788831050.98</x:v>
       </x:c>
       <x:c r="C8" s="9" t="n">
         <x:v>670506392.94</x:v>
       </x:c>
       <x:c r="D8" s="9" t="n">
         <x:v>118324658.04</x:v>
       </x:c>
       <x:c r="E8" s="9" t="n">
-        <x:v>422554595.91</x:v>
+        <x:v>429128195.91</x:v>
       </x:c>
       <x:c r="F8" s="9" t="n">
-        <x:v>326177719.28</x:v>
+        <x:v>331765279.28</x:v>
       </x:c>
       <x:c r="G8" s="9" t="n">
-        <x:v>57560774</x:v>
+        <x:v>58546814</x:v>
       </x:c>
       <x:c r="H8" s="9" t="n">
         <x:v>38816102.63</x:v>
       </x:c>
       <x:c r="I8" s="9" t="n">
-        <x:v>48.65</x:v>
+        <x:v>49.48</x:v>
       </x:c>
       <x:c r="J8" s="9" t="n">
-        <x:v>127424393.74</x:v>
+        <x:v>141288135.1</x:v>
       </x:c>
       <x:c r="K8" s="9" t="n">
-        <x:v>108310734.67</x:v>
+        <x:v>120094914.83</x:v>
       </x:c>
       <x:c r="L8" s="9" t="n">
-        <x:v>19113659.07</x:v>
+        <x:v>21193220.27</x:v>
       </x:c>
       <x:c r="M8" s="9" t="n">
-        <x:v>16.15</x:v>
+        <x:v>17.91</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="9" t="n">
         <x:v>92039059.74</x:v>
       </x:c>
       <x:c r="C9" s="9" t="n">
         <x:v>78233200</x:v>
       </x:c>
       <x:c r="D9" s="9" t="n">
         <x:v>13805859.74</x:v>
       </x:c>
       <x:c r="E9" s="9" t="n">
-        <x:v>5641461.91</x:v>
+        <x:v>11114393.11</x:v>
       </x:c>
       <x:c r="F9" s="9" t="n">
-        <x:v>4795242.61</x:v>
+        <x:v>9447234.13</x:v>
       </x:c>
       <x:c r="G9" s="9" t="n">
-        <x:v>846219.3</x:v>
+        <x:v>1667158.98</x:v>
       </x:c>
       <x:c r="H9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I9" s="9" t="n">
-        <x:v>6.13</x:v>
+        <x:v>12.08</x:v>
       </x:c>
       <x:c r="J9" s="9" t="n">
         <x:v>1128292.38</x:v>
       </x:c>
       <x:c r="K9" s="9" t="n">
         <x:v>959048.52</x:v>
       </x:c>
       <x:c r="L9" s="9" t="n">
         <x:v>169243.86</x:v>
       </x:c>
       <x:c r="M9" s="9" t="n">
         <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B10" s="9" t="n">
         <x:v>71396999.14</x:v>
       </x:c>
       <x:c r="C10" s="9" t="n">
         <x:v>60687449.07</x:v>
       </x:c>
       <x:c r="D10" s="9" t="n">
         <x:v>10709550.07</x:v>
       </x:c>
       <x:c r="E10" s="9" t="n">
-        <x:v>56041418.35</x:v>
+        <x:v>56001686.33</x:v>
       </x:c>
       <x:c r="F10" s="9" t="n">
-        <x:v>43529489.66</x:v>
+        <x:v>43495717.47</x:v>
       </x:c>
       <x:c r="G10" s="9" t="n">
-        <x:v>7681674.66</x:v>
+        <x:v>7675714.83</x:v>
       </x:c>
       <x:c r="H10" s="9" t="n">
         <x:v>4830254.03</x:v>
       </x:c>
       <x:c r="I10" s="9" t="n">
-        <x:v>71.73</x:v>
+        <x:v>71.67</x:v>
       </x:c>
       <x:c r="J10" s="9" t="n">
-        <x:v>4407576.92</x:v>
+        <x:v>5973912.39</x:v>
       </x:c>
       <x:c r="K10" s="9" t="n">
-        <x:v>3746440.38</x:v>
+        <x:v>5077825.51</x:v>
       </x:c>
       <x:c r="L10" s="9" t="n">
-        <x:v>661136.54</x:v>
+        <x:v>896086.88</x:v>
       </x:c>
       <x:c r="M10" s="9" t="n">
-        <x:v>6.17</x:v>
+        <x:v>8.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="0" t="s">
         <x:v>15</x:v>
       </x:c>