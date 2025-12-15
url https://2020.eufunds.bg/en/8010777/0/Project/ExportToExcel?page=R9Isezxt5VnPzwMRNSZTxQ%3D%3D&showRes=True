--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4184cb9904c84798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ae7577836ff4a72b5ca7e66d2de3476.psmdcp" Id="R7911787ce2324537" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1718d15557264088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/709ee39fa43041858241d4e737864587.psmdcp" Id="R45475330a0f248e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="222">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="223" uniqueCount="223">
   <x:si>
     <x:t>Applied filters</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Period</x:t>
   </x:si>
   <x:si>
     <x:t>Programme</x:t>
   </x:si>
   <x:si>
     <x:t>Technical Assistance Programme</x:t>
   </x:si>
   <x:si>
     <x:t>Priority Axis</x:t>
   </x:si>
   <x:si>
     <x:t>Procedure</x:t>
   </x:si>
   <x:si>
     <x:t>Starting Year (from)</x:t>
   </x:si>
   <x:si>
     <x:t>Starting Year (to)</x:t>
   </x:si>
   <x:si>
@@ -179,50 +179,53 @@
     <x:t>130403691 IPA</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Sofia, 1000, ул. СЕРДИКА, номер 6-8</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.002-0001</x:t>
   </x:si>
   <x:si>
     <x:t>EU Funds Academy: Development and provision of systematic horizontal knowledge transfer and training for the effective use of the European Structural and Investment Funds and the European Funds Under Shared Management.</x:t>
   </x:si>
   <x:si>
     <x:t>000695025 MINISTERSKI SAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Sofia, 1594, бул. ДОНДУКОВ, номер 1</x:t>
   </x:si>
   <x:si>
     <x:t>Sofia</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Transformation in the EU Funds Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EU Theritory,Bulgaria</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Effective coordination in the implementation of the Cohesion policy in Bulgaria</x:t>
   </x:si>
   <x:si>
     <x:t>000695235 The Ministry of Interior (the AFCOS Directorate)</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Sofia, 1000, ул. "ШЕСТИ СЕПТЕМВРИ" № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.009-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Improving the state policy regarding the prevention and detection of irregularities, fraud and corruption concerning projects financed by the EU</x:t>
   </x:si>
   <x:si>
     <x:t>000697371 Ministry of Environment and Water</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Sofia, 1000, бул. КНЯГИНЯ МАРИЯ ЛУИЗА № 22</x:t>
   </x:si>
@@ -654,51 +657,51 @@
   <x:si>
     <x:t>Effective functioning of the District Information Center - Shumen during the period 2024-2029</x:t>
   </x:si>
   <x:si>
     <x:t>000970496 MUNICIPALITY OF YAMBOL</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Yambol, 8600, УЛ. ГЕОРГИ С. РАКОВСКИ № 7</x:t>
   </x:si>
   <x:si>
     <x:t>Yambol (BG343)</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.006-0024</x:t>
   </x:si>
   <x:si>
     <x:t>Effective implementation of the functions of the Regional Information Center - Yambol in the period 2024-2029</x:t>
   </x:si>
   <x:si>
     <x:t>000696327 SOFIA MUNICIPALITY</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Sofia, 1000, ул. МОСКОВСКА, номер 33</x:t>
   </x:si>
   <x:si>
-    <x:t>Sofia (BG412),Sofia cap. (BG411)</x:t>
+    <x:t>Sofia cap. (BG411),Sofia (BG412)</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.006-0025</x:t>
   </x:si>
   <x:si>
     <x:t>Functioning of RIC - Sofia for the period 2024-2029</x:t>
   </x:si>
   <x:si>
     <x:t>Notes:</x:t>
   </x:si>
   <x:si>
     <x:t>Elements in light blue allow detailed view when selected</x:t>
   </x:si>
   <x:si>
     <x:t>All amounts are in Bulgarian lev (BGN) / 1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Project cost information in the regions based on the latest update of the Grant contract</x:t>
   </x:si>
   <x:si>
     <x:t>The information about the actually paid project amounts is not related to the respective region, but is for the whole project. It is visible when accessing each individual project, and for all projects in the sample - when exporting the data.</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -1418,1910 +1421,1910 @@
       <x:c r="E23" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F23" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H23" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I23" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
         <x:v>15088000</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
         <x:v>15088000</x:v>
       </x:c>
       <x:c r="L23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M23" s="4" t="n">
-        <x:v>5570859.93</x:v>
+        <x:v>7177495.39</x:v>
       </x:c>
       <x:c r="N23" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
         <x:v>37471569</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
         <x:v>37471569</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
-        <x:v>11500373.21</x:v>
+        <x:v>13243095.26</x:v>
       </x:c>
       <x:c r="N24" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O24" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
         <x:v>7993893.25</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
         <x:v>7993893.25</x:v>
       </x:c>
       <x:c r="L25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M25" s="4" t="n">
-        <x:v>1348690.08</x:v>
+        <x:v>1702610.41</x:v>
       </x:c>
       <x:c r="N25" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="O25" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
         <x:v>13874411.8</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
         <x:v>13874411.8</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
-        <x:v>1557486.68</x:v>
+        <x:v>3184761.37</x:v>
       </x:c>
       <x:c r="N26" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O26" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I27" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J27" s="4" t="n">
         <x:v>41850887.62</x:v>
       </x:c>
       <x:c r="K27" s="4" t="n">
         <x:v>41850887.62</x:v>
       </x:c>
       <x:c r="L27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M27" s="4" t="n">
         <x:v>8343556.04</x:v>
       </x:c>
       <x:c r="N27" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O27" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:15">
       <x:c r="A28" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
         <x:v>516000</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
         <x:v>516000</x:v>
       </x:c>
       <x:c r="L28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M28" s="4" t="n">
-        <x:v>117746.79</x:v>
+        <x:v>171071.84</x:v>
       </x:c>
       <x:c r="N28" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="O28" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
         <x:v>330000</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
         <x:v>330000</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
         <x:v>96383</x:v>
       </x:c>
       <x:c r="N29" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="O29" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I30" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
         <x:v>15349259</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
         <x:v>15349259</x:v>
       </x:c>
       <x:c r="L30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M30" s="4" t="n">
-        <x:v>4299146.76</x:v>
+        <x:v>5050454.35</x:v>
       </x:c>
       <x:c r="N30" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O30" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>1188506.62</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
         <x:v>1188506.62</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
         <x:v>70000</x:v>
       </x:c>
       <x:c r="N31" s="5" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="O31" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I32" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
         <x:v>7132550</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
         <x:v>7132550</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
-        <x:v>203299.57</x:v>
+        <x:v>537277.69</x:v>
       </x:c>
       <x:c r="N32" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="O32" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F33" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H33" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I33" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
-        <x:v>1383852.67</x:v>
+        <x:v>1511229.94</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
-        <x:v>1383852.67</x:v>
+        <x:v>1511229.94</x:v>
       </x:c>
       <x:c r="L33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M33" s="4" t="n">
-        <x:v>536328</x:v>
+        <x:v>634771.18</x:v>
       </x:c>
       <x:c r="N33" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O33" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H34" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I34" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
         <x:v>1080374.4</x:v>
       </x:c>
       <x:c r="K34" s="4" t="n">
         <x:v>1080374.4</x:v>
       </x:c>
       <x:c r="L34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M34" s="4" t="n">
-        <x:v>230361.12</x:v>
+        <x:v>319742.99</x:v>
       </x:c>
       <x:c r="N34" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O34" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H35" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I35" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
-        <x:v>1001525.11</x:v>
+        <x:v>1205705.03</x:v>
       </x:c>
       <x:c r="K35" s="4" t="n">
-        <x:v>1001525.11</x:v>
+        <x:v>1205705.03</x:v>
       </x:c>
       <x:c r="L35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M35" s="4" t="n">
-        <x:v>280998.99</x:v>
+        <x:v>316423.22</x:v>
       </x:c>
       <x:c r="N35" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O35" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I36" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
         <x:v>1095872.16</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
         <x:v>1095872.16</x:v>
       </x:c>
       <x:c r="L36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M36" s="4" t="n">
-        <x:v>490252.54</x:v>
+        <x:v>570160.89</x:v>
       </x:c>
       <x:c r="N36" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O36" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
         <x:v>551686.32</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
         <x:v>551686.32</x:v>
       </x:c>
       <x:c r="L37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M37" s="4" t="n">
         <x:v>105588.43</x:v>
       </x:c>
       <x:c r="N37" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O37" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F38" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H38" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I38" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
         <x:v>713904.24</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
         <x:v>713904.24</x:v>
       </x:c>
       <x:c r="L38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M38" s="4" t="n">
         <x:v>250587.29</x:v>
       </x:c>
       <x:c r="N38" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O38" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F39" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H39" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I39" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J39" s="4" t="n">
         <x:v>1020714.52</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
         <x:v>1020714.52</x:v>
       </x:c>
       <x:c r="L39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M39" s="4" t="n">
-        <x:v>405594.12</x:v>
+        <x:v>446666.8</x:v>
       </x:c>
       <x:c r="N39" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O39" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H40" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I40" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
         <x:v>1170000</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
         <x:v>1170000</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
-        <x:v>262807.51</x:v>
+        <x:v>311976.41</x:v>
       </x:c>
       <x:c r="N40" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O40" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F41" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H41" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I41" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
-        <x:v>1129658.5</x:v>
+        <x:v>1169951.05</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
-        <x:v>1129658.5</x:v>
+        <x:v>1169951.05</x:v>
       </x:c>
       <x:c r="L41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M41" s="4" t="n">
-        <x:v>401984.17</x:v>
+        <x:v>499384.1</x:v>
       </x:c>
       <x:c r="N41" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O41" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F42" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I42" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
         <x:v>825078.88</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
         <x:v>825078.88</x:v>
       </x:c>
       <x:c r="L42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M42" s="4" t="n">
         <x:v>136479.21</x:v>
       </x:c>
       <x:c r="N42" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O42" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F43" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H43" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I43" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
         <x:v>1073151.67</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
         <x:v>1073151.67</x:v>
       </x:c>
       <x:c r="L43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M43" s="4" t="n">
         <x:v>464179.44</x:v>
       </x:c>
       <x:c r="N43" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O43" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
         <x:v>855125.53</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
         <x:v>855125.53</x:v>
       </x:c>
       <x:c r="L44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M44" s="4" t="n">
         <x:v>251472.23</x:v>
       </x:c>
       <x:c r="N44" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O44" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F45" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H45" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I45" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
         <x:v>745495.85</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
         <x:v>745495.85</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M45" s="4" t="n">
         <x:v>309512.96</x:v>
       </x:c>
       <x:c r="N45" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O45" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F46" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H46" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I46" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
         <x:v>1034290.28</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
         <x:v>1034290.28</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
         <x:v>381409.43</x:v>
       </x:c>
       <x:c r="N46" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O46" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F47" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H47" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I47" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
         <x:v>1153003.71</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
         <x:v>1153003.71</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
         <x:v>313513.69</x:v>
       </x:c>
       <x:c r="N47" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O47" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F48" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H48" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I48" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J48" s="4" t="n">
         <x:v>1290754.58</x:v>
       </x:c>
       <x:c r="K48" s="4" t="n">
         <x:v>1290754.58</x:v>
       </x:c>
       <x:c r="L48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M48" s="4" t="n">
         <x:v>461531.2</x:v>
       </x:c>
       <x:c r="N48" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O48" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F49" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H49" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="I49" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
         <x:v>839911.93</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
         <x:v>839911.93</x:v>
       </x:c>
       <x:c r="L49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M49" s="4" t="n">
-        <x:v>231315.16</x:v>
+        <x:v>311073.87</x:v>
       </x:c>
       <x:c r="N49" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O49" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
       <x:c r="A50" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F50" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H50" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I50" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J50" s="4" t="n">
         <x:v>1037806.35</x:v>
       </x:c>
       <x:c r="K50" s="4" t="n">
         <x:v>1037806.35</x:v>
       </x:c>
       <x:c r="L50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M50" s="4" t="n">
-        <x:v>231721.69</x:v>
+        <x:v>289177.24</x:v>
       </x:c>
       <x:c r="N50" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O50" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:15">
       <x:c r="A51" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F51" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H51" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I51" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J51" s="4" t="n">
         <x:v>1556973.88</x:v>
       </x:c>
       <x:c r="K51" s="4" t="n">
         <x:v>1556973.88</x:v>
       </x:c>
       <x:c r="L51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M51" s="4" t="n">
-        <x:v>344645.11</x:v>
+        <x:v>433505.86</x:v>
       </x:c>
       <x:c r="N51" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O51" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H52" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I52" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J52" s="4" t="n">
         <x:v>1140075.22</x:v>
       </x:c>
       <x:c r="K52" s="4" t="n">
         <x:v>1140075.22</x:v>
       </x:c>
       <x:c r="L52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M52" s="4" t="n">
-        <x:v>378160.18</x:v>
+        <x:v>451651.29</x:v>
       </x:c>
       <x:c r="N52" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O52" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I53" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J53" s="4" t="n">
-        <x:v>900515.24</x:v>
+        <x:v>986343.34</x:v>
       </x:c>
       <x:c r="K53" s="4" t="n">
-        <x:v>900515.24</x:v>
+        <x:v>986343.34</x:v>
       </x:c>
       <x:c r="L53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M53" s="4" t="n">
         <x:v>349207.96</x:v>
       </x:c>
       <x:c r="N53" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O53" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:15">
       <x:c r="A54" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F54" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H54" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I54" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J54" s="4" t="n">
         <x:v>959504.04</x:v>
       </x:c>
       <x:c r="K54" s="4" t="n">
         <x:v>959504.04</x:v>
       </x:c>
       <x:c r="L54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M54" s="4" t="n">
         <x:v>374320.33</x:v>
       </x:c>
       <x:c r="N54" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O54" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:15">
       <x:c r="A55" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F55" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H55" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I55" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J55" s="4" t="n">
         <x:v>1118020.34</x:v>
       </x:c>
       <x:c r="K55" s="4" t="n">
         <x:v>1118020.34</x:v>
       </x:c>
       <x:c r="L55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M55" s="4" t="n">
         <x:v>227947.24</x:v>
       </x:c>
       <x:c r="N55" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O55" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:15">
       <x:c r="A56" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D56" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F56" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H56" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I56" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J56" s="4" t="n">
         <x:v>855409.53</x:v>
       </x:c>
       <x:c r="K56" s="4" t="n">
         <x:v>855409.53</x:v>
       </x:c>
       <x:c r="L56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M56" s="4" t="n">
-        <x:v>147184.07</x:v>
+        <x:v>296696.43</x:v>
       </x:c>
       <x:c r="N56" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O56" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:15">
       <x:c r="A57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E57" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F57" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H57" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I57" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J57" s="4" t="n">
         <x:v>779832.05</x:v>
       </x:c>
       <x:c r="K57" s="4" t="n">
         <x:v>779832.05</x:v>
       </x:c>
       <x:c r="L57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M57" s="4" t="n">
-        <x:v>107418.17</x:v>
+        <x:v>187306.57</x:v>
       </x:c>
       <x:c r="N57" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O57" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:15">
       <x:c r="A58" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D58" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E58" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F58" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H58" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I58" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J58" s="4" t="n">
         <x:v>778688.06</x:v>
       </x:c>
       <x:c r="K58" s="4" t="n">
         <x:v>778688.06</x:v>
       </x:c>
       <x:c r="L58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M58" s="4" t="n">
         <x:v>315289.39</x:v>
       </x:c>
       <x:c r="N58" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O58" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:15">
       <x:c r="A59" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E59" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F59" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H59" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I59" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J59" s="4" t="n">
-        <x:v>1042925.91</x:v>
+        <x:v>1523524.07</x:v>
       </x:c>
       <x:c r="K59" s="4" t="n">
-        <x:v>1042925.91</x:v>
+        <x:v>1523524.07</x:v>
       </x:c>
       <x:c r="L59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M59" s="4" t="n">
-        <x:v>215590.77</x:v>
+        <x:v>281144.54</x:v>
       </x:c>
       <x:c r="N59" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="O59" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:15" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="61" spans="1:15">
       <x:c r="A61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:15">
       <x:c r="A62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="G62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:15">
       <x:c r="A63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:15">
       <x:c r="A64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J64" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:15">
       <x:c r="A65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="12">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
     <x:mergeCell ref="A18:J18"/>
     <x:mergeCell ref="A19:J19"/>
     <x:mergeCell ref="A20:J20"/>
     <x:mergeCell ref="A60:J60"/>
     <x:mergeCell ref="A61:J61"/>
     <x:mergeCell ref="A62:J62"/>
     <x:mergeCell ref="A63:J63"/>
     <x:mergeCell ref="A64:J64"/>
     <x:mergeCell ref="A65:J65"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 