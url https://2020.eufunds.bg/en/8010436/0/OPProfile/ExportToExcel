--- v0 (2025-12-12)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8880ee4fb6a5470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93f6f6d3706d41bb9f48ac1918a1829f.psmdcp" Id="R7f34dfd0baac4abc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb70f5dc96ee4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6e21e25e7049426aa39102c7b6c19ef7.psmdcp" Id="R618147636b244c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="opProfileFinExec" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Budget allocation by fund</x:t>
   </x:si>
   <x:si>
     <x:t>Programming Period</x:t>
   </x:si>
   <x:si>
@@ -112,51 +112,51 @@
   <x:si>
     <x:t>Actual amounts paid</x:t>
   </x:si>
   <x:si>
     <x:t>EU Funding</x:t>
   </x:si>
   <x:si>
     <x:t>NF Funding</x:t>
   </x:si>
   <x:si>
     <x:t>% of Implementation</x:t>
   </x:si>
   <x:si>
     <x:t>Notes:</x:t>
   </x:si>
   <x:si>
     <x:t>* - Operational Programme cumulative budget by year</x:t>
   </x:si>
   <x:si>
     <x:t>** - Cumulative amount of the contracted funds</x:t>
   </x:si>
   <x:si>
     <x:t>*** - The amount of the actual amounts paid cumulative</x:t>
   </x:si>
   <x:si>
-    <x:t>All amounts are in Bulgarian lev (BGN) / 1 EUR = 1,95583 BGN</x:t>
+    <x:t>All amounts are in euro (EUR) / 1 EUR = 1,95583 BGN</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
   </x:numFmts>
   <x:fonts count="5">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -766,127 +766,127 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:13">
       <x:c r="A5" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1378355.64</x:v>
+        <x:v>704742.05</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5306785.58</x:v>
+        <x:v>2713316.38</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>6685141.22</x:v>
+        <x:v>3418058.43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4757719.04</x:v>
+        <x:v>2432583.12</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18317619.92</x:v>
+        <x:v>9365650.36</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>23075338.96</x:v>
+        <x:v>11798233.48</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1577898.2</x:v>
+        <x:v>806766.54</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>6075041.29</x:v>
+        <x:v>3106119.29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>7652939.49</x:v>
+        <x:v>3912885.83</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>976493.79</x:v>
+        <x:v>499273.34</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3759583.49</x:v>
+        <x:v>1922244.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4736077.28</x:v>
+        <x:v>2421517.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>711181.36</x:v>
+        <x:v>363621.25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2738108.26</x:v>
+        <x:v>1399972.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3449289.62</x:v>
+        <x:v>1763593.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>866487.77</x:v>
+        <x:v>443028.16</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3336051.09</x:v>
+        <x:v>1705695.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4202538.86</x:v>
+        <x:v>2148723.99</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13">
       <x:c r="A13" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
@@ -990,57 +990,57 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:13">
       <x:c r="A21" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:13">
       <x:c r="A22" s="5" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B22" s="6" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="C22" s="6" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D22" s="6" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:13" customFormat="1" ht="45" customHeight="1"/>
     <x:row r="24" spans="1:13">
       <x:c r="A24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
@@ -1134,584 +1134,584 @@
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:13">
       <x:c r="A29" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6685141.22</x:v>
+        <x:v>3418058.43</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5306785.58</x:v>
+        <x:v>2713316.38</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1378355.64</x:v>
+        <x:v>704742.05</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>4295305.93</x:v>
+        <x:v>2196155.04</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>3221479.34</x:v>
+        <x:v>1647116.24</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
         <x:v>64.25</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>1541227.6</x:v>
+        <x:v>788017.16</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>1155920.7</x:v>
+        <x:v>591012.87</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
         <x:v>23.05</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:13">
       <x:c r="A30" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>29760480.18</x:v>
+        <x:v>15216291.91</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>23624405.5</x:v>
+        <x:v>12078966.74</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>6136074.68</x:v>
+        <x:v>3137325.17</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5150305.8</x:v>
+        <x:v>2633309.53</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>3862729.23</x:v>
+        <x:v>1974982.1</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>17.31</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>2538806.45</x:v>
+        <x:v>1298071.14</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>1904104.85</x:v>
+        <x:v>973553.36</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
         <x:v>8.53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:13">
       <x:c r="A31" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>37413419.67</x:v>
+        <x:v>19129177.74</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>29699446.79</x:v>
+        <x:v>15185086.03</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>7713972.88</x:v>
+        <x:v>3944091.71</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>12335394.45</x:v>
+        <x:v>6306986.93</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>9420232.33</x:v>
+        <x:v>4816488.25</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
         <x:v>32.97</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>5025426.72</x:v>
+        <x:v>2569459.9</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
-        <x:v>3805741.31</x:v>
+        <x:v>1945844.66</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>13.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:13">
       <x:c r="A32" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>42149496.95</x:v>
+        <x:v>21550695.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>33459030.28</x:v>
+        <x:v>17107330.55</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>8690466.67</x:v>
+        <x:v>4443365.05</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>13879228.87</x:v>
+        <x:v>7096336.95</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>10780050.95</x:v>
+        <x:v>5511752.46</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
         <x:v>32.93</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>6369380.02</x:v>
+        <x:v>3256612.3</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
-        <x:v>4875802.96</x:v>
+        <x:v>2492958.48</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
         <x:v>15.11</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:13">
       <x:c r="A33" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>45598786.57</x:v>
+        <x:v>23314289.38</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>36197138.54</x:v>
+        <x:v>18507303.08</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>9401648.03</x:v>
+        <x:v>4806986.3</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>18438822.75</x:v>
+        <x:v>9427620.26</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>14199745.67</x:v>
+        <x:v>7260214.6</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
         <x:v>40.44</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>10186679.26</x:v>
+        <x:v>5208366.4</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
-        <x:v>7891809.81</x:v>
+        <x:v>4035018.3</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
         <x:v>22.34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:13">
       <x:c r="A34" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>29272040.63</x:v>
+        <x:v>14966556.63</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>22486989.59</x:v>
+        <x:v>11497415.13</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
         <x:v>58.78</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>16879464.44</x:v>
+        <x:v>8630333.13</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>13065449.92</x:v>
+        <x:v>6680258.49</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
         <x:v>33.89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:13">
       <x:c r="A35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>37699503.87</x:v>
+        <x:v>19275450.13</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>28884596.61</x:v>
+        <x:v>14768459.64</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
         <x:v>75.7</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
-        <x:v>25558190.48</x:v>
+        <x:v>13067695.3</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
-        <x:v>19613366</x:v>
+        <x:v>10028154.81</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
         <x:v>51.32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:13">
       <x:c r="A36" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>38515942.29</x:v>
+        <x:v>19692888.46</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>29496925.4</x:v>
+        <x:v>15081538.38</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
         <x:v>77.34</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
-        <x:v>31074011.38</x:v>
+        <x:v>15887889.73</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
-        <x:v>23761233.06</x:v>
+        <x:v>12148925.55</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
         <x:v>62.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:13">
       <x:c r="A37" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>38724234.99</x:v>
+        <x:v>19799386.83</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>29705218.1</x:v>
+        <x:v>15188036.75</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
         <x:v>77.76</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>36140653.88</x:v>
+        <x:v>18478422.89</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>27655093.32</x:v>
+        <x:v>14139824.65</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
         <x:v>72.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:13">
       <x:c r="A38" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>39204842.19</x:v>
+        <x:v>20045117.49</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
-        <x:v>30097198.84</x:v>
+        <x:v>15388453.36</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
         <x:v>78.72</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:13">
       <x:c r="A39" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J39" s="4" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:13">
       <x:c r="A40" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:13">
       <x:c r="A41" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:13">
       <x:c r="A42" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:13">
       <x:c r="A43" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:13">
       <x:c r="A44" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:13">
       <x:c r="A45" s="5" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B45" s="6" t="n">
-        <x:v>49801325.43</x:v>
+        <x:v>25463013.37</x:v>
       </x:c>
       <x:c r="C45" s="6" t="n">
-        <x:v>39533189.63</x:v>
+        <x:v>20212998.91</x:v>
       </x:c>
       <x:c r="D45" s="6" t="n">
-        <x:v>10268135.8</x:v>
+        <x:v>5250014.46</x:v>
       </x:c>
       <x:c r="E45" s="6" t="n">
-        <x:v>41586010.58</x:v>
+        <x:v>20041376.94</x:v>
       </x:c>
       <x:c r="F45" s="6" t="n">
-        <x:v>32522226.35</x:v>
+        <x:v>15407137.68</x:v>
       </x:c>
       <x:c r="G45" s="6" t="n">
-        <x:v>83.5</x:v>
+        <x:v>78.71</x:v>
       </x:c>
       <x:c r="H45" s="6" t="n">
-        <x:v>39078717.72</x:v>
+        <x:v>19980631.06</x:v>
       </x:c>
       <x:c r="I45" s="6" t="n">
-        <x:v>30034599.95</x:v>
+        <x:v>15356447.04</x:v>
       </x:c>
       <x:c r="J45" s="6" t="n">
         <x:v>78.47</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:13" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="47" spans="1:13">
       <x:c r="A47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>