--- v0 (2025-10-14)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30af22d5efff4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59b56dc4ae334ef5877399231725300e.psmdcp" Id="R0e4f4f790c054b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b14b6812b624889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33e89e55531a4e2bbf7f849319c6bf94.psmdcp" Id="R3df11937689d4dec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="priorityAxes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Financial Implementation by the Priority Axes</x:t>
   </x:si>
   <x:si>
     <x:t>Priority Axis</x:t>
   </x:si>
   <x:si>
@@ -763,104 +763,104 @@
       </x:c>
       <x:c r="K5" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L5" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="9" t="n">
         <x:v>1402278183</x:v>
       </x:c>
       <x:c r="C6" s="9" t="n">
         <x:v>1208152803</x:v>
       </x:c>
       <x:c r="D6" s="9" t="n">
         <x:v>194125380</x:v>
       </x:c>
       <x:c r="E6" s="9" t="n">
-        <x:v>1545493830.24</x:v>
+        <x:v>1545307580.48</x:v>
       </x:c>
       <x:c r="F6" s="9" t="n">
-        <x:v>1311997178.43</x:v>
+        <x:v>1311838866.1</x:v>
       </x:c>
       <x:c r="G6" s="9" t="n">
-        <x:v>211631541.31</x:v>
+        <x:v>211603603.88</x:v>
       </x:c>
       <x:c r="H6" s="9" t="n">
         <x:v>21865110.5</x:v>
       </x:c>
       <x:c r="I6" s="9" t="n">
-        <x:v>108.65</x:v>
+        <x:v>108.64</x:v>
       </x:c>
       <x:c r="J6" s="9" t="n">
-        <x:v>1411843299.05</x:v>
+        <x:v>1411836087.38</x:v>
       </x:c>
       <x:c r="K6" s="9" t="n">
-        <x:v>1216200670.47</x:v>
+        <x:v>1216194540.58</x:v>
       </x:c>
       <x:c r="L6" s="9" t="n">
-        <x:v>195642628.58</x:v>
+        <x:v>195641546.8</x:v>
       </x:c>
       <x:c r="M6" s="9" t="n">
         <x:v>100.68</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B7" s="9" t="n">
         <x:v>720104642</x:v>
       </x:c>
       <x:c r="C7" s="9" t="n">
         <x:v>612088945</x:v>
       </x:c>
       <x:c r="D7" s="9" t="n">
         <x:v>108015697</x:v>
       </x:c>
       <x:c r="E7" s="9" t="n">
-        <x:v>763994381.16</x:v>
+        <x:v>763852696.43</x:v>
       </x:c>
       <x:c r="F7" s="9" t="n">
-        <x:v>649402571.17</x:v>
+        <x:v>649282139.2</x:v>
       </x:c>
       <x:c r="G7" s="9" t="n">
-        <x:v>114591809.99</x:v>
+        <x:v>114570557.23</x:v>
       </x:c>
       <x:c r="H7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I7" s="9" t="n">
-        <x:v>106.09</x:v>
+        <x:v>106.08</x:v>
       </x:c>
       <x:c r="J7" s="9" t="n">
         <x:v>724437010.15</x:v>
       </x:c>
       <x:c r="K7" s="9" t="n">
         <x:v>615684691.41</x:v>
       </x:c>
       <x:c r="L7" s="9" t="n">
         <x:v>108752318.74</x:v>
       </x:c>
       <x:c r="M7" s="9" t="n">
         <x:v>100.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="9" t="n">
         <x:v>77143262</x:v>
       </x:c>
       <x:c r="C8" s="9" t="n">
         <x:v>65571773</x:v>
       </x:c>
       <x:c r="D8" s="9" t="n">