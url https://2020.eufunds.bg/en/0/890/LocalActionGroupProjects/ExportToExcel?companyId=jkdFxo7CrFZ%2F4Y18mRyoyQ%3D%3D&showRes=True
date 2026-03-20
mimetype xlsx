--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82ea77e291f94ad0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/134b578149d940798db60e6be5794bdb.psmdcp" Id="R77e157d4151942f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76b9432546cc4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/787ca1e519a4450e80d7469cd56b53ea.psmdcp" Id="R609a1bd8a7044197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="300">
   <x:si>
     <x:t>Projects</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
@@ -103,51 +103,51 @@
   <x:si>
     <x:t>Closed (completion date)</x:t>
   </x:si>
   <x:si>
     <x:t>107594134 "ES DI KOMERS" LTD</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Dryanovo, 5370, "Поп Харитон" № 20</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.623-0009</x:t>
   </x:si>
   <x:si>
     <x:t>Modernization of the production and improvement of the productive capacity of Es Di Commerce Ltd.</x:t>
   </x:si>
   <x:si>
     <x:t>Contracted</x:t>
   </x:si>
   <x:si>
     <x:t>107533710 INFOCENTER EOOD</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Tryavna, 5350, ул. АНГЕЛ КЪНЧЕВ, номер 81, ет. 1, ап. 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Dryanovo,Tryavna</x:t>
+    <x:t>Tryavna,Dryanovo</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.375-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Increasing market share and boosting competitiveness of farmers through vocational qualification opportunities</x:t>
   </x:si>
   <x:si>
     <x:t>204210667 TANGRA SOFT LTD</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Dryanovo, 5370, ул.ХАДЖИ ДИМИТЪР № 26</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-1.107-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Providing employment in Tangra Soft EOOD, by creating new jobs</x:t>
   </x:si>
   <x:si>
     <x:t>201780847 A and G Kazakovi Ltd.</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Dryanovo, 5370, ул. БОРОВА ГОРА, номер 5</x:t>
   </x:si>
@@ -613,51 +613,51 @@
   <x:si>
     <x:t>Bulgaria, Tryavna, 5350, ул. Ангел Кънчев 21</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.868-0001</x:t>
   </x:si>
   <x:si>
     <x:t>"Construction of a new heating, ventilation and air conditioning system for the hall and stage of the community center "Pencho Slaveykov 1871" in the town of Tryavna - Stage 1"</x:t>
   </x:si>
   <x:si>
     <x:t>000215946 Municipality of Tryavna</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Tryavna, 5350, ул. АНГЕЛ КЪНЧЕВ № 21</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.117-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Repair and construction of sports playgrounds in the yard of Kindergarten "Svetlina" and square 23 according to the plan of the town of Tryavna</x:t>
   </x:si>
   <x:si>
     <x:t>000215946 MUNICIPALITY OF TRYAVNA</x:t>
   </x:si>
   <x:si>
-    <x:t>Plachkovtsi,Tryavna</x:t>
+    <x:t>Tryavna,Plachkovtsi</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.117-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Reconstruction and equipment of community centre's buildings in the municipality of Tryavna</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Tryavna, 5350, ул. АНГЕЛ КЪНЧЕВ, номер 21</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-2.105-0005</x:t>
   </x:si>
   <x:si>
     <x:t>"Support for vulnerable persons from the Municipality of Tryavna"</x:t>
   </x:si>
   <x:si>
     <x:t>000215946 OBSHTINA TRYAVNA</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.455-0002</x:t>
   </x:si>
   <x:si>
     <x:t>"The "Cross" area - relaxation, sports and entertainment among the nature"</x:t>
   </x:si>
@@ -909,51 +909,51 @@
     <x:t xml:space="preserve">
 "Repair, improvement of the adjacent spaces and equipment of the church" St. Nicholas "- Yantra"</x:t>
   </x:si>
   <x:si>
     <x:t>177517755 Church "Holy Transfiguration", village of Belitsa, municipality Tryavna</x:t>
   </x:si>
   <x:si>
     <x:t>Bulgaria, Belitsa, 5363, с. Белица, общ. Трявна</x:t>
   </x:si>
   <x:si>
     <x:t>Belitsa</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.563-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Renovation of the church "Holy Transfiguration" - Belitsa</x:t>
   </x:si>
   <x:si>
     <x:t>Notes:</x:t>
   </x:si>
   <x:si>
     <x:t>Elements in light blue allow detailed view when selected</x:t>
   </x:si>
   <x:si>
-    <x:t>All amounts are in Bulgarian lev (BGN) / 1 EUR = 1,95583 BGN</x:t>
+    <x:t>All amounts are in euro (EUR) / 1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Project cost information based on the latest update of the Grant contract</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1488,130 +1488,130 @@
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>4388.3</x:v>
+        <x:v>2243.71</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>4388.3</x:v>
+        <x:v>2243.71</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>4388.3</x:v>
+        <x:v>2243.7</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>59200.83</x:v>
+        <x:v>30268.91</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>29600.41</x:v>
+        <x:v>15134.46</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>29600.42</x:v>
+        <x:v>15134.45</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>15134.45</x:v>
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K7" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>25275</x:v>
+        <x:v>12922.9</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>25275</x:v>
+        <x:v>12922.9</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>25275</x:v>
+        <x:v>12922.9</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
@@ -1628,235 +1628,235 @@
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K9" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>346723.79</x:v>
+        <x:v>177277.05</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>312051.41</x:v>
+        <x:v>159549.36</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>34672.38</x:v>
+        <x:v>17727.69</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>311148</x:v>
+        <x:v>159087.44</x:v>
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>60924.31</x:v>
+        <x:v>31150.11</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>60924.31</x:v>
+        <x:v>31150.11</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>60924.31</x:v>
+        <x:v>31150.11</x:v>
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K11" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>51364.58</x:v>
+        <x:v>26262.29</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>25682.29</x:v>
+        <x:v>13131.14</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>25682.29</x:v>
+        <x:v>13131.15</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>13131.15</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>99550</x:v>
+        <x:v>50899.11</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>49775</x:v>
+        <x:v>25449.55</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>49775</x:v>
+        <x:v>25449.56</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>25449.55</x:v>
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>84700.29</x:v>
+        <x:v>43306.56</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>84700.29</x:v>
+        <x:v>43306.56</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>84698.87</x:v>
+        <x:v>43305.84</x:v>
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K14" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>88928.64</x:v>
+        <x:v>45468.5</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>88928.64</x:v>
+        <x:v>45468.5</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>88928.64</x:v>
+        <x:v>45468.49</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K15" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
@@ -1873,235 +1873,235 @@
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>254452</x:v>
+        <x:v>130099.24</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>198701.58</x:v>
+        <x:v>101594.5</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>55750.42</x:v>
+        <x:v>28504.74</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>197450.97</x:v>
+        <x:v>100955.08</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>118500</x:v>
+        <x:v>60588.08</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>59250</x:v>
+        <x:v>30294.04</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>59250</x:v>
+        <x:v>30294.04</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>389991</x:v>
+        <x:v>199399.26</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>350991.9</x:v>
+        <x:v>179459.33</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>38999.1</x:v>
+        <x:v>19939.93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>347857.2</x:v>
+        <x:v>177856.56</x:v>
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K19" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>57099.56</x:v>
+        <x:v>29194.54</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>57099.56</x:v>
+        <x:v>29194.54</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>57099.56</x:v>
+        <x:v>29194.55</x:v>
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K20" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>289543</x:v>
+        <x:v>148040.98</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>260588.7</x:v>
+        <x:v>133236.89</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>28954.3</x:v>
+        <x:v>14804.09</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>260588.7</x:v>
+        <x:v>133236.88</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>90000</x:v>
+        <x:v>46016.26</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>23008.13</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>45000</x:v>
+        <x:v>23008.13</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>23008.13</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K22" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
@@ -2118,585 +2118,585 @@
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>37392</x:v>
+        <x:v>19118.22</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>18696</x:v>
+        <x:v>9559.11</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>18696</x:v>
+        <x:v>9559.11</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>9559.11</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>97399.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>48699.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>48699.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>85125.69</x:v>
+        <x:v>43524.07</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>85125.69</x:v>
+        <x:v>43524.07</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
-        <x:v>85125.69</x:v>
+        <x:v>43524.07</x:v>
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K26" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>61355.04</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>30677.52</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>30677.52</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>30677.26</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>36645.95</x:v>
+        <x:v>18736.77</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>36645.95</x:v>
+        <x:v>18736.77</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
-        <x:v>36645.95</x:v>
+        <x:v>18736.78</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K28" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>73426.5</x:v>
+        <x:v>37542.38</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>36713.25</x:v>
+        <x:v>18771.19</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>36713.25</x:v>
+        <x:v>18771.19</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>36713.25</x:v>
+        <x:v>18771.19</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>320000</x:v>
+        <x:v>163613.4</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>288000</x:v>
+        <x:v>147252.06</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>32000</x:v>
+        <x:v>16361.34</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>288000</x:v>
+        <x:v>147252.06</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>10204.54</x:v>
+        <x:v>5217.5</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>5102.27</x:v>
+        <x:v>2608.75</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>5102.27</x:v>
+        <x:v>2608.75</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
-        <x:v>5102.27</x:v>
+        <x:v>2608.75</x:v>
       </x:c>
       <x:c r="J31" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K31" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>97650</x:v>
+        <x:v>49927.65</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>48825</x:v>
+        <x:v>24963.82</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>48825</x:v>
+        <x:v>24963.83</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>24963.83</x:v>
       </x:c>
       <x:c r="J32" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>120000</x:v>
+        <x:v>61355.02</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>30677.51</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>60000</x:v>
+        <x:v>30677.51</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K33" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>20509.5</x:v>
+        <x:v>10486.36</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>20509.5</x:v>
+        <x:v>10486.36</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>20509.5</x:v>
+        <x:v>10486.34</x:v>
       </x:c>
       <x:c r="J34" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K34" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>325298</x:v>
+        <x:v>166322.21</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>292768.2</x:v>
+        <x:v>149689.98</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
-        <x:v>32529.8</x:v>
+        <x:v>16632.23</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
-        <x:v>289474.2</x:v>
+        <x:v>148005.81</x:v>
       </x:c>
       <x:c r="J35" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K35" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>49969.92</x:v>
+        <x:v>25549.22</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>49969.92</x:v>
+        <x:v>25549.22</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
-        <x:v>49969.92</x:v>
+        <x:v>25549.21</x:v>
       </x:c>
       <x:c r="J36" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K36" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>87062.49</x:v>
+        <x:v>44514.36</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>43531.24</x:v>
+        <x:v>22257.18</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>43531.25</x:v>
+        <x:v>22257.18</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>43531.24</x:v>
+        <x:v>22257.17</x:v>
       </x:c>
       <x:c r="J37" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K37" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>69726.19</x:v>
+        <x:v>35650.44</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>66726.19</x:v>
+        <x:v>34116.56</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>3000</x:v>
+        <x:v>1533.88</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
-        <x:v>66726.18</x:v>
+        <x:v>34116.55</x:v>
       </x:c>
       <x:c r="J38" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K38" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>69688.38</x:v>
+        <x:v>35631.11</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>69688.38</x:v>
+        <x:v>35631.11</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>35631.1</x:v>
       </x:c>
       <x:c r="J39" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K39" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
@@ -2713,900 +2713,900 @@
       </x:c>
       <x:c r="J40" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K40" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>415285.88</x:v>
+        <x:v>212332.32</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>415285.88</x:v>
+        <x:v>212332.32</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>415285.88</x:v>
+        <x:v>212332.31</x:v>
       </x:c>
       <x:c r="J41" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K41" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>54775.35</x:v>
+        <x:v>28006.19</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>54775.35</x:v>
+        <x:v>28006.19</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
-        <x:v>54775.35</x:v>
+        <x:v>28006.19</x:v>
       </x:c>
       <x:c r="J42" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K42" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>179588.84</x:v>
+        <x:v>91822.32</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>179588.84</x:v>
+        <x:v>91822.32</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>179588.75</x:v>
+        <x:v>91822.26</x:v>
       </x:c>
       <x:c r="J43" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K43" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>352791.29</x:v>
+        <x:v>180379.32</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>352791.29</x:v>
+        <x:v>180379.32</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J44" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K44" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>380811.92</x:v>
+        <x:v>194706.04</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>380811.92</x:v>
+        <x:v>194706.04</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>378487.77</x:v>
+        <x:v>193517.72</x:v>
       </x:c>
       <x:c r="J45" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K45" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>22800</x:v>
+        <x:v>11657.46</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>22800</x:v>
+        <x:v>11657.46</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
-        <x:v>22800</x:v>
+        <x:v>11657.45</x:v>
       </x:c>
       <x:c r="J46" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K46" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>68152.65</x:v>
+        <x:v>34845.89</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>68152.65</x:v>
+        <x:v>34845.89</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
-        <x:v>68152.65</x:v>
+        <x:v>34845.9</x:v>
       </x:c>
       <x:c r="J47" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K47" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>60288.2</x:v>
+        <x:v>30824.87</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>60288.2</x:v>
+        <x:v>30824.87</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
-        <x:v>60255.62</x:v>
+        <x:v>30808.21</x:v>
       </x:c>
       <x:c r="J48" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K48" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>108896.35</x:v>
+        <x:v>55677.82</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>108896.35</x:v>
+        <x:v>55677.82</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
-        <x:v>54448.17</x:v>
+        <x:v>55677.82</x:v>
       </x:c>
       <x:c r="J49" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K49" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>171028.42</x:v>
+        <x:v>87445.44</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>171028.42</x:v>
+        <x:v>87445.44</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87445.44</x:v>
       </x:c>
       <x:c r="J50" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K50" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
-        <x:v>170983.48</x:v>
+        <x:v>87422.47</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
-        <x:v>170983.48</x:v>
+        <x:v>87422.47</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>87361.11</x:v>
       </x:c>
       <x:c r="J51" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K51" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>63328.69</x:v>
+        <x:v>32379.44</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
-        <x:v>63328.69</x:v>
+        <x:v>32379.44</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I52" s="4" t="n">
-        <x:v>62156.45</x:v>
+        <x:v>31780.09</x:v>
       </x:c>
       <x:c r="J52" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K52" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>271661.85</x:v>
+        <x:v>138898.48</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
-        <x:v>271661.85</x:v>
+        <x:v>138898.48</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I53" s="4" t="n">
-        <x:v>262668.32</x:v>
+        <x:v>134300.18</x:v>
       </x:c>
       <x:c r="J53" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K53" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>128327.57</x:v>
+        <x:v>65612.84</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
-        <x:v>128327.57</x:v>
+        <x:v>65612.84</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I54" s="4" t="n">
-        <x:v>128327.57</x:v>
+        <x:v>65612.84</x:v>
       </x:c>
       <x:c r="J54" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K54" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>69889.78</x:v>
+        <x:v>35734.04</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
-        <x:v>69889.78</x:v>
+        <x:v>35734.04</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I55" s="4" t="n">
-        <x:v>69591.72</x:v>
+        <x:v>35581.69</x:v>
       </x:c>
       <x:c r="J55" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K55" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D56" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
-        <x:v>83054.17</x:v>
+        <x:v>42464.93</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
-        <x:v>83054.17</x:v>
+        <x:v>42464.93</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I56" s="4" t="n">
-        <x:v>81644.21</x:v>
+        <x:v>41744.02</x:v>
       </x:c>
       <x:c r="J56" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K56" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11">
       <x:c r="A57" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="E57" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
-        <x:v>29982.2</x:v>
+        <x:v>15329.63</x:v>
       </x:c>
       <x:c r="G57" s="4" t="n">
-        <x:v>29982.2</x:v>
+        <x:v>15329.63</x:v>
       </x:c>
       <x:c r="H57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J57" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K57" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D58" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E58" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
-        <x:v>53474.5</x:v>
+        <x:v>27341.08</x:v>
       </x:c>
       <x:c r="G58" s="4" t="n">
-        <x:v>53474.5</x:v>
+        <x:v>27341.08</x:v>
       </x:c>
       <x:c r="H58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J58" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K58" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="E59" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
-        <x:v>387600.1</x:v>
+        <x:v>198176.77</x:v>
       </x:c>
       <x:c r="G59" s="4" t="n">
-        <x:v>387600.1</x:v>
+        <x:v>198176.77</x:v>
       </x:c>
       <x:c r="H59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I59" s="4" t="n">
-        <x:v>372341.64</x:v>
+        <x:v>190375.26</x:v>
       </x:c>
       <x:c r="J59" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K59" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D60" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="E60" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
-        <x:v>68490</x:v>
+        <x:v>35018.38</x:v>
       </x:c>
       <x:c r="G60" s="4" t="n">
-        <x:v>68490</x:v>
+        <x:v>35018.38</x:v>
       </x:c>
       <x:c r="H60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I60" s="4" t="n">
-        <x:v>68490</x:v>
+        <x:v>35018.38</x:v>
       </x:c>
       <x:c r="J60" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K60" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E61" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>60802.9</x:v>
+        <x:v>31088.02</x:v>
       </x:c>
       <x:c r="G61" s="4" t="n">
-        <x:v>60802.9</x:v>
+        <x:v>31088.02</x:v>
       </x:c>
       <x:c r="H61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I61" s="4" t="n">
-        <x:v>60802.88</x:v>
+        <x:v>31088.01</x:v>
       </x:c>
       <x:c r="J61" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K61" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:11">
       <x:c r="A62" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D62" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="E62" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
-        <x:v>30583</x:v>
+        <x:v>15636.84</x:v>
       </x:c>
       <x:c r="G62" s="4" t="n">
-        <x:v>30583</x:v>
+        <x:v>15636.84</x:v>
       </x:c>
       <x:c r="H62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I62" s="4" t="n">
-        <x:v>30583</x:v>
+        <x:v>15636.84</x:v>
       </x:c>
       <x:c r="J62" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K62" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:11">
       <x:c r="A63" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E63" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
-        <x:v>29432.46</x:v>
+        <x:v>15048.6</x:v>
       </x:c>
       <x:c r="G63" s="4" t="n">
-        <x:v>29432.46</x:v>
+        <x:v>15048.6</x:v>
       </x:c>
       <x:c r="H63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I63" s="4" t="n">
-        <x:v>29025.93</x:v>
+        <x:v>14840.72</x:v>
       </x:c>
       <x:c r="J63" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K63" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:11">
       <x:c r="A64" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D64" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="E64" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>37740</x:v>
+        <x:v>19296.14</x:v>
       </x:c>
       <x:c r="G64" s="4" t="n">
-        <x:v>37740</x:v>
+        <x:v>19296.14</x:v>
       </x:c>
       <x:c r="H64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I64" s="4" t="n">
-        <x:v>37740</x:v>
+        <x:v>28944.24</x:v>
       </x:c>
       <x:c r="J64" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K64" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:11">
       <x:c r="A65" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="E65" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
-        <x:v>69981.9</x:v>
+        <x:v>35781.18</x:v>
       </x:c>
       <x:c r="G65" s="4" t="n">
-        <x:v>69981.9</x:v>
+        <x:v>35781.18</x:v>
       </x:c>
       <x:c r="H65" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I65" s="4" t="n">
-        <x:v>69981.9</x:v>
+        <x:v>35781.18</x:v>
       </x:c>
       <x:c r="J65" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K65" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:11">
       <x:c r="A66" s="3" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D66" s="3" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E66" s="3" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
@@ -3623,270 +3623,270 @@
       </x:c>
       <x:c r="J66" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K66" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:11">
       <x:c r="A67" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E67" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
-        <x:v>99653.2</x:v>
+        <x:v>50951.87</x:v>
       </x:c>
       <x:c r="G67" s="4" t="n">
-        <x:v>99653.2</x:v>
+        <x:v>50951.87</x:v>
       </x:c>
       <x:c r="H67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I67" s="4" t="n">
-        <x:v>99652.3</x:v>
+        <x:v>50951.41</x:v>
       </x:c>
       <x:c r="J67" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K67" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:11">
       <x:c r="A68" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D68" s="3" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="E68" s="3" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
-        <x:v>119600</x:v>
+        <x:v>61150.51</x:v>
       </x:c>
       <x:c r="G68" s="4" t="n">
-        <x:v>59800</x:v>
+        <x:v>30575.26</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
-        <x:v>59800</x:v>
+        <x:v>30575.25</x:v>
       </x:c>
       <x:c r="I68" s="4" t="n">
-        <x:v>59800</x:v>
+        <x:v>30575.25</x:v>
       </x:c>
       <x:c r="J68" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K68" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:11">
       <x:c r="A69" s="3" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="E69" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>119800</x:v>
+        <x:v>61252.77</x:v>
       </x:c>
       <x:c r="G69" s="4" t="n">
-        <x:v>59900</x:v>
+        <x:v>30626.39</x:v>
       </x:c>
       <x:c r="H69" s="4" t="n">
-        <x:v>59900</x:v>
+        <x:v>30626.38</x:v>
       </x:c>
       <x:c r="I69" s="4" t="n">
-        <x:v>59900</x:v>
+        <x:v>30626.38</x:v>
       </x:c>
       <x:c r="J69" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K69" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:11">
       <x:c r="A70" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D70" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E70" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
-        <x:v>172363.8</x:v>
+        <x:v>88128.21</x:v>
       </x:c>
       <x:c r="G70" s="4" t="n">
-        <x:v>172363.8</x:v>
+        <x:v>88128.21</x:v>
       </x:c>
       <x:c r="H70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I70" s="4" t="n">
-        <x:v>163229.11</x:v>
+        <x:v>83457.72</x:v>
       </x:c>
       <x:c r="J70" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K70" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:11">
       <x:c r="A71" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E71" s="3" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
-        <x:v>62280.16</x:v>
+        <x:v>31843.34</x:v>
       </x:c>
       <x:c r="G71" s="4" t="n">
-        <x:v>62280.16</x:v>
+        <x:v>31843.34</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I71" s="4" t="n">
-        <x:v>62280.16</x:v>
+        <x:v>31843.35</x:v>
       </x:c>
       <x:c r="J71" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K71" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:11">
       <x:c r="A72" s="3" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D72" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E72" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>93309.85</x:v>
+        <x:v>47708.57</x:v>
       </x:c>
       <x:c r="G72" s="4" t="n">
-        <x:v>93309.85</x:v>
+        <x:v>47708.57</x:v>
       </x:c>
       <x:c r="H72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J72" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K72" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:11">
       <x:c r="A73" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E73" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
-        <x:v>148770</x:v>
+        <x:v>76064.89</x:v>
       </x:c>
       <x:c r="G73" s="4" t="n">
-        <x:v>133891.17</x:v>
+        <x:v>68457.47</x:v>
       </x:c>
       <x:c r="H73" s="4" t="n">
-        <x:v>14878.83</x:v>
+        <x:v>7607.42</x:v>
       </x:c>
       <x:c r="I73" s="4" t="n">
-        <x:v>133891.17</x:v>
+        <x:v>68457.47</x:v>
       </x:c>
       <x:c r="J73" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="K73" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:11">
       <x:c r="A74" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D74" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="E74" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
@@ -3903,95 +3903,95 @@
       </x:c>
       <x:c r="J74" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K74" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:11">
       <x:c r="A75" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="E75" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
-        <x:v>131056.28</x:v>
+        <x:v>67008.01</x:v>
       </x:c>
       <x:c r="G75" s="4" t="n">
-        <x:v>117950.65</x:v>
+        <x:v>60307.21</x:v>
       </x:c>
       <x:c r="H75" s="4" t="n">
-        <x:v>13105.63</x:v>
+        <x:v>6700.8</x:v>
       </x:c>
       <x:c r="I75" s="4" t="n">
-        <x:v>116994.08</x:v>
+        <x:v>59818.12</x:v>
       </x:c>
       <x:c r="J75" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K75" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:11">
       <x:c r="A76" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D76" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="E76" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>31721.65</x:v>
+        <x:v>16219.03</x:v>
       </x:c>
       <x:c r="G76" s="4" t="n">
-        <x:v>31721.65</x:v>
+        <x:v>16219.03</x:v>
       </x:c>
       <x:c r="H76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I76" s="4" t="n">
-        <x:v>31721.65</x:v>
+        <x:v>16219.02</x:v>
       </x:c>
       <x:c r="J76" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K76" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:11">
       <x:c r="A77" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E77" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
@@ -4008,130 +4008,130 @@
       </x:c>
       <x:c r="J77" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K77" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:11">
       <x:c r="A78" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D78" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="E78" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
-        <x:v>82593.82</x:v>
+        <x:v>42229.53</x:v>
       </x:c>
       <x:c r="G78" s="4" t="n">
-        <x:v>82593.82</x:v>
+        <x:v>42229.53</x:v>
       </x:c>
       <x:c r="H78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I78" s="4" t="n">
-        <x:v>82593.82</x:v>
+        <x:v>42229.55</x:v>
       </x:c>
       <x:c r="J78" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K78" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:11">
       <x:c r="A79" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="E79" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
-        <x:v>34962.33</x:v>
+        <x:v>17875.96</x:v>
       </x:c>
       <x:c r="G79" s="4" t="n">
-        <x:v>34962.33</x:v>
+        <x:v>17875.96</x:v>
       </x:c>
       <x:c r="H79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J79" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K79" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:11">
       <x:c r="A80" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="D80" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E80" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
-        <x:v>14853.6</x:v>
+        <x:v>7594.53</x:v>
       </x:c>
       <x:c r="G80" s="4" t="n">
-        <x:v>14853.6</x:v>
+        <x:v>7594.53</x:v>
       </x:c>
       <x:c r="H80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I80" s="4" t="n">
-        <x:v>14853.6</x:v>
+        <x:v>7594.53</x:v>
       </x:c>
       <x:c r="J80" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K80" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="82" spans="1:11">
       <x:c r="A82" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
         <x:v>296</x:v>
       </x:c>