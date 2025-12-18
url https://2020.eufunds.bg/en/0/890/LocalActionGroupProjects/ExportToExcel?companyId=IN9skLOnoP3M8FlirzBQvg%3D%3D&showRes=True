--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50d41f6d2ade46cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5da032c101e44614825df3e7258f3082.psmdcp" Id="R423bfb7915084748" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb92fa296167141d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83e81a3e68f24cb1ba43aa5eaaed39cb.psmdcp" Id="R7a42f5028fab469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="211" uniqueCount="211">
   <x:si>
     <x:t>Projects</x:t>
   </x:si>
   <x:si>
     <x:t>Beneficiary</x:t>
   </x:si>
   <x:si>
@@ -1439,51 +1439,51 @@
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>195300</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
         <x:v>97650</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>97650</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>97650</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
@@ -1752,51 +1752,51 @@
       <x:c r="A21" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>62455</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
         <x:v>37473</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>24982</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>37473</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s"/>
       <x:c r="D22" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
@@ -2061,51 +2061,51 @@
       <x:c r="A30" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>112239</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>56119.5</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>56119.5</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>56119.5</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
@@ -2444,51 +2444,51 @@
       <x:c r="A41" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>176224.39</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
         <x:v>176224.39</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>176224.39</x:v>
       </x:c>
       <x:c r="J41" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K41" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">