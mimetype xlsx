--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R803eecf4a5f44720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ac8644214c424f6da3eafa5e92e7bb28.psmdcp" Id="R1d2458ac372e4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f7737df4c844d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/efcf58e958124d9f88c6f308dad5d71f.psmdcp" Id="Rcd258788b2204851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Financial Implementation by the Procedures</x:t>
   </x:si>
   <x:si>
     <x:t>Programme</x:t>
   </x:si>
   <x:si>
@@ -921,60 +921,60 @@
       </x:c>
       <x:c r="H10" s="8" t="n">
         <x:v>1054323</x:v>
       </x:c>
       <x:c r="I10" s="8" t="n">
         <x:v>53.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="7" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C11" s="7" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D11" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="8" t="n">
         <x:v>800000</x:v>
       </x:c>
       <x:c r="F11" s="8" t="n">
-        <x:v>309017.38</x:v>
+        <x:v>331464.31</x:v>
       </x:c>
       <x:c r="G11" s="8" t="n">
-        <x:v>38.63</x:v>
+        <x:v>41.43</x:v>
       </x:c>
       <x:c r="H11" s="8" t="n">
-        <x:v>241356.98</x:v>
+        <x:v>331144.69</x:v>
       </x:c>
       <x:c r="I11" s="8" t="n">
-        <x:v>30.17</x:v>
+        <x:v>41.39</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B12" s="7" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C12" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D12" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E12" s="8" t="n">
         <x:v>133700</x:v>
       </x:c>
       <x:c r="F12" s="8" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G12" s="8" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="8" t="n">
@@ -1043,54 +1043,54 @@
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B15" s="7" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C15" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D15" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E15" s="8" t="n">
         <x:v>928653.61</x:v>
       </x:c>
       <x:c r="F15" s="8" t="n">
         <x:v>920506.7</x:v>
       </x:c>
       <x:c r="G15" s="8" t="n">
         <x:v>99.12</x:v>
       </x:c>
       <x:c r="H15" s="8" t="n">
-        <x:v>599267.62</x:v>
+        <x:v>782227.23</x:v>
       </x:c>
       <x:c r="I15" s="8" t="n">
-        <x:v>64.53</x:v>
+        <x:v>84.23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="7" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="7" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D16" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="8" t="n">
         <x:v>214889</x:v>
       </x:c>
       <x:c r="F16" s="8" t="n">
         <x:v>64350</x:v>
       </x:c>
       <x:c r="G16" s="8" t="n">
         <x:v>29.95</x:v>
       </x:c>
       <x:c r="H16" s="8" t="n">
@@ -1159,54 +1159,54 @@
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B19" s="7" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C19" s="7" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D19" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E19" s="8" t="n">
         <x:v>566568.49</x:v>
       </x:c>
       <x:c r="F19" s="8" t="n">
         <x:v>544934.25</x:v>
       </x:c>
       <x:c r="G19" s="8" t="n">
         <x:v>96.18</x:v>
       </x:c>
       <x:c r="H19" s="8" t="n">
-        <x:v>162645</x:v>
+        <x:v>364934.24</x:v>
       </x:c>
       <x:c r="I19" s="8" t="n">
-        <x:v>28.71</x:v>
+        <x:v>64.41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>