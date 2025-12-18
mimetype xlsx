--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df148a9555d4cd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ed557501827044fd90ba19ead57c5a0c.psmdcp" Id="Rb3803d4a6d7f48a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re397d6f87f424417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/223730a3b29c4f56a5d78b3738ea3dca.psmdcp" Id="Ra262fdc6597e423e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Financial Implementation by the Procedures</x:t>
   </x:si>
   <x:si>
     <x:t>Programme</x:t>
   </x:si>
   <x:si>
@@ -964,54 +964,54 @@
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="7" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C13" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D13" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E13" s="8" t="n">
         <x:v>864492.46</x:v>
       </x:c>
       <x:c r="F13" s="8" t="n">
         <x:v>766056.18</x:v>
       </x:c>
       <x:c r="G13" s="8" t="n">
         <x:v>88.61</x:v>
       </x:c>
       <x:c r="H13" s="8" t="n">
-        <x:v>473396.81</x:v>
+        <x:v>548396.81</x:v>
       </x:c>
       <x:c r="I13" s="8" t="n">
-        <x:v>54.76</x:v>
+        <x:v>63.44</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="7" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C14" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="8" t="n">
         <x:v>165934.97</x:v>
       </x:c>
       <x:c r="F14" s="8" t="n">
         <x:v>187563.86</x:v>
       </x:c>
       <x:c r="G14" s="8" t="n">
         <x:v>113.03</x:v>
       </x:c>
       <x:c r="H14" s="8" t="n">