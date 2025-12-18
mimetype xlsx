--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73152b240ae428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f6f9cd55f4bb4326b6f81e38962c8227.psmdcp" Id="R11bf23e0e0324b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb43dacc56b784dd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0354877ebbbe4d5aa62cd2692d9f57c7.psmdcp" Id="R29040be971304a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Financial Implementation by the Procedures</x:t>
   </x:si>
   <x:si>
     <x:t>Programme</x:t>
   </x:si>
   <x:si>
@@ -1011,54 +1011,54 @@
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B14" s="7" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C14" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D14" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E14" s="8" t="n">
         <x:v>341479</x:v>
       </x:c>
       <x:c r="F14" s="8" t="n">
         <x:v>349091.9</x:v>
       </x:c>
       <x:c r="G14" s="8" t="n">
         <x:v>102.23</x:v>
       </x:c>
       <x:c r="H14" s="8" t="n">
-        <x:v>209968.13</x:v>
+        <x:v>223210.13</x:v>
       </x:c>
       <x:c r="I14" s="8" t="n">
-        <x:v>61.49</x:v>
+        <x:v>65.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B15" s="7" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C15" s="7" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D15" s="7" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E15" s="8" t="n">
         <x:v>295580</x:v>
       </x:c>
       <x:c r="F15" s="8" t="n">
         <x:v>45086.76</x:v>
       </x:c>
       <x:c r="G15" s="8" t="n">
         <x:v>15.25</x:v>
       </x:c>
       <x:c r="H15" s="8" t="n">
@@ -1069,54 +1069,54 @@
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="7" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C16" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D16" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="8" t="n">
         <x:v>460187.51</x:v>
       </x:c>
       <x:c r="F16" s="8" t="n">
         <x:v>237359.11</x:v>
       </x:c>
       <x:c r="G16" s="8" t="n">
         <x:v>51.58</x:v>
       </x:c>
       <x:c r="H16" s="8" t="n">
-        <x:v>7805.99</x:v>
+        <x:v>49565.99</x:v>
       </x:c>
       <x:c r="I16" s="8" t="n">
-        <x:v>1.7</x:v>
+        <x:v>10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="7" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D17" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E17" s="8" t="n">
         <x:v>330273.02</x:v>
       </x:c>
       <x:c r="F17" s="8" t="n">
         <x:v>272980.5</x:v>
       </x:c>
       <x:c r="G17" s="8" t="n">
         <x:v>82.65</x:v>
       </x:c>
       <x:c r="H17" s="8" t="n">