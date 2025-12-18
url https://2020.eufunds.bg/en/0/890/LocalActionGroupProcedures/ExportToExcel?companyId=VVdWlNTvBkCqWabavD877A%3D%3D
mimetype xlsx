--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae5484bc87874529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/162d07c2dd6f4c7b806f54fff6aa9492.psmdcp" Id="R5400de670a674e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racf583ce4c764653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/266fa55939f241caa771c1dce70b6e23.psmdcp" Id="R8e09446b64574d2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <x:si>
     <x:t>Financial Implementation by the Procedures</x:t>
   </x:si>
   <x:si>
     <x:t>Programme</x:t>
   </x:si>
   <x:si>
@@ -862,54 +862,54 @@
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C10" s="7" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D10" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="8" t="n">
         <x:v>1165300</x:v>
       </x:c>
       <x:c r="F10" s="8" t="n">
         <x:v>1086126.81</x:v>
       </x:c>
       <x:c r="G10" s="8" t="n">
         <x:v>93.21</x:v>
       </x:c>
       <x:c r="H10" s="8" t="n">
-        <x:v>720513.46</x:v>
+        <x:v>940732.45</x:v>
       </x:c>
       <x:c r="I10" s="8" t="n">
-        <x:v>61.83</x:v>
+        <x:v>80.73</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="7" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C11" s="7" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D11" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E11" s="8" t="n">
         <x:v>196700</x:v>
       </x:c>
       <x:c r="F11" s="8" t="n">
         <x:v>195575</x:v>
       </x:c>
       <x:c r="G11" s="8" t="n">
         <x:v>99.43</x:v>
       </x:c>
       <x:c r="H11" s="8" t="n">