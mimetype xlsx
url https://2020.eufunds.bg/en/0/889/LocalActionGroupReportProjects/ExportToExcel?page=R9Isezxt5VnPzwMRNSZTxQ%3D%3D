--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd63c3a9c9640be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab6a65d087d74b21b6d873605340611a.psmdcp" Id="R09ed0b4dfe4b4930" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7366f037f6804716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5359eb177b624ef8a823c80864b28aa7.psmdcp" Id="R398bd4bdd32f4b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Projects LAG</x:t>
   </x:si>
   <x:si>
     <x:t>LAG</x:t>
   </x:si>
   <x:si>
@@ -1430,66 +1430,66 @@
       <x:c r="H13" s="4" t="n">
         <x:v>121.49</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>3553478.28</x:v>
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K13" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L13" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="N13" s="4" t="n">
         <x:v>166740</x:v>
       </x:c>
       <x:c r="O13" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P13" s="4" t="n">
-        <x:v>101.53</x:v>
+        <x:v>98.72</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="n">
-        <x:v>3607920.46</x:v>
+        <x:v>3507994.04</x:v>
       </x:c>
       <x:c r="R13" s="4" t="n">
-        <x:v>123.35</x:v>
+        <x:v>119.93</x:v>
       </x:c>
       <x:c r="S13" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U13" s="4" t="n">
-        <x:v>895479.19</x:v>
+        <x:v>1354522.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>900000</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>157.62</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>1418542.63</x:v>
       </x:c>
       <x:c r="G14" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
@@ -1575,51 +1575,51 @@
       <x:c r="M15" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O15" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="n">
         <x:v>1231492.64</x:v>
       </x:c>
       <x:c r="R15" s="4" t="n">
         <x:v>63.15</x:v>
       </x:c>
       <x:c r="S15" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T15" s="4" t="n">
         <x:v>1231492.64</x:v>
       </x:c>
       <x:c r="U15" s="4" t="n">
-        <x:v>1616293.68</x:v>
+        <x:v>1566293.68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2925000</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>161.66</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>4728657.89</x:v>
       </x:c>
       <x:c r="G16" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
@@ -1820,57 +1820,57 @@
       <x:c r="H19" s="4" t="n">
         <x:v>96.5</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3601962.57</x:v>
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L19" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M19" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N19" s="4" t="n">
         <x:v>2300941.82</x:v>
       </x:c>
       <x:c r="O19" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P19" s="4" t="n">
-        <x:v>101.88</x:v>
+        <x:v>101.02</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="n">
-        <x:v>3669658.68</x:v>
+        <x:v>3638537.2</x:v>
       </x:c>
       <x:c r="R19" s="4" t="n">
-        <x:v>98.32</x:v>
+        <x:v>97.48</x:v>
       </x:c>
       <x:c r="S19" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U19" s="4" t="n">
         <x:v>2295714.93</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1486430.8</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>76.82</x:v>
       </x:c>
       <x:c r="E20" s="5" t="n">
@@ -2015,131 +2015,131 @@
       <x:c r="H22" s="4" t="n">
         <x:v>113.86</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
         <x:v>4250127.79</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K22" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L22" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M22" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N22" s="4" t="n">
         <x:v>724940.04</x:v>
       </x:c>
       <x:c r="O22" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P22" s="4" t="n">
-        <x:v>88.4</x:v>
+        <x:v>88.39</x:v>
       </x:c>
       <x:c r="Q22" s="4" t="n">
-        <x:v>3756933.03</x:v>
+        <x:v>3756618.03</x:v>
       </x:c>
       <x:c r="R22" s="4" t="n">
-        <x:v>100.65</x:v>
+        <x:v>100.64</x:v>
       </x:c>
       <x:c r="S22" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U22" s="4" t="n">
-        <x:v>2309792.88</x:v>
+        <x:v>2731174.21</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>3672929.2</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>150.18</x:v>
       </x:c>
       <x:c r="E23" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>5515902.9</x:v>
       </x:c>
       <x:c r="G23" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
         <x:v>124.23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
         <x:v>4563062.12</x:v>
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K23" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L23" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M23" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N23" s="4" t="n">
         <x:v>1433042.55</x:v>
       </x:c>
       <x:c r="O23" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P23" s="4" t="n">
-        <x:v>80.07</x:v>
+        <x:v>80.04</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="n">
-        <x:v>3653557.52</x:v>
+        <x:v>3652057.52</x:v>
       </x:c>
       <x:c r="R23" s="4" t="n">
-        <x:v>99.47</x:v>
+        <x:v>99.43</x:v>
       </x:c>
       <x:c r="S23" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U23" s="4" t="n">
-        <x:v>2067581.99</x:v>
+        <x:v>2507442.38</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>97.52</x:v>
       </x:c>
       <x:c r="E24" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>1449514.29</x:v>
       </x:c>
       <x:c r="G24" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
@@ -2275,66 +2275,66 @@
       <x:c r="H26" s="4" t="n">
         <x:v>101.29</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
         <x:v>3780887.66</x:v>
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K26" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L26" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M26" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N26" s="4" t="n">
         <x:v>1531385.73</x:v>
       </x:c>
       <x:c r="O26" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P26" s="4" t="n">
-        <x:v>93.03</x:v>
+        <x:v>89.77</x:v>
       </x:c>
       <x:c r="Q26" s="4" t="n">
-        <x:v>3517336.61</x:v>
+        <x:v>3394068.9</x:v>
       </x:c>
       <x:c r="R26" s="4" t="n">
-        <x:v>94.23</x:v>
+        <x:v>90.93</x:v>
       </x:c>
       <x:c r="S26" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U26" s="4" t="n">
-        <x:v>2538908.27</x:v>
+        <x:v>2673353.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1979987</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>214.67</x:v>
       </x:c>
       <x:c r="E27" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>4250498.6</x:v>
       </x:c>
       <x:c r="G27" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
@@ -2470,66 +2470,66 @@
       <x:c r="H29" s="4" t="n">
         <x:v>98.56</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
         <x:v>3679127.55</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K29" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L29" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M29" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N29" s="4" t="n">
         <x:v>1384145.84</x:v>
       </x:c>
       <x:c r="O29" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P29" s="4" t="n">
-        <x:v>81.44</x:v>
+        <x:v>80.91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="n">
-        <x:v>2996461.46</x:v>
+        <x:v>2976911.66</x:v>
       </x:c>
       <x:c r="R29" s="4" t="n">
-        <x:v>80.28</x:v>
+        <x:v>79.75</x:v>
       </x:c>
       <x:c r="S29" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U29" s="4" t="n">
-        <x:v>2080291.91</x:v>
+        <x:v>2477163.28</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>1372901.39</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>103.06</x:v>
       </x:c>
       <x:c r="E30" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>1414877.79</x:v>
       </x:c>
       <x:c r="G30" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
@@ -2665,131 +2665,131 @@
       <x:c r="H32" s="4" t="n">
         <x:v>107.73</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
         <x:v>4021089.84</x:v>
       </x:c>
       <x:c r="J32" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K32" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L32" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M32" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N32" s="4" t="n">
         <x:v>766215.42</x:v>
       </x:c>
       <x:c r="O32" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P32" s="4" t="n">
-        <x:v>89.99</x:v>
+        <x:v>87.56</x:v>
       </x:c>
       <x:c r="Q32" s="4" t="n">
-        <x:v>3618480.36</x:v>
+        <x:v>3520980.36</x:v>
       </x:c>
       <x:c r="R32" s="4" t="n">
-        <x:v>96.94</x:v>
+        <x:v>94.33</x:v>
       </x:c>
       <x:c r="S32" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U32" s="4" t="n">
-        <x:v>2031899.86</x:v>
+        <x:v>2354186.43</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>128.13</x:v>
       </x:c>
       <x:c r="E33" s="5" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>4782738.85</x:v>
       </x:c>
       <x:c r="G33" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
         <x:v>108.98</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>4067908.5</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K33" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L33" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M33" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N33" s="4" t="n">
         <x:v>54133.51</x:v>
       </x:c>
       <x:c r="O33" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P33" s="4" t="n">
-        <x:v>90.27</x:v>
+        <x:v>90.82</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="n">
-        <x:v>3671963.5</x:v>
+        <x:v>3694410.43</x:v>
       </x:c>
       <x:c r="R33" s="4" t="n">
-        <x:v>98.37</x:v>
+        <x:v>98.97</x:v>
       </x:c>
       <x:c r="S33" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U33" s="4" t="n">
-        <x:v>2677232.15</x:v>
+        <x:v>3152268.71</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>1955800</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>99.88</x:v>
       </x:c>
       <x:c r="E34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>1953529.74</x:v>
       </x:c>
       <x:c r="G34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
@@ -2860,131 +2860,131 @@
       <x:c r="H35" s="4" t="n">
         <x:v>199.85</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
         <x:v>5863033.24</x:v>
       </x:c>
       <x:c r="J35" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L35" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M35" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N35" s="4" t="n">
         <x:v>2164209.06</x:v>
       </x:c>
       <x:c r="O35" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P35" s="4" t="n">
-        <x:v>61.34</x:v>
+        <x:v>59.66</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="n">
-        <x:v>3596336.28</x:v>
+        <x:v>3497888.86</x:v>
       </x:c>
       <x:c r="R35" s="4" t="n">
-        <x:v>122.59</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="S35" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U35" s="4" t="n">
-        <x:v>2132341.06</x:v>
+        <x:v>2330664.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>3732000</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>156.78</x:v>
       </x:c>
       <x:c r="E36" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
         <x:v>5851087.72</x:v>
       </x:c>
       <x:c r="G36" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>139.21</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
         <x:v>5195208.85</x:v>
       </x:c>
       <x:c r="J36" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K36" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L36" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M36" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N36" s="4" t="n">
         <x:v>725621.67</x:v>
       </x:c>
       <x:c r="O36" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P36" s="4" t="n">
-        <x:v>70.49</x:v>
+        <x:v>69.54</x:v>
       </x:c>
       <x:c r="Q36" s="4" t="n">
-        <x:v>3662274.29</x:v>
+        <x:v>3612681.29</x:v>
       </x:c>
       <x:c r="R36" s="4" t="n">
-        <x:v>98.13</x:v>
+        <x:v>96.8</x:v>
       </x:c>
       <x:c r="S36" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U36" s="4" t="n">
-        <x:v>2773377.29</x:v>
+        <x:v>2952010.63</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>1480000</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>169.34</x:v>
       </x:c>
       <x:c r="E37" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>2506226.08</x:v>
       </x:c>
       <x:c r="G37" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
@@ -3135,116 +3135,116 @@
       <x:c r="M39" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N39" s="4" t="n">
         <x:v>601871.35</x:v>
       </x:c>
       <x:c r="O39" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P39" s="4" t="n">
         <x:v>83.17</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="n">
         <x:v>3638575.53</x:v>
       </x:c>
       <x:c r="R39" s="4" t="n">
         <x:v>97.52</x:v>
       </x:c>
       <x:c r="S39" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U39" s="4" t="n">
-        <x:v>2553898.32</x:v>
+        <x:v>2628898.32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>171.43</x:v>
       </x:c>
       <x:c r="E40" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>6398896.78</x:v>
       </x:c>
       <x:c r="G40" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
         <x:v>129.73</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
         <x:v>4842419.32</x:v>
       </x:c>
       <x:c r="J40" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K40" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L40" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M40" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O40" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P40" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>76.74</x:v>
       </x:c>
       <x:c r="Q40" s="4" t="n">
-        <x:v>3737779.54</x:v>
+        <x:v>3715890.56</x:v>
       </x:c>
       <x:c r="R40" s="4" t="n">
-        <x:v>100.14</x:v>
+        <x:v>99.55</x:v>
       </x:c>
       <x:c r="S40" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U40" s="4" t="n">
-        <x:v>1957523.38</x:v>
+        <x:v>2834790</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>145.43</x:v>
       </x:c>
       <x:c r="E41" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>5428379.82</x:v>
       </x:c>
       <x:c r="G41" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
@@ -3265,51 +3265,51 @@
       <x:c r="M41" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N41" s="4" t="n">
         <x:v>1292392.86</x:v>
       </x:c>
       <x:c r="O41" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P41" s="4" t="n">
         <x:v>109.45</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="n">
         <x:v>3538457.83</x:v>
       </x:c>
       <x:c r="R41" s="4" t="n">
         <x:v>94.8</x:v>
       </x:c>
       <x:c r="S41" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U41" s="4" t="n">
-        <x:v>1896199.84</x:v>
+        <x:v>2528559.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>114.24</x:v>
       </x:c>
       <x:c r="E42" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>1698094.83</x:v>
       </x:c>
       <x:c r="G42" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
@@ -3445,66 +3445,66 @@
       <x:c r="H44" s="4" t="n">
         <x:v>155.3</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
         <x:v>4556112.77</x:v>
       </x:c>
       <x:c r="J44" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K44" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L44" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M44" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N44" s="4" t="n">
         <x:v>1339933.77</x:v>
       </x:c>
       <x:c r="O44" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P44" s="4" t="n">
-        <x:v>77.01</x:v>
+        <x:v>75.94</x:v>
       </x:c>
       <x:c r="Q44" s="4" t="n">
-        <x:v>3508629.77</x:v>
+        <x:v>3459930.17</x:v>
       </x:c>
       <x:c r="R44" s="4" t="n">
-        <x:v>119.6</x:v>
+        <x:v>117.94</x:v>
       </x:c>
       <x:c r="S44" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U44" s="4" t="n">
-        <x:v>2095847.15</x:v>
+        <x:v>2490281.71</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>447202.48</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
         <x:v>99.71</x:v>
       </x:c>
       <x:c r="E45" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
         <x:v>445900.18</x:v>
       </x:c>
       <x:c r="G45" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
@@ -3785,181 +3785,181 @@
       <x:c r="M49" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N49" s="4" t="n">
         <x:v>136817.62</x:v>
       </x:c>
       <x:c r="O49" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P49" s="4" t="n">
         <x:v>87.89</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="n">
         <x:v>2414490.04</x:v>
       </x:c>
       <x:c r="R49" s="4" t="n">
         <x:v>87.65</x:v>
       </x:c>
       <x:c r="S49" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U49" s="4" t="n">
-        <x:v>1878070.05</x:v>
+        <x:v>1933072.05</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>129.2</x:v>
       </x:c>
       <x:c r="E50" s="5" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>4822836.29</x:v>
       </x:c>
       <x:c r="G50" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>102.98</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
         <x:v>3844008.69</x:v>
       </x:c>
       <x:c r="J50" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K50" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L50" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N50" s="4" t="n">
         <x:v>1324745.83</x:v>
       </x:c>
       <x:c r="O50" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P50" s="4" t="n">
-        <x:v>94.71</x:v>
+        <x:v>93.93</x:v>
       </x:c>
       <x:c r="Q50" s="4" t="n">
-        <x:v>3640734.13</x:v>
+        <x:v>3610834.48</x:v>
       </x:c>
       <x:c r="R50" s="4" t="n">
-        <x:v>97.54</x:v>
+        <x:v>96.73</x:v>
       </x:c>
       <x:c r="S50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U50" s="4" t="n">
-        <x:v>2660829.04</x:v>
+        <x:v>2687710.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>158.56</x:v>
       </x:c>
       <x:c r="E51" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>5918719.38</x:v>
       </x:c>
       <x:c r="G51" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
         <x:v>106.4</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
         <x:v>3971684.14</x:v>
       </x:c>
       <x:c r="J51" s="5" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K51" s="5" t="n">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L51" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M51" s="5" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N51" s="4" t="n">
-        <x:v>3614054.38</x:v>
+        <x:v>3971684.14</x:v>
       </x:c>
       <x:c r="O51" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P51" s="4" t="n">
-        <x:v>88.63</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="n">
-        <x:v>3519918.79</x:v>
+        <x:v>3400254.03</x:v>
       </x:c>
       <x:c r="R51" s="4" t="n">
-        <x:v>94.3</x:v>
+        <x:v>91.09</x:v>
       </x:c>
       <x:c r="S51" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U51" s="4" t="n">
-        <x:v>2300960.73</x:v>
+        <x:v>2330640.73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>1955800</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>193.99</x:v>
       </x:c>
       <x:c r="E52" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
         <x:v>3794147.41</x:v>
       </x:c>
       <x:c r="G52" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
@@ -3980,51 +3980,51 @@
       <x:c r="M52" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N52" s="4" t="n">
         <x:v>790288.03</x:v>
       </x:c>
       <x:c r="O52" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P52" s="4" t="n">
         <x:v>80.97</x:v>
       </x:c>
       <x:c r="Q52" s="4" t="n">
         <x:v>2671181.79</x:v>
       </x:c>
       <x:c r="R52" s="4" t="n">
         <x:v>136.58</x:v>
       </x:c>
       <x:c r="S52" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U52" s="4" t="n">
-        <x:v>1902112.51</x:v>
+        <x:v>2018130.65</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>899680</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>70.06</x:v>
       </x:c>
       <x:c r="E53" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
         <x:v>630283.26</x:v>
       </x:c>
       <x:c r="G53" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
@@ -4175,51 +4175,51 @@
       <x:c r="M55" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N55" s="4" t="n">
         <x:v>1188841.86</x:v>
       </x:c>
       <x:c r="O55" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P55" s="4" t="n">
         <x:v>96.64</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="n">
         <x:v>3744465.69</x:v>
       </x:c>
       <x:c r="R55" s="4" t="n">
         <x:v>100.31</x:v>
       </x:c>
       <x:c r="S55" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U55" s="4" t="n">
-        <x:v>3548295.37</x:v>
+        <x:v>3684020.02</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
         <x:v>1353635.39</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>99.22</x:v>
       </x:c>
       <x:c r="E56" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
         <x:v>1343033.02</x:v>
       </x:c>
       <x:c r="G56" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
@@ -4355,131 +4355,131 @@
       <x:c r="H58" s="4" t="n">
         <x:v>97.18</x:v>
       </x:c>
       <x:c r="I58" s="4" t="n">
         <x:v>3627488.24</x:v>
       </x:c>
       <x:c r="J58" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K58" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L58" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M58" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N58" s="4" t="n">
         <x:v>1340761.99</x:v>
       </x:c>
       <x:c r="O58" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P58" s="4" t="n">
-        <x:v>97.53</x:v>
+        <x:v>97.52</x:v>
       </x:c>
       <x:c r="Q58" s="4" t="n">
-        <x:v>3537762.24</x:v>
+        <x:v>3537675.07</x:v>
       </x:c>
       <x:c r="R58" s="4" t="n">
-        <x:v>94.78</x:v>
+        <x:v>94.77</x:v>
       </x:c>
       <x:c r="S58" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U58" s="4" t="n">
-        <x:v>1897367.01</x:v>
+        <x:v>2084066.17</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
         <x:v>2745021</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>106.08</x:v>
       </x:c>
       <x:c r="E59" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
         <x:v>2911797.86</x:v>
       </x:c>
       <x:c r="G59" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H59" s="4" t="n">
         <x:v>93.01</x:v>
       </x:c>
       <x:c r="I59" s="4" t="n">
         <x:v>2553013.33</x:v>
       </x:c>
       <x:c r="J59" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L59" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="M59" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N59" s="4" t="n">
         <x:v>1158003.47</x:v>
       </x:c>
       <x:c r="O59" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P59" s="4" t="n">
-        <x:v>72.05</x:v>
+        <x:v>64.44</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="n">
-        <x:v>1839379.28</x:v>
+        <x:v>1645211.51</x:v>
       </x:c>
       <x:c r="R59" s="4" t="n">
-        <x:v>67.01</x:v>
+        <x:v>59.93</x:v>
       </x:c>
       <x:c r="S59" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U59" s="4" t="n">
-        <x:v>803031.06</x:v>
+        <x:v>874391.39</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
         <x:v>2408994</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>99.91</x:v>
       </x:c>
       <x:c r="E60" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
         <x:v>2406900</x:v>
       </x:c>
       <x:c r="G60" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="4" t="n">
@@ -4745,57 +4745,57 @@
       <x:c r="H64" s="4" t="n">
         <x:v>114.27</x:v>
       </x:c>
       <x:c r="I64" s="4" t="n">
         <x:v>4263500.88</x:v>
       </x:c>
       <x:c r="J64" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K64" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L64" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M64" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N64" s="4" t="n">
         <x:v>2351445.66</x:v>
       </x:c>
       <x:c r="O64" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P64" s="4" t="n">
-        <x:v>86.81</x:v>
+        <x:v>85.64</x:v>
       </x:c>
       <x:c r="Q64" s="4" t="n">
-        <x:v>3701023.04</x:v>
+        <x:v>3651236.04</x:v>
       </x:c>
       <x:c r="R64" s="4" t="n">
-        <x:v>99.2</x:v>
+        <x:v>97.86</x:v>
       </x:c>
       <x:c r="S64" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U64" s="4" t="n">
         <x:v>2812637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
         <x:v>599247.52</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E65" s="5" t="n">
@@ -4940,66 +4940,66 @@
       <x:c r="H67" s="4" t="n">
         <x:v>116.17</x:v>
       </x:c>
       <x:c r="I67" s="4" t="n">
         <x:v>3408049.12</x:v>
       </x:c>
       <x:c r="J67" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L67" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="M67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O67" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P67" s="4" t="n">
-        <x:v>100.77</x:v>
+        <x:v>100.76</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="n">
-        <x:v>3434199.18</x:v>
+        <x:v>3433885.73</x:v>
       </x:c>
       <x:c r="R67" s="4" t="n">
-        <x:v>117.06</x:v>
+        <x:v>117.05</x:v>
       </x:c>
       <x:c r="S67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U67" s="4" t="n">
-        <x:v>1113959.9</x:v>
+        <x:v>2283663.37</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>98.4</x:v>
       </x:c>
       <x:c r="E68" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
         <x:v>1462592</x:v>
       </x:c>
       <x:c r="G68" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
@@ -5150,116 +5150,116 @@
       <x:c r="M70" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O70" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P70" s="4" t="n">
         <x:v>87.87</x:v>
       </x:c>
       <x:c r="Q70" s="4" t="n">
         <x:v>794366.1</x:v>
       </x:c>
       <x:c r="R70" s="4" t="n">
         <x:v>81.23</x:v>
       </x:c>
       <x:c r="S70" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T70" s="4" t="n">
         <x:v>794366.1</x:v>
       </x:c>
       <x:c r="U70" s="4" t="n">
-        <x:v>807675.06</x:v>
+        <x:v>794366.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
         <x:v>183.11</x:v>
       </x:c>
       <x:c r="E71" s="5" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
         <x:v>6834931.16</x:v>
       </x:c>
       <x:c r="G71" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
         <x:v>129.1</x:v>
       </x:c>
       <x:c r="I71" s="4" t="n">
         <x:v>4818896.79</x:v>
       </x:c>
       <x:c r="J71" s="5" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K71" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L71" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M71" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N71" s="4" t="n">
         <x:v>782183.8</x:v>
       </x:c>
       <x:c r="O71" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P71" s="4" t="n">
-        <x:v>77.35</x:v>
+        <x:v>74.56</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="n">
-        <x:v>3727451.45</x:v>
+        <x:v>3593036.14</x:v>
       </x:c>
       <x:c r="R71" s="4" t="n">
-        <x:v>99.86</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="S71" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U71" s="4" t="n">
-        <x:v>2131874.49</x:v>
+        <x:v>2442818.12</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
         <x:v>96.98</x:v>
       </x:c>
       <x:c r="E72" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
         <x:v>1441460.49</x:v>
       </x:c>
       <x:c r="G72" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H72" s="4" t="n">
@@ -5395,66 +5395,66 @@
       <x:c r="H74" s="4" t="n">
         <x:v>103.91</x:v>
       </x:c>
       <x:c r="I74" s="4" t="n">
         <x:v>2862482.55</x:v>
       </x:c>
       <x:c r="J74" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O74" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="4" t="n">
-        <x:v>96.7</x:v>
+        <x:v>94.02</x:v>
       </x:c>
       <x:c r="Q74" s="4" t="n">
-        <x:v>2767894.32</x:v>
+        <x:v>2691242.67</x:v>
       </x:c>
       <x:c r="R74" s="4" t="n">
-        <x:v>100.47</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="S74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U74" s="4" t="n">
-        <x:v>1792241.07</x:v>
+        <x:v>1967996.84</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
         <x:v>549174.47</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
         <x:v>204.97</x:v>
       </x:c>
       <x:c r="E75" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
         <x:v>1125616.66</x:v>
       </x:c>
       <x:c r="G75" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H75" s="4" t="n">
@@ -5605,116 +5605,116 @@
       <x:c r="M77" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N77" s="4" t="n">
         <x:v>586829.03</x:v>
       </x:c>
       <x:c r="O77" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="P77" s="4" t="n">
         <x:v>88.1</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="n">
         <x:v>3376386.43</x:v>
       </x:c>
       <x:c r="R77" s="4" t="n">
         <x:v>90.45</x:v>
       </x:c>
       <x:c r="S77" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U77" s="4" t="n">
-        <x:v>1634684.6</x:v>
+        <x:v>2281698.64</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
         <x:v>3732660</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
         <x:v>138.47</x:v>
       </x:c>
       <x:c r="E78" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
         <x:v>5168525.06</x:v>
       </x:c>
       <x:c r="G78" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H78" s="4" t="n">
         <x:v>102.46</x:v>
       </x:c>
       <x:c r="I78" s="4" t="n">
         <x:v>3824655.76</x:v>
       </x:c>
       <x:c r="J78" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K78" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L78" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="M78" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O78" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P78" s="4" t="n">
-        <x:v>78.8</x:v>
+        <x:v>78.78</x:v>
       </x:c>
       <x:c r="Q78" s="4" t="n">
-        <x:v>3013846.98</x:v>
+        <x:v>3013066.22</x:v>
       </x:c>
       <x:c r="R78" s="4" t="n">
-        <x:v>80.74</x:v>
+        <x:v>80.72</x:v>
       </x:c>
       <x:c r="S78" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U78" s="4" t="n">
-        <x:v>1219759.06</x:v>
+        <x:v>1276824.06</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
         <x:v>762529.68</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
         <x:v>199.93</x:v>
       </x:c>
       <x:c r="E79" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
         <x:v>1524491.31</x:v>
       </x:c>
       <x:c r="G79" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H79" s="4" t="n">
@@ -5853,63 +5853,63 @@
       <x:c r="I81" s="4" t="n">
         <x:v>4486029.58</x:v>
       </x:c>
       <x:c r="J81" s="5" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K81" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L81" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M81" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N81" s="4" t="n">
         <x:v>263922.03</x:v>
       </x:c>
       <x:c r="O81" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P81" s="4" t="n">
         <x:v>82.25</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="n">
-        <x:v>3689943.16</x:v>
+        <x:v>3689915.19</x:v>
       </x:c>
       <x:c r="R81" s="4" t="n">
         <x:v>125.78</x:v>
       </x:c>
       <x:c r="S81" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U81" s="4" t="n">
-        <x:v>2448768.78</x:v>
+        <x:v>3111536.05</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
         <x:v>127.57</x:v>
       </x:c>
       <x:c r="E82" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
         <x:v>1896216.14</x:v>
       </x:c>
       <x:c r="G82" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H82" s="4" t="n">
@@ -6385,51 +6385,51 @@
       <x:c r="M89" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="N89" s="4" t="n">
         <x:v>1339049.41</x:v>
       </x:c>
       <x:c r="O89" s="5" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P89" s="4" t="n">
         <x:v>99.42</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="n">
         <x:v>3732812.14</x:v>
       </x:c>
       <x:c r="R89" s="4" t="n">
         <x:v>127.24</x:v>
       </x:c>
       <x:c r="S89" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T89" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U89" s="4" t="n">
-        <x:v>2153611.27</x:v>
+        <x:v>2532736.29</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
         <x:v>1486000</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
         <x:v>144.81</x:v>
       </x:c>
       <x:c r="E90" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
         <x:v>2151912</x:v>
       </x:c>
       <x:c r="G90" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H90" s="4" t="n">
@@ -6500,57 +6500,57 @@
       <x:c r="H91" s="4" t="n">
         <x:v>147.17</x:v>
       </x:c>
       <x:c r="I91" s="4" t="n">
         <x:v>4317678.33</x:v>
       </x:c>
       <x:c r="J91" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K91" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L91" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M91" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N91" s="4" t="n">
         <x:v>4238613.19</x:v>
       </x:c>
       <x:c r="O91" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P91" s="4" t="n">
-        <x:v>76.88</x:v>
+        <x:v>74.73</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="n">
-        <x:v>3319302.17</x:v>
+        <x:v>3226603.97</x:v>
       </x:c>
       <x:c r="R91" s="4" t="n">
-        <x:v>113.14</x:v>
+        <x:v>109.98</x:v>
       </x:c>
       <x:c r="S91" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T91" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U91" s="4" t="n">
         <x:v>2641962.75</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
         <x:v>152.68</x:v>
       </x:c>
       <x:c r="E92" s="5" t="n">
@@ -6565,66 +6565,66 @@
       <x:c r="H92" s="4" t="n">
         <x:v>103.82</x:v>
       </x:c>
       <x:c r="I92" s="4" t="n">
         <x:v>3875230.75</x:v>
       </x:c>
       <x:c r="J92" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K92" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L92" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M92" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N92" s="4" t="n">
         <x:v>194373.56</x:v>
       </x:c>
       <x:c r="O92" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="P92" s="4" t="n">
-        <x:v>86.69</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="Q92" s="4" t="n">
-        <x:v>3359511.39</x:v>
+        <x:v>3090875.19</x:v>
       </x:c>
       <x:c r="R92" s="4" t="n">
-        <x:v>90</x:v>
+        <x:v>82.8</x:v>
       </x:c>
       <x:c r="S92" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T92" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U92" s="4" t="n">
-        <x:v>1570538.16</x:v>
+        <x:v>1919698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
         <x:v>1486430.8</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
         <x:v>136.25</x:v>
       </x:c>
       <x:c r="E93" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
         <x:v>2025194.71</x:v>
       </x:c>
       <x:c r="G93" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H93" s="4" t="n">
@@ -6760,66 +6760,66 @@
       <x:c r="H95" s="4" t="n">
         <x:v>112.83</x:v>
       </x:c>
       <x:c r="I95" s="4" t="n">
         <x:v>4211606.31</x:v>
       </x:c>
       <x:c r="J95" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K95" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L95" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M95" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N95" s="4" t="n">
         <x:v>574812.92</x:v>
       </x:c>
       <x:c r="O95" s="5" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P95" s="4" t="n">
-        <x:v>85.86</x:v>
+        <x:v>81.4</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="n">
-        <x:v>3615971.6</x:v>
+        <x:v>3428241.7</x:v>
       </x:c>
       <x:c r="R95" s="4" t="n">
-        <x:v>96.87</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="S95" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U95" s="4" t="n">
-        <x:v>2103225.95</x:v>
+        <x:v>2479386.8</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
         <x:v>1486000</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
         <x:v>156.72</x:v>
       </x:c>
       <x:c r="E96" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
         <x:v>2328837.09</x:v>
       </x:c>
       <x:c r="G96" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H96" s="4" t="n">
@@ -6955,66 +6955,66 @@
       <x:c r="H98" s="4" t="n">
         <x:v>117.14</x:v>
       </x:c>
       <x:c r="I98" s="4" t="n">
         <x:v>4372617.6</x:v>
       </x:c>
       <x:c r="J98" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K98" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L98" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="M98" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N98" s="4" t="n">
         <x:v>234058.99</x:v>
       </x:c>
       <x:c r="O98" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P98" s="4" t="n">
-        <x:v>82.04</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="Q98" s="4" t="n">
-        <x:v>3587402.54</x:v>
+        <x:v>3585969.12</x:v>
       </x:c>
       <x:c r="R98" s="4" t="n">
-        <x:v>96.11</x:v>
+        <x:v>96.07</x:v>
       </x:c>
       <x:c r="S98" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U98" s="4" t="n">
-        <x:v>2362155.07</x:v>
+        <x:v>2586425.89</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
         <x:v>821448</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
         <x:v>136.59</x:v>
       </x:c>
       <x:c r="E99" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
         <x:v>1122023.54</x:v>
       </x:c>
       <x:c r="G99" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H99" s="4" t="n">
@@ -7100,51 +7100,51 @@
       <x:c r="M100" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N100" s="4" t="n">
         <x:v>49650</x:v>
       </x:c>
       <x:c r="O100" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P100" s="4" t="n">
         <x:v>76.49</x:v>
       </x:c>
       <x:c r="Q100" s="4" t="n">
         <x:v>3277980.07</x:v>
       </x:c>
       <x:c r="R100" s="4" t="n">
         <x:v>87.82</x:v>
       </x:c>
       <x:c r="S100" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U100" s="4" t="n">
-        <x:v>2096055.47</x:v>
+        <x:v>2396366.95</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
         <x:v>1291181.27</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
         <x:v>112.59</x:v>
       </x:c>
       <x:c r="E101" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
         <x:v>1453779.98</x:v>
       </x:c>
       <x:c r="G101" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H101" s="4" t="n">
@@ -7295,51 +7295,51 @@
       <x:c r="M103" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N103" s="4" t="n">
         <x:v>644888.16</x:v>
       </x:c>
       <x:c r="O103" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P103" s="4" t="n">
         <x:v>101.87</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="n">
         <x:v>3488326.14</x:v>
       </x:c>
       <x:c r="R103" s="4" t="n">
         <x:v>93.45</x:v>
       </x:c>
       <x:c r="S103" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U103" s="4" t="n">
-        <x:v>2230719.63</x:v>
+        <x:v>2328300.94</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
         <x:v>145.82</x:v>
       </x:c>
       <x:c r="E104" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
         <x:v>5443083.31</x:v>
       </x:c>
       <x:c r="G104" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H104" s="4" t="n">
@@ -7348,128 +7348,128 @@
       <x:c r="I104" s="4" t="n">
         <x:v>4324180</x:v>
       </x:c>
       <x:c r="J104" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K104" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L104" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M104" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N104" s="4" t="n">
         <x:v>1179851.29</x:v>
       </x:c>
       <x:c r="O104" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P104" s="4" t="n">
         <x:v>78.54</x:v>
       </x:c>
       <x:c r="Q104" s="4" t="n">
-        <x:v>3396323.49</x:v>
+        <x:v>3396321.82</x:v>
       </x:c>
       <x:c r="R104" s="4" t="n">
         <x:v>90.99</x:v>
       </x:c>
       <x:c r="S104" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U104" s="4" t="n">
-        <x:v>1761422.73</x:v>
+        <x:v>1950276.23</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
         <x:v>2933745</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
         <x:v>165.01</x:v>
       </x:c>
       <x:c r="E105" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
         <x:v>4841038.5</x:v>
       </x:c>
       <x:c r="G105" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H105" s="4" t="n">
         <x:v>137.93</x:v>
       </x:c>
       <x:c r="I105" s="4" t="n">
         <x:v>4046598.31</x:v>
       </x:c>
       <x:c r="J105" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K105" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L105" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M105" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N105" s="4" t="n">
         <x:v>1714492.83</x:v>
       </x:c>
       <x:c r="O105" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P105" s="4" t="n">
-        <x:v>90.27</x:v>
+        <x:v>89.16</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="n">
-        <x:v>3652833.54</x:v>
+        <x:v>3607833.54</x:v>
       </x:c>
       <x:c r="R105" s="4" t="n">
-        <x:v>124.51</x:v>
+        <x:v>122.98</x:v>
       </x:c>
       <x:c r="S105" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U105" s="4" t="n">
-        <x:v>2974833.09</x:v>
+        <x:v>3155020.48</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
         <x:v>1480000</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
         <x:v>128.21</x:v>
       </x:c>
       <x:c r="E106" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
         <x:v>1897517.29</x:v>
       </x:c>
       <x:c r="G106" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H106" s="4" t="n">
@@ -7803,119 +7803,119 @@
       <x:c r="I111" s="4" t="n">
         <x:v>3857590.81</x:v>
       </x:c>
       <x:c r="J111" s="5" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K111" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L111" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M111" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N111" s="4" t="n">
         <x:v>642744.07</x:v>
       </x:c>
       <x:c r="O111" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P111" s="4" t="n">
         <x:v>97.21</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="n">
-        <x:v>3750078.49</x:v>
+        <x:v>3749992.24</x:v>
       </x:c>
       <x:c r="R111" s="4" t="n">
         <x:v>100.46</x:v>
       </x:c>
       <x:c r="S111" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U111" s="4" t="n">
-        <x:v>1857456.21</x:v>
+        <x:v>2077106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
         <x:v>3732000</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
         <x:v>162.83</x:v>
       </x:c>
       <x:c r="E112" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
         <x:v>6076846.39</x:v>
       </x:c>
       <x:c r="G112" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H112" s="4" t="n">
         <x:v>121.49</x:v>
       </x:c>
       <x:c r="I112" s="4" t="n">
         <x:v>4533964.61</x:v>
       </x:c>
       <x:c r="J112" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K112" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L112" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M112" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N112" s="4" t="n">
         <x:v>4533964.61</x:v>
       </x:c>
       <x:c r="O112" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P112" s="4" t="n">
-        <x:v>82.34</x:v>
+        <x:v>80.49</x:v>
       </x:c>
       <x:c r="Q112" s="4" t="n">
-        <x:v>3733200.01</x:v>
+        <x:v>3649273.14</x:v>
       </x:c>
       <x:c r="R112" s="4" t="n">
-        <x:v>100.03</x:v>
+        <x:v>97.78</x:v>
       </x:c>
       <x:c r="S112" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U112" s="4" t="n">
         <x:v>2834866.75</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
         <x:v>1167055</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E113" s="5" t="n">
@@ -8140,181 +8140,181 @@
       <x:c r="M116" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N116" s="4" t="n">
         <x:v>1070710.19</x:v>
       </x:c>
       <x:c r="O116" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P116" s="4" t="n">
         <x:v>68.85</x:v>
       </x:c>
       <x:c r="Q116" s="4" t="n">
         <x:v>3606510.9</x:v>
       </x:c>
       <x:c r="R116" s="4" t="n">
         <x:v>96.62</x:v>
       </x:c>
       <x:c r="S116" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T116" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U116" s="4" t="n">
-        <x:v>2149093.88</x:v>
+        <x:v>2228972.88</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
         <x:v>2754825</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
         <x:v>155.95</x:v>
       </x:c>
       <x:c r="E117" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
         <x:v>4296178.92</x:v>
       </x:c>
       <x:c r="G117" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H117" s="4" t="n">
         <x:v>119.05</x:v>
       </x:c>
       <x:c r="I117" s="4" t="n">
         <x:v>3279556.83</x:v>
       </x:c>
       <x:c r="J117" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L117" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M117" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N117" s="4" t="n">
         <x:v>812194.37</x:v>
       </x:c>
       <x:c r="O117" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P117" s="4" t="n">
-        <x:v>82.23</x:v>
+        <x:v>82.06</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="n">
-        <x:v>2696647.79</x:v>
+        <x:v>2691138.48</x:v>
       </x:c>
       <x:c r="R117" s="4" t="n">
-        <x:v>97.89</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="S117" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T117" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U117" s="4" t="n">
-        <x:v>1969877.58</x:v>
+        <x:v>2085400.64</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
         <x:v>176.61</x:v>
       </x:c>
       <x:c r="E118" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
         <x:v>6592413.25</x:v>
       </x:c>
       <x:c r="G118" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H118" s="4" t="n">
         <x:v>131.36</x:v>
       </x:c>
       <x:c r="I118" s="4" t="n">
         <x:v>4903097.65</x:v>
       </x:c>
       <x:c r="J118" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="L118" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M118" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N118" s="4" t="n">
         <x:v>1937114.08</x:v>
       </x:c>
       <x:c r="O118" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P118" s="4" t="n">
-        <x:v>72.06</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="Q118" s="4" t="n">
-        <x:v>3533123.31</x:v>
+        <x:v>3532322.99</x:v>
       </x:c>
       <x:c r="R118" s="4" t="n">
-        <x:v>94.65</x:v>
+        <x:v>94.63</x:v>
       </x:c>
       <x:c r="S118" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T118" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U118" s="4" t="n">
-        <x:v>1972763.02</x:v>
+        <x:v>2278496.64</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
         <x:v>1175710.49</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E119" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
         <x:v>1916420.53</x:v>
       </x:c>
       <x:c r="G119" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H119" s="4" t="n">
@@ -8515,66 +8515,66 @@
       <x:c r="H122" s="4" t="n">
         <x:v>140.03</x:v>
       </x:c>
       <x:c r="I122" s="4" t="n">
         <x:v>5226914.3</x:v>
       </x:c>
       <x:c r="J122" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K122" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L122" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M122" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N122" s="4" t="n">
         <x:v>3465714.2</x:v>
       </x:c>
       <x:c r="O122" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P122" s="4" t="n">
-        <x:v>67.29</x:v>
+        <x:v>67.26</x:v>
       </x:c>
       <x:c r="Q122" s="4" t="n">
-        <x:v>3517386.25</x:v>
+        <x:v>3515634.14</x:v>
       </x:c>
       <x:c r="R122" s="4" t="n">
-        <x:v>94.23</x:v>
+        <x:v>94.18</x:v>
       </x:c>
       <x:c r="S122" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T122" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U122" s="4" t="n">
-        <x:v>2163126.13</x:v>
+        <x:v>2254423.75</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
         <x:v>1335206.88</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
         <x:v>113.01</x:v>
       </x:c>
       <x:c r="E123" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
         <x:v>1508958.08</x:v>
       </x:c>
       <x:c r="G123" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H123" s="4" t="n">
@@ -8660,51 +8660,51 @@
       <x:c r="M124" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N124" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O124" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P124" s="4" t="n">
         <x:v>89.33</x:v>
       </x:c>
       <x:c r="Q124" s="4" t="n">
         <x:v>3714128.35</x:v>
       </x:c>
       <x:c r="R124" s="4" t="n">
         <x:v>99.5</x:v>
       </x:c>
       <x:c r="S124" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T124" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U124" s="4" t="n">
-        <x:v>2784204.89</x:v>
+        <x:v>3125040.83</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
         <x:v>132.53</x:v>
       </x:c>
       <x:c r="E125" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
         <x:v>4946902.34</x:v>
       </x:c>
       <x:c r="G125" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H125" s="4" t="n">
@@ -8725,51 +8725,51 @@
       <x:c r="M125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N125" s="4" t="n">
         <x:v>1762316.71</x:v>
       </x:c>
       <x:c r="O125" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="4" t="n">
         <x:v>96.27</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="n">
         <x:v>3377689.83</x:v>
       </x:c>
       <x:c r="R125" s="4" t="n">
         <x:v>90.49</x:v>
       </x:c>
       <x:c r="S125" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T125" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U125" s="4" t="n">
-        <x:v>1353087.77</x:v>
+        <x:v>2293523.78</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
         <x:v>1120874.62</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
         <x:v>199.48</x:v>
       </x:c>
       <x:c r="E126" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
         <x:v>2235964</x:v>
       </x:c>
       <x:c r="G126" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H126" s="4" t="n">
@@ -8905,196 +8905,196 @@
       <x:c r="H128" s="4" t="n">
         <x:v>95.51</x:v>
       </x:c>
       <x:c r="I128" s="4" t="n">
         <x:v>3565285.98</x:v>
       </x:c>
       <x:c r="J128" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K128" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L128" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M128" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N128" s="4" t="n">
         <x:v>2539697.38</x:v>
       </x:c>
       <x:c r="O128" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P128" s="4" t="n">
-        <x:v>96.28</x:v>
+        <x:v>95.93</x:v>
       </x:c>
       <x:c r="Q128" s="4" t="n">
-        <x:v>3432627.33</x:v>
+        <x:v>3420248.21</x:v>
       </x:c>
       <x:c r="R128" s="4" t="n">
-        <x:v>91.96</x:v>
+        <x:v>91.63</x:v>
       </x:c>
       <x:c r="S128" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T128" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U128" s="4" t="n">
-        <x:v>1395764.31</x:v>
+        <x:v>2224071.67</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
         <x:v>2752000</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
         <x:v>167.44</x:v>
       </x:c>
       <x:c r="E129" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
         <x:v>4607856.69</x:v>
       </x:c>
       <x:c r="G129" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H129" s="4" t="n">
         <x:v>109.8</x:v>
       </x:c>
       <x:c r="I129" s="4" t="n">
         <x:v>3021561.82</x:v>
       </x:c>
       <x:c r="J129" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K129" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L129" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M129" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N129" s="4" t="n">
         <x:v>1593813.42</x:v>
       </x:c>
       <x:c r="O129" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P129" s="4" t="n">
-        <x:v>85.85</x:v>
+        <x:v>83.54</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="n">
-        <x:v>2594067.99</x:v>
+        <x:v>2524274.22</x:v>
       </x:c>
       <x:c r="R129" s="4" t="n">
-        <x:v>94.26</x:v>
+        <x:v>91.73</x:v>
       </x:c>
       <x:c r="S129" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T129" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U129" s="4" t="n">
-        <x:v>1641957.23</x:v>
+        <x:v>2041388.11</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
         <x:v>2754800</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
         <x:v>121.91</x:v>
       </x:c>
       <x:c r="E130" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
         <x:v>3358264.52</x:v>
       </x:c>
       <x:c r="G130" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H130" s="4" t="n">
         <x:v>111.29</x:v>
       </x:c>
       <x:c r="I130" s="4" t="n">
         <x:v>3065705.26</x:v>
       </x:c>
       <x:c r="J130" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K130" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L130" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M130" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N130" s="4" t="n">
         <x:v>471455.62</x:v>
       </x:c>
       <x:c r="O130" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P130" s="4" t="n">
-        <x:v>88.73</x:v>
+        <x:v>87.26</x:v>
       </x:c>
       <x:c r="Q130" s="4" t="n">
-        <x:v>2720303.63</x:v>
+        <x:v>2674996.13</x:v>
       </x:c>
       <x:c r="R130" s="4" t="n">
-        <x:v>98.75</x:v>
+        <x:v>97.1</x:v>
       </x:c>
       <x:c r="S130" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T130" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U130" s="4" t="n">
-        <x:v>1657076.91</x:v>
+        <x:v>2158879.47</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
         <x:v>782000</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
         <x:v>88.62</x:v>
       </x:c>
       <x:c r="E131" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
         <x:v>692987.86</x:v>
       </x:c>
       <x:c r="G131" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H131" s="4" t="n">
@@ -9165,66 +9165,66 @@
       <x:c r="H132" s="4" t="n">
         <x:v>126.88</x:v>
       </x:c>
       <x:c r="I132" s="4" t="n">
         <x:v>4587135.37</x:v>
       </x:c>
       <x:c r="J132" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K132" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L132" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M132" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N132" s="4" t="n">
         <x:v>475807.06</x:v>
       </x:c>
       <x:c r="O132" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P132" s="4" t="n">
-        <x:v>72.86</x:v>
+        <x:v>72.82</x:v>
       </x:c>
       <x:c r="Q132" s="4" t="n">
-        <x:v>3342216.99</x:v>
+        <x:v>3340511.19</x:v>
       </x:c>
       <x:c r="R132" s="4" t="n">
-        <x:v>92.45</x:v>
+        <x:v>92.4</x:v>
       </x:c>
       <x:c r="S132" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U132" s="4" t="n">
-        <x:v>1560820.8</x:v>
+        <x:v>2313670.18</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
         <x:v>187075</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
         <x:v>99.77</x:v>
       </x:c>
       <x:c r="E133" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
         <x:v>186644.28</x:v>
       </x:c>
       <x:c r="G133" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H133" s="4" t="n">
@@ -9375,51 +9375,51 @@
       <x:c r="M135" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="N135" s="4" t="n">
         <x:v>614614.98</x:v>
       </x:c>
       <x:c r="O135" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P135" s="4" t="n">
         <x:v>80.01</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="n">
         <x:v>2408694.97</x:v>
       </x:c>
       <x:c r="R135" s="4" t="n">
         <x:v>89.24</x:v>
       </x:c>
       <x:c r="S135" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T135" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U135" s="4" t="n">
-        <x:v>751241.67</x:v>
+        <x:v>1394077.73</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
         <x:v>1000000</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
         <x:v>88.53</x:v>
       </x:c>
       <x:c r="E136" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
         <x:v>885327.77</x:v>
       </x:c>
       <x:c r="G136" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H136" s="4" t="n">
@@ -9490,66 +9490,66 @@
       <x:c r="H137" s="4" t="n">
         <x:v>125.37</x:v>
       </x:c>
       <x:c r="I137" s="4" t="n">
         <x:v>3678066.03</x:v>
       </x:c>
       <x:c r="J137" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K137" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L137" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M137" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O137" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="P137" s="4" t="n">
-        <x:v>94.69</x:v>
+        <x:v>93.03</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="n">
-        <x:v>3482639.91</x:v>
+        <x:v>3421775.23</x:v>
       </x:c>
       <x:c r="R137" s="4" t="n">
-        <x:v>118.71</x:v>
+        <x:v>116.64</x:v>
       </x:c>
       <x:c r="S137" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U137" s="4" t="n">
-        <x:v>1072093.81</x:v>
+        <x:v>1481493.08</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
         <x:v>83.1</x:v>
       </x:c>
       <x:c r="E138" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
         <x:v>1235215.89</x:v>
       </x:c>
       <x:c r="G138" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H138" s="4" t="n">
@@ -9765,51 +9765,51 @@
       <x:c r="M141" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N141" s="4" t="n">
         <x:v>97789.84</x:v>
       </x:c>
       <x:c r="O141" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P141" s="4" t="n">
         <x:v>94.23</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="n">
         <x:v>4051868.31</x:v>
       </x:c>
       <x:c r="R141" s="4" t="n">
         <x:v>138.11</x:v>
       </x:c>
       <x:c r="S141" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T141" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U141" s="4" t="n">
-        <x:v>2353452.67</x:v>
+        <x:v>2491660.99</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
         <x:v>4785157.54</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
         <x:v>191.12</x:v>
       </x:c>
       <x:c r="E142" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
         <x:v>9145331.5</x:v>
       </x:c>
       <x:c r="G142" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H142" s="4" t="n">
@@ -10090,116 +10090,116 @@
       <x:c r="M146" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N146" s="4" t="n">
         <x:v>1323850.01</x:v>
       </x:c>
       <x:c r="O146" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P146" s="4" t="n">
         <x:v>83.9</x:v>
       </x:c>
       <x:c r="Q146" s="4" t="n">
         <x:v>3728521.17</x:v>
       </x:c>
       <x:c r="R146" s="4" t="n">
         <x:v>99.91</x:v>
       </x:c>
       <x:c r="S146" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T146" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U146" s="4" t="n">
-        <x:v>2814876.24</x:v>
+        <x:v>2844479.24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
         <x:v>2933745</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
         <x:v>250.06</x:v>
       </x:c>
       <x:c r="E147" s="5" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
         <x:v>7336103.17</x:v>
       </x:c>
       <x:c r="G147" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H147" s="4" t="n">
         <x:v>188.47</x:v>
       </x:c>
       <x:c r="I147" s="4" t="n">
         <x:v>5529084.15</x:v>
       </x:c>
       <x:c r="J147" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K147" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L147" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M147" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N147" s="4" t="n">
         <x:v>99790</x:v>
       </x:c>
       <x:c r="O147" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P147" s="4" t="n">
-        <x:v>67.36</x:v>
+        <x:v>67.35</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="n">
-        <x:v>3724302.08</x:v>
+        <x:v>3723969.83</x:v>
       </x:c>
       <x:c r="R147" s="4" t="n">
-        <x:v>126.95</x:v>
+        <x:v>126.94</x:v>
       </x:c>
       <x:c r="S147" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T147" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U147" s="4" t="n">
-        <x:v>2525325.83</x:v>
+        <x:v>2975958.72</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
         <x:v>1486430</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
         <x:v>99.01</x:v>
       </x:c>
       <x:c r="E148" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
         <x:v>1471726.52</x:v>
       </x:c>
       <x:c r="G148" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H148" s="4" t="n">
@@ -10335,66 +10335,66 @@
       <x:c r="H150" s="4" t="n">
         <x:v>108.16</x:v>
       </x:c>
       <x:c r="I150" s="4" t="n">
         <x:v>3892749.12</x:v>
       </x:c>
       <x:c r="J150" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K150" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L150" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M150" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N150" s="4" t="n">
         <x:v>413043.36</x:v>
       </x:c>
       <x:c r="O150" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P150" s="4" t="n">
-        <x:v>82.61</x:v>
+        <x:v>82.58</x:v>
       </x:c>
       <x:c r="Q150" s="4" t="n">
-        <x:v>3215857.63</x:v>
+        <x:v>3214648.63</x:v>
       </x:c>
       <x:c r="R150" s="4" t="n">
-        <x:v>89.35</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="S150" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T150" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U150" s="4" t="n">
-        <x:v>2505404.29</x:v>
+        <x:v>2546112.61</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
         <x:v>1050603.42</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E151" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
         <x:v>1040147.6</x:v>
       </x:c>
       <x:c r="G151" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H151" s="4" t="n">
@@ -10660,66 +10660,66 @@
       <x:c r="H155" s="4" t="n">
         <x:v>130.12</x:v>
       </x:c>
       <x:c r="I155" s="4" t="n">
         <x:v>3816275.12</x:v>
       </x:c>
       <x:c r="J155" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K155" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="L155" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="M155" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N155" s="4" t="n">
         <x:v>470167.1</x:v>
       </x:c>
       <x:c r="O155" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P155" s="4" t="n">
-        <x:v>92.71</x:v>
+        <x:v>91.14</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="n">
-        <x:v>3538039.49</x:v>
+        <x:v>3478250.69</x:v>
       </x:c>
       <x:c r="R155" s="4" t="n">
-        <x:v>120.63</x:v>
+        <x:v>118.59</x:v>
       </x:c>
       <x:c r="S155" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T155" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U155" s="4" t="n">
-        <x:v>2405227.73</x:v>
+        <x:v>2519422.76</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
         <x:v>325482</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
         <x:v>99.7</x:v>
       </x:c>
       <x:c r="E156" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
         <x:v>324520</x:v>
       </x:c>
       <x:c r="G156" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H156" s="4" t="n">
@@ -10870,51 +10870,51 @@
       <x:c r="M158" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N158" s="4" t="n">
         <x:v>2936163.68</x:v>
       </x:c>
       <x:c r="O158" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P158" s="4" t="n">
         <x:v>78.18</x:v>
       </x:c>
       <x:c r="Q158" s="4" t="n">
         <x:v>3351939.22</x:v>
       </x:c>
       <x:c r="R158" s="4" t="n">
         <x:v>89.8</x:v>
       </x:c>
       <x:c r="S158" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T158" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U158" s="4" t="n">
-        <x:v>2011469.05</x:v>
+        <x:v>2156854.05</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
         <x:v>3732500</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
         <x:v>151.56</x:v>
       </x:c>
       <x:c r="E159" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
         <x:v>5656843.57</x:v>
       </x:c>
       <x:c r="G159" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H159" s="4" t="n">
@@ -10935,116 +10935,116 @@
       <x:c r="M159" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N159" s="4" t="n">
         <x:v>1711451.48</x:v>
       </x:c>
       <x:c r="O159" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P159" s="4" t="n">
         <x:v>104.74</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="n">
         <x:v>4060573.39</x:v>
       </x:c>
       <x:c r="R159" s="4" t="n">
         <x:v>108.79</x:v>
       </x:c>
       <x:c r="S159" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T159" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U159" s="4" t="n">
-        <x:v>2913260.82</x:v>
+        <x:v>3133479.81</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
         <x:v>184.51</x:v>
       </x:c>
       <x:c r="E160" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
         <x:v>6887256.79</x:v>
       </x:c>
       <x:c r="G160" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H160" s="4" t="n">
         <x:v>125.36</x:v>
       </x:c>
       <x:c r="I160" s="4" t="n">
         <x:v>4679361.3</x:v>
       </x:c>
       <x:c r="J160" s="5" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K160" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L160" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M160" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N160" s="4" t="n">
         <x:v>288441.8</x:v>
       </x:c>
       <x:c r="O160" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P160" s="4" t="n">
-        <x:v>79.26</x:v>
+        <x:v>76.08</x:v>
       </x:c>
       <x:c r="Q160" s="4" t="n">
-        <x:v>3708698.05</x:v>
+        <x:v>3559849.56</x:v>
       </x:c>
       <x:c r="R160" s="4" t="n">
-        <x:v>99.36</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="S160" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T160" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U160" s="4" t="n">
-        <x:v>2439808.8</x:v>
+        <x:v>2455964.46</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
         <x:v>2754800</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
         <x:v>199.15</x:v>
       </x:c>
       <x:c r="E161" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
         <x:v>5486055.54</x:v>
       </x:c>
       <x:c r="G161" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H161" s="4" t="n">
@@ -11065,51 +11065,51 @@
       <x:c r="M161" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N161" s="4" t="n">
         <x:v>407006.12</x:v>
       </x:c>
       <x:c r="O161" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="P161" s="4" t="n">
         <x:v>91.81</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="n">
         <x:v>2301326.96</x:v>
       </x:c>
       <x:c r="R161" s="4" t="n">
         <x:v>83.54</x:v>
       </x:c>
       <x:c r="S161" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T161" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U161" s="4" t="n">
-        <x:v>1692538.25</x:v>
+        <x:v>1891937.7</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
         <x:v>158.31</x:v>
       </x:c>
       <x:c r="E162" s="5" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
         <x:v>5909376.35</x:v>
       </x:c>
       <x:c r="G162" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H162" s="4" t="n">
@@ -11130,51 +11130,51 @@
       <x:c r="M162" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N162" s="4" t="n">
         <x:v>2077183.07</x:v>
       </x:c>
       <x:c r="O162" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P162" s="4" t="n">
         <x:v>91.33</x:v>
       </x:c>
       <x:c r="Q162" s="4" t="n">
         <x:v>3457965.19</x:v>
       </x:c>
       <x:c r="R162" s="4" t="n">
         <x:v>92.64</x:v>
       </x:c>
       <x:c r="S162" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T162" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U162" s="4" t="n">
-        <x:v>2105718.76</x:v>
+        <x:v>2473185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
         <x:v>3911660</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
         <x:v>88.04</x:v>
       </x:c>
       <x:c r="E163" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
         <x:v>3443637.29</x:v>
       </x:c>
       <x:c r="G163" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H163" s="4" t="n">