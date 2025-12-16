--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4e9f96337d54632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce758812e8ec4bb387ec288d91736bda.psmdcp" Id="R8c89521f61ab4be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R613263f5073248a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3a742023a37d42b28e8240ee3e2c7381.psmdcp" Id="R1bf1030fe0f140e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="implementation" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="82">
   <x:si>
     <x:t>Implementation of the CLLD</x:t>
   </x:si>
   <x:si>
     <x:t>LAG/FLAG</x:t>
   </x:si>
   <x:si>
     <x:t>Budget</x:t>
   </x:si>
   <x:si>
     <x:t>Contracted Amounts</x:t>
   </x:si>
   <x:si>
     <x:t>Actual amounts paid</x:t>
   </x:si>
   <x:si>
-    <x:t>Total (to date) 13.10.2025 г.</x:t>
+    <x:t>Total (to date) 16.12.2025 г.</x:t>
   </x:si>
   <x:si>
     <x:t>% of Implementation</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG Bulgarian Black sea agreement Byala-Dolni Chiflik-Avren</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG Burgas-Kameno</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG High Western Rhodopes: Batak-Devin-Dospat</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG Nessebar-Mesemvria</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG Pazardjik</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG Pomorie</x:t>
   </x:si>
   <x:si>
     <x:t>FLAG Shabla-Kavarna-Balchik</x:t>
   </x:si>
@@ -1035,1320 +1035,1320 @@
       </x:c>
       <x:c r="B13" s="8" t="n">
         <x:v>3911660</x:v>
       </x:c>
       <x:c r="C13" s="8" t="n">
         <x:v>4159758.93</x:v>
       </x:c>
       <x:c r="D13" s="8" t="n">
         <x:v>106.34</x:v>
       </x:c>
       <x:c r="E13" s="8" t="n">
         <x:v>4103650.62</x:v>
       </x:c>
       <x:c r="F13" s="8" t="n">
         <x:v>104.91</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B14" s="8" t="n">
         <x:v>5775000</x:v>
       </x:c>
       <x:c r="C14" s="8" t="n">
-        <x:v>5856856.65</x:v>
+        <x:v>5756930.23</x:v>
       </x:c>
       <x:c r="D14" s="8" t="n">
-        <x:v>101.42</x:v>
+        <x:v>99.69</x:v>
       </x:c>
       <x:c r="E14" s="8" t="n">
-        <x:v>3722974.12</x:v>
+        <x:v>4132017.42</x:v>
       </x:c>
       <x:c r="F14" s="8" t="n">
-        <x:v>64.47</x:v>
+        <x:v>71.55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="7" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B15" s="8" t="n">
         <x:v>5775000</x:v>
       </x:c>
       <x:c r="C15" s="8" t="n">
         <x:v>5924197.31</x:v>
       </x:c>
       <x:c r="D15" s="8" t="n">
         <x:v>102.58</x:v>
       </x:c>
       <x:c r="E15" s="8" t="n">
         <x:v>5178177.57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="n">
         <x:v>89.67</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B16" s="8" t="n">
         <x:v>7174811.27</x:v>
       </x:c>
       <x:c r="C16" s="8" t="n">
-        <x:v>6124527.04</x:v>
+        <x:v>6093405.56</x:v>
       </x:c>
       <x:c r="D16" s="8" t="n">
-        <x:v>85.36</x:v>
+        <x:v>84.93</x:v>
       </x:c>
       <x:c r="E16" s="8" t="n">
         <x:v>4697002.31</x:v>
       </x:c>
       <x:c r="F16" s="8" t="n">
         <x:v>65.47</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="7" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B17" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C17" s="8" t="n">
-        <x:v>3756933.03</x:v>
+        <x:v>3756618.03</x:v>
       </x:c>
       <x:c r="D17" s="8" t="n">
-        <x:v>100.65</x:v>
+        <x:v>100.64</x:v>
       </x:c>
       <x:c r="E17" s="8" t="n">
-        <x:v>2309792.88</x:v>
+        <x:v>2731174.21</x:v>
       </x:c>
       <x:c r="F17" s="8" t="n">
-        <x:v>61.88</x:v>
+        <x:v>73.17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B18" s="8" t="n">
         <x:v>7115137.2</x:v>
       </x:c>
       <x:c r="C18" s="8" t="n">
-        <x:v>6822369.82</x:v>
+        <x:v>6820869.82</x:v>
       </x:c>
       <x:c r="D18" s="8" t="n">
-        <x:v>95.89</x:v>
+        <x:v>95.86</x:v>
       </x:c>
       <x:c r="E18" s="8" t="n">
-        <x:v>5209629.17</x:v>
+        <x:v>5649489.56</x:v>
       </x:c>
       <x:c r="F18" s="8" t="n">
-        <x:v>73.22</x:v>
+        <x:v>79.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="7" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B19" s="8" t="n">
         <x:v>7668562</x:v>
       </x:c>
       <x:c r="C19" s="8" t="n">
-        <x:v>7097267.77</x:v>
+        <x:v>6974000.06</x:v>
       </x:c>
       <x:c r="D19" s="8" t="n">
-        <x:v>92.55</x:v>
+        <x:v>90.94</x:v>
       </x:c>
       <x:c r="E19" s="8" t="n">
-        <x:v>6117233.26</x:v>
+        <x:v>6251678.9</x:v>
       </x:c>
       <x:c r="F19" s="8" t="n">
-        <x:v>79.77</x:v>
+        <x:v>81.52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="7" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="8" t="n">
         <x:v>8005646.39</x:v>
       </x:c>
       <x:c r="C20" s="8" t="n">
-        <x:v>7418846.92</x:v>
+        <x:v>7399297.12</x:v>
       </x:c>
       <x:c r="D20" s="8" t="n">
-        <x:v>92.67</x:v>
+        <x:v>92.43</x:v>
       </x:c>
       <x:c r="E20" s="8" t="n">
-        <x:v>6088207.67</x:v>
+        <x:v>6485079.04</x:v>
       </x:c>
       <x:c r="F20" s="8" t="n">
-        <x:v>76.05</x:v>
+        <x:v>81.01</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="7" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B21" s="8" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="C21" s="8" t="n">
-        <x:v>3618480.36</x:v>
+        <x:v>3520980.36</x:v>
       </x:c>
       <x:c r="D21" s="8" t="n">
-        <x:v>96.94</x:v>
+        <x:v>94.33</x:v>
       </x:c>
       <x:c r="E21" s="8" t="n">
-        <x:v>2031899.86</x:v>
+        <x:v>2354186.43</x:v>
       </x:c>
       <x:c r="F21" s="8" t="n">
-        <x:v>54.44</x:v>
+        <x:v>63.07</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="7" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B22" s="8" t="n">
         <x:v>5688500</x:v>
       </x:c>
       <x:c r="C22" s="8" t="n">
-        <x:v>5625455.8</x:v>
+        <x:v>5647902.73</x:v>
       </x:c>
       <x:c r="D22" s="8" t="n">
-        <x:v>98.89</x:v>
+        <x:v>99.29</x:v>
       </x:c>
       <x:c r="E22" s="8" t="n">
-        <x:v>4630719.95</x:v>
+        <x:v>5105756.51</x:v>
       </x:c>
       <x:c r="F22" s="8" t="n">
-        <x:v>81.4</x:v>
+        <x:v>89.76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="7" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B23" s="8" t="n">
         <x:v>2933700</x:v>
       </x:c>
       <x:c r="C23" s="8" t="n">
-        <x:v>3596336.28</x:v>
+        <x:v>3497888.86</x:v>
       </x:c>
       <x:c r="D23" s="8" t="n">
-        <x:v>122.59</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="E23" s="8" t="n">
-        <x:v>2132341.06</x:v>
+        <x:v>2330664.3</x:v>
       </x:c>
       <x:c r="F23" s="8" t="n">
-        <x:v>72.68</x:v>
+        <x:v>79.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="7" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B24" s="8" t="n">
         <x:v>7162000</x:v>
       </x:c>
       <x:c r="C24" s="8" t="n">
-        <x:v>6268646.4</x:v>
+        <x:v>6219053.4</x:v>
       </x:c>
       <x:c r="D24" s="8" t="n">
-        <x:v>87.53</x:v>
+        <x:v>86.83</x:v>
       </x:c>
       <x:c r="E24" s="8" t="n">
-        <x:v>5375904.15</x:v>
+        <x:v>5554537.49</x:v>
       </x:c>
       <x:c r="F24" s="8" t="n">
-        <x:v>75.06</x:v>
+        <x:v>77.56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="7" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B25" s="8" t="n">
         <x:v>3731130.35</x:v>
       </x:c>
       <x:c r="C25" s="8" t="n">
         <x:v>3638575.53</x:v>
       </x:c>
       <x:c r="D25" s="8" t="n">
         <x:v>97.52</x:v>
       </x:c>
       <x:c r="E25" s="8" t="n">
-        <x:v>2553898.32</x:v>
+        <x:v>2628898.32</x:v>
       </x:c>
       <x:c r="F25" s="8" t="n">
-        <x:v>68.45</x:v>
+        <x:v>70.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="7" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B26" s="8" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="C26" s="8" t="n">
-        <x:v>3737779.54</x:v>
+        <x:v>3715890.56</x:v>
       </x:c>
       <x:c r="D26" s="8" t="n">
-        <x:v>100.14</x:v>
+        <x:v>99.55</x:v>
       </x:c>
       <x:c r="E26" s="8" t="n">
-        <x:v>1957523.38</x:v>
+        <x:v>2834790</x:v>
       </x:c>
       <x:c r="F26" s="8" t="n">
-        <x:v>52.44</x:v>
+        <x:v>75.94</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="7" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B27" s="8" t="n">
         <x:v>7174908</x:v>
       </x:c>
       <x:c r="C27" s="8" t="n">
         <x:v>6425444.73</x:v>
       </x:c>
       <x:c r="D27" s="8" t="n">
         <x:v>89.55</x:v>
       </x:c>
       <x:c r="E27" s="8" t="n">
-        <x:v>4737192.62</x:v>
+        <x:v>5369552.12</x:v>
       </x:c>
       <x:c r="F27" s="8" t="n">
-        <x:v>66.02</x:v>
+        <x:v>74.84</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="7" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="8" t="n">
         <x:v>7343110.48</x:v>
       </x:c>
       <x:c r="C28" s="8" t="n">
-        <x:v>7216990.31</x:v>
+        <x:v>7168290.71</x:v>
       </x:c>
       <x:c r="D28" s="8" t="n">
-        <x:v>98.28</x:v>
+        <x:v>97.62</x:v>
       </x:c>
       <x:c r="E28" s="8" t="n">
-        <x:v>5692221.45</x:v>
+        <x:v>6086656.01</x:v>
       </x:c>
       <x:c r="F28" s="8" t="n">
-        <x:v>77.52</x:v>
+        <x:v>82.89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="7" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B29" s="8" t="n">
         <x:v>2754830</x:v>
       </x:c>
       <x:c r="C29" s="8" t="n">
         <x:v>2414490.04</x:v>
       </x:c>
       <x:c r="D29" s="8" t="n">
         <x:v>87.65</x:v>
       </x:c>
       <x:c r="E29" s="8" t="n">
-        <x:v>1878070.05</x:v>
+        <x:v>1933072.05</x:v>
       </x:c>
       <x:c r="F29" s="8" t="n">
-        <x:v>68.17</x:v>
+        <x:v>70.17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="7" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B30" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C30" s="8" t="n">
-        <x:v>3640734.13</x:v>
+        <x:v>3610834.48</x:v>
       </x:c>
       <x:c r="D30" s="8" t="n">
-        <x:v>97.54</x:v>
+        <x:v>96.73</x:v>
       </x:c>
       <x:c r="E30" s="8" t="n">
-        <x:v>2660829.04</x:v>
+        <x:v>2687710.04</x:v>
       </x:c>
       <x:c r="F30" s="8" t="n">
-        <x:v>71.28</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="7" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B31" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C31" s="8" t="n">
-        <x:v>3519918.79</x:v>
+        <x:v>3400254.03</x:v>
       </x:c>
       <x:c r="D31" s="8" t="n">
-        <x:v>94.3</x:v>
+        <x:v>91.09</x:v>
       </x:c>
       <x:c r="E31" s="8" t="n">
-        <x:v>2300960.73</x:v>
+        <x:v>2330640.73</x:v>
       </x:c>
       <x:c r="F31" s="8" t="n">
-        <x:v>61.64</x:v>
+        <x:v>62.44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="7" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="8" t="n">
         <x:v>3442230</x:v>
       </x:c>
       <x:c r="C32" s="8" t="n">
         <x:v>3672326.75</x:v>
       </x:c>
       <x:c r="D32" s="8" t="n">
         <x:v>106.68</x:v>
       </x:c>
       <x:c r="E32" s="8" t="n">
-        <x:v>2896492.17</x:v>
+        <x:v>3012510.31</x:v>
       </x:c>
       <x:c r="F32" s="8" t="n">
-        <x:v>84.15</x:v>
+        <x:v>87.52</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="7" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B33" s="8" t="n">
         <x:v>8020125.39</x:v>
       </x:c>
       <x:c r="C33" s="8" t="n">
         <x:v>7846511.23</x:v>
       </x:c>
       <x:c r="D33" s="8" t="n">
         <x:v>97.84</x:v>
       </x:c>
       <x:c r="E33" s="8" t="n">
-        <x:v>7822413.65</x:v>
+        <x:v>7958138.3</x:v>
       </x:c>
       <x:c r="F33" s="8" t="n">
-        <x:v>97.53</x:v>
+        <x:v>99.23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="7" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B34" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C34" s="8" t="n">
-        <x:v>3537762.24</x:v>
+        <x:v>3537675.07</x:v>
       </x:c>
       <x:c r="D34" s="8" t="n">
-        <x:v>94.78</x:v>
+        <x:v>94.77</x:v>
       </x:c>
       <x:c r="E34" s="8" t="n">
-        <x:v>2074454.44</x:v>
+        <x:v>2433406.87</x:v>
       </x:c>
       <x:c r="F34" s="8" t="n">
-        <x:v>55.57</x:v>
+        <x:v>65.19</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="7" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B35" s="8" t="n">
         <x:v>8420201</x:v>
       </x:c>
       <x:c r="C35" s="8" t="n">
-        <x:v>3337096.81</x:v>
+        <x:v>3142929.04</x:v>
       </x:c>
       <x:c r="D35" s="8" t="n">
-        <x:v>39.63</x:v>
+        <x:v>37.33</x:v>
       </x:c>
       <x:c r="E35" s="8" t="n">
-        <x:v>2179033.59</x:v>
+        <x:v>2250393.92</x:v>
       </x:c>
       <x:c r="F35" s="8" t="n">
-        <x:v>25.88</x:v>
+        <x:v>26.73</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="7" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="8" t="n">
         <x:v>5830247.52</x:v>
       </x:c>
       <x:c r="C36" s="8" t="n">
-        <x:v>5682939.14</x:v>
+        <x:v>5633152.14</x:v>
       </x:c>
       <x:c r="D36" s="8" t="n">
-        <x:v>97.47</x:v>
+        <x:v>96.62</x:v>
       </x:c>
       <x:c r="E36" s="8" t="n">
         <x:v>4718853.93</x:v>
       </x:c>
       <x:c r="F36" s="8" t="n">
         <x:v>80.94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="7" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B37" s="8" t="n">
         <x:v>7353808</x:v>
       </x:c>
       <x:c r="C37" s="8" t="n">
-        <x:v>7500786.08</x:v>
+        <x:v>7500472.63</x:v>
       </x:c>
       <x:c r="D37" s="8" t="n">
-        <x:v>102</x:v>
+        <x:v>101.99</x:v>
       </x:c>
       <x:c r="E37" s="8" t="n">
-        <x:v>5193855.76</x:v>
+        <x:v>6350250.27</x:v>
       </x:c>
       <x:c r="F37" s="8" t="n">
-        <x:v>70.63</x:v>
+        <x:v>86.35</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="7" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B38" s="8" t="n">
         <x:v>7174908</x:v>
       </x:c>
       <x:c r="C38" s="8" t="n">
-        <x:v>7141478.88</x:v>
+        <x:v>7007063.57</x:v>
       </x:c>
       <x:c r="D38" s="8" t="n">
-        <x:v>99.53</x:v>
+        <x:v>97.66</x:v>
       </x:c>
       <x:c r="E38" s="8" t="n">
-        <x:v>5430131.04</x:v>
+        <x:v>5741074.67</x:v>
       </x:c>
       <x:c r="F38" s="8" t="n">
-        <x:v>75.68</x:v>
+        <x:v>80.02</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="7" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B39" s="8" t="n">
         <x:v>3499587.47</x:v>
       </x:c>
       <x:c r="C39" s="8" t="n">
-        <x:v>3549412.25</x:v>
+        <x:v>3472760.6</x:v>
       </x:c>
       <x:c r="D39" s="8" t="n">
-        <x:v>101.42</x:v>
+        <x:v>99.23</x:v>
       </x:c>
       <x:c r="E39" s="8" t="n">
-        <x:v>2529999.74</x:v>
+        <x:v>2705755.51</x:v>
       </x:c>
       <x:c r="F39" s="8" t="n">
-        <x:v>72.29</x:v>
+        <x:v>77.32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="7" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B40" s="8" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="C40" s="8" t="n">
         <x:v>3376386.43</x:v>
       </x:c>
       <x:c r="D40" s="8" t="n">
         <x:v>90.45</x:v>
       </x:c>
       <x:c r="E40" s="8" t="n">
-        <x:v>1634684.6</x:v>
+        <x:v>2281698.64</x:v>
       </x:c>
       <x:c r="F40" s="8" t="n">
-        <x:v>43.79</x:v>
+        <x:v>61.13</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:10">
       <x:c r="A41" s="7" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B41" s="8" t="n">
         <x:v>6450189.68</x:v>
       </x:c>
       <x:c r="C41" s="8" t="n">
-        <x:v>5408834.52</x:v>
+        <x:v>5408053.76</x:v>
       </x:c>
       <x:c r="D41" s="8" t="n">
-        <x:v>83.86</x:v>
+        <x:v>83.84</x:v>
       </x:c>
       <x:c r="E41" s="8" t="n">
-        <x:v>3777206.51</x:v>
+        <x:v>3834271.51</x:v>
       </x:c>
       <x:c r="F41" s="8" t="n">
-        <x:v>58.56</x:v>
+        <x:v>59.44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="7" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B42" s="8" t="n">
         <x:v>7353823</x:v>
       </x:c>
       <x:c r="C42" s="8" t="n">
-        <x:v>7778799.86</x:v>
+        <x:v>7778771.89</x:v>
       </x:c>
       <x:c r="D42" s="8" t="n">
         <x:v>105.78</x:v>
       </x:c>
       <x:c r="E42" s="8" t="n">
-        <x:v>5905515.7</x:v>
+        <x:v>6568282.97</x:v>
       </x:c>
       <x:c r="F42" s="8" t="n">
-        <x:v>80.31</x:v>
+        <x:v>89.32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="7" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B43" s="8" t="n">
         <x:v>7353853</x:v>
       </x:c>
       <x:c r="C43" s="8" t="n">
         <x:v>7185221.65</x:v>
       </x:c>
       <x:c r="D43" s="8" t="n">
         <x:v>97.71</x:v>
       </x:c>
       <x:c r="E43" s="8" t="n">
         <x:v>5212230.15</x:v>
       </x:c>
       <x:c r="F43" s="8" t="n">
         <x:v>70.88</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:10">
       <x:c r="A44" s="7" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B44" s="8" t="n">
         <x:v>4419745</x:v>
       </x:c>
       <x:c r="C44" s="8" t="n">
         <x:v>5400026.8</x:v>
       </x:c>
       <x:c r="D44" s="8" t="n">
         <x:v>122.18</x:v>
       </x:c>
       <x:c r="E44" s="8" t="n">
-        <x:v>3514755.63</x:v>
+        <x:v>3893880.65</x:v>
       </x:c>
       <x:c r="F44" s="8" t="n">
-        <x:v>79.52</x:v>
+        <x:v>88.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="7" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="8" t="n">
         <x:v>2933745</x:v>
       </x:c>
       <x:c r="C45" s="8" t="n">
-        <x:v>3319302.17</x:v>
+        <x:v>3226603.97</x:v>
       </x:c>
       <x:c r="D45" s="8" t="n">
-        <x:v>113.14</x:v>
+        <x:v>109.98</x:v>
       </x:c>
       <x:c r="E45" s="8" t="n">
         <x:v>2641962.75</x:v>
       </x:c>
       <x:c r="F45" s="8" t="n">
         <x:v>90.05</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:10">
       <x:c r="A46" s="7" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B46" s="8" t="n">
         <x:v>7175005.8</x:v>
       </x:c>
       <x:c r="C46" s="8" t="n">
-        <x:v>5890613.78</x:v>
+        <x:v>5621977.58</x:v>
       </x:c>
       <x:c r="D46" s="8" t="n">
-        <x:v>82.1</x:v>
+        <x:v>78.36</x:v>
       </x:c>
       <x:c r="E46" s="8" t="n">
-        <x:v>4101640.55</x:v>
+        <x:v>4450800.89</x:v>
       </x:c>
       <x:c r="F46" s="8" t="n">
-        <x:v>57.17</x:v>
+        <x:v>62.03</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:10">
       <x:c r="A47" s="7" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B47" s="8" t="n">
         <x:v>7174575</x:v>
       </x:c>
       <x:c r="C47" s="8" t="n">
-        <x:v>6958085.11</x:v>
+        <x:v>6770355.21</x:v>
       </x:c>
       <x:c r="D47" s="8" t="n">
-        <x:v>96.98</x:v>
+        <x:v>94.37</x:v>
       </x:c>
       <x:c r="E47" s="8" t="n">
-        <x:v>5272882.71</x:v>
+        <x:v>5649043.56</x:v>
       </x:c>
       <x:c r="F47" s="8" t="n">
-        <x:v>73.49</x:v>
+        <x:v>78.74</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:10">
       <x:c r="A48" s="7" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B48" s="8" t="n">
         <x:v>4554193</x:v>
       </x:c>
       <x:c r="C48" s="8" t="n">
-        <x:v>4383513.4</x:v>
+        <x:v>4382079.98</x:v>
       </x:c>
       <x:c r="D48" s="8" t="n">
-        <x:v>96.25</x:v>
+        <x:v>96.22</x:v>
       </x:c>
       <x:c r="E48" s="8" t="n">
-        <x:v>3157842.86</x:v>
+        <x:v>3382113.68</x:v>
       </x:c>
       <x:c r="F48" s="8" t="n">
-        <x:v>69.34</x:v>
+        <x:v>74.26</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:10">
       <x:c r="A49" s="7" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B49" s="8" t="n">
         <x:v>6973926.27</x:v>
       </x:c>
       <x:c r="C49" s="8" t="n">
         <x:v>6563070.4</x:v>
       </x:c>
       <x:c r="D49" s="8" t="n">
         <x:v>94.11</x:v>
       </x:c>
       <x:c r="E49" s="8" t="n">
-        <x:v>5282233.84</x:v>
+        <x:v>5582545.32</x:v>
       </x:c>
       <x:c r="F49" s="8" t="n">
-        <x:v>75.74</x:v>
+        <x:v>80.05</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:10">
       <x:c r="A50" s="7" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B50" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C50" s="8" t="n">
         <x:v>3488326.14</x:v>
       </x:c>
       <x:c r="D50" s="8" t="n">
         <x:v>93.45</x:v>
       </x:c>
       <x:c r="E50" s="8" t="n">
-        <x:v>2230719.63</x:v>
+        <x:v>2328300.94</x:v>
       </x:c>
       <x:c r="F50" s="8" t="n">
-        <x:v>59.76</x:v>
+        <x:v>62.38</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:10">
       <x:c r="A51" s="7" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B51" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C51" s="8" t="n">
-        <x:v>3396323.49</x:v>
+        <x:v>3396321.82</x:v>
       </x:c>
       <x:c r="D51" s="8" t="n">
         <x:v>90.99</x:v>
       </x:c>
       <x:c r="E51" s="8" t="n">
-        <x:v>1941192.51</x:v>
+        <x:v>2130046.01</x:v>
       </x:c>
       <x:c r="F51" s="8" t="n">
-        <x:v>52</x:v>
+        <x:v>57.06</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:10">
       <x:c r="A52" s="7" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B52" s="8" t="n">
         <x:v>6313745</x:v>
       </x:c>
       <x:c r="C52" s="8" t="n">
-        <x:v>6895902.91</x:v>
+        <x:v>6850902.91</x:v>
       </x:c>
       <x:c r="D52" s="8" t="n">
-        <x:v>109.22</x:v>
+        <x:v>108.51</x:v>
       </x:c>
       <x:c r="E52" s="8" t="n">
-        <x:v>6040252.38</x:v>
+        <x:v>6220439.77</x:v>
       </x:c>
       <x:c r="F52" s="8" t="n">
-        <x:v>95.67</x:v>
+        <x:v>98.52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:10">
       <x:c r="A53" s="7" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B53" s="8" t="n">
         <x:v>6195700</x:v>
       </x:c>
       <x:c r="C53" s="8" t="n">
         <x:v>5659975.51</x:v>
       </x:c>
       <x:c r="D53" s="8" t="n">
         <x:v>91.35</x:v>
       </x:c>
       <x:c r="E53" s="8" t="n">
         <x:v>4592579.61</x:v>
       </x:c>
       <x:c r="F53" s="8" t="n">
         <x:v>74.13</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:10">
       <x:c r="A54" s="7" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B54" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C54" s="8" t="n">
-        <x:v>3750078.49</x:v>
+        <x:v>3749992.24</x:v>
       </x:c>
       <x:c r="D54" s="8" t="n">
         <x:v>100.46</x:v>
       </x:c>
       <x:c r="E54" s="8" t="n">
-        <x:v>2469314.43</x:v>
+        <x:v>2688964.33</x:v>
       </x:c>
       <x:c r="F54" s="8" t="n">
-        <x:v>66.15</x:v>
+        <x:v>72.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:10">
       <x:c r="A55" s="7" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B55" s="8" t="n">
         <x:v>8299055</x:v>
       </x:c>
       <x:c r="C55" s="8" t="n">
-        <x:v>7904449.29</x:v>
+        <x:v>7820522.42</x:v>
       </x:c>
       <x:c r="D55" s="8" t="n">
-        <x:v>95.25</x:v>
+        <x:v>94.23</x:v>
       </x:c>
       <x:c r="E55" s="8" t="n">
         <x:v>6915010.86</x:v>
       </x:c>
       <x:c r="F55" s="8" t="n">
         <x:v>83.32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:10">
       <x:c r="A56" s="7" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B56" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C56" s="8" t="n">
         <x:v>3606510.9</x:v>
       </x:c>
       <x:c r="D56" s="8" t="n">
         <x:v>96.62</x:v>
       </x:c>
       <x:c r="E56" s="8" t="n">
-        <x:v>2149093.88</x:v>
+        <x:v>2228972.88</x:v>
       </x:c>
       <x:c r="F56" s="8" t="n">
-        <x:v>57.57</x:v>
+        <x:v>59.71</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:10">
       <x:c r="A57" s="7" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B57" s="8" t="n">
         <x:v>2754825</x:v>
       </x:c>
       <x:c r="C57" s="8" t="n">
-        <x:v>2696647.79</x:v>
+        <x:v>2691138.48</x:v>
       </x:c>
       <x:c r="D57" s="8" t="n">
-        <x:v>97.89</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="E57" s="8" t="n">
-        <x:v>1969877.58</x:v>
+        <x:v>2085400.64</x:v>
       </x:c>
       <x:c r="F57" s="8" t="n">
-        <x:v>71.51</x:v>
+        <x:v>75.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:10">
       <x:c r="A58" s="7" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B58" s="8" t="n">
         <x:v>7840766.15</x:v>
       </x:c>
       <x:c r="C58" s="8" t="n">
-        <x:v>6915823.56</x:v>
+        <x:v>6915023.24</x:v>
       </x:c>
       <x:c r="D58" s="8" t="n">
-        <x:v>88.2</x:v>
+        <x:v>88.19</x:v>
       </x:c>
       <x:c r="E58" s="8" t="n">
-        <x:v>5383528.65</x:v>
+        <x:v>5700980.27</x:v>
       </x:c>
       <x:c r="F58" s="8" t="n">
-        <x:v>68.66</x:v>
+        <x:v>72.71</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:10">
       <x:c r="A59" s="7" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B59" s="8" t="n">
         <x:v>5067906.88</x:v>
       </x:c>
       <x:c r="C59" s="8" t="n">
-        <x:v>4846153.5</x:v>
+        <x:v>4844401.39</x:v>
       </x:c>
       <x:c r="D59" s="8" t="n">
-        <x:v>95.62</x:v>
+        <x:v>95.59</x:v>
       </x:c>
       <x:c r="E59" s="8" t="n">
-        <x:v>3453746.6</x:v>
+        <x:v>3545044.22</x:v>
       </x:c>
       <x:c r="F59" s="8" t="n">
-        <x:v>68.15</x:v>
+        <x:v>69.95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:10">
       <x:c r="A60" s="7" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B60" s="8" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="C60" s="8" t="n">
         <x:v>3714128.35</x:v>
       </x:c>
       <x:c r="D60" s="8" t="n">
         <x:v>99.5</x:v>
       </x:c>
       <x:c r="E60" s="8" t="n">
-        <x:v>2784204.89</x:v>
+        <x:v>3125040.83</x:v>
       </x:c>
       <x:c r="F60" s="8" t="n">
-        <x:v>74.59</x:v>
+        <x:v>83.72</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:10">
       <x:c r="A61" s="7" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B61" s="8" t="n">
         <x:v>6339982.62</x:v>
       </x:c>
       <x:c r="C61" s="8" t="n">
         <x:v>5498730.04</x:v>
       </x:c>
       <x:c r="D61" s="8" t="n">
         <x:v>86.73</x:v>
       </x:c>
       <x:c r="E61" s="8" t="n">
-        <x:v>3474127.98</x:v>
+        <x:v>4414563.99</x:v>
       </x:c>
       <x:c r="F61" s="8" t="n">
-        <x:v>54.8</x:v>
+        <x:v>69.63</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:10">
       <x:c r="A62" s="7" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B62" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C62" s="8" t="n">
-        <x:v>3432627.33</x:v>
+        <x:v>3420248.21</x:v>
       </x:c>
       <x:c r="D62" s="8" t="n">
-        <x:v>91.96</x:v>
+        <x:v>91.63</x:v>
       </x:c>
       <x:c r="E62" s="8" t="n">
-        <x:v>1395764.31</x:v>
+        <x:v>2224071.67</x:v>
       </x:c>
       <x:c r="F62" s="8" t="n">
-        <x:v>37.39</x:v>
+        <x:v>59.58</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:10">
       <x:c r="A63" s="7" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B63" s="8" t="n">
         <x:v>2752000</x:v>
       </x:c>
       <x:c r="C63" s="8" t="n">
-        <x:v>2594067.99</x:v>
+        <x:v>2524274.22</x:v>
       </x:c>
       <x:c r="D63" s="8" t="n">
-        <x:v>94.26</x:v>
+        <x:v>91.73</x:v>
       </x:c>
       <x:c r="E63" s="8" t="n">
-        <x:v>1641957.23</x:v>
+        <x:v>2041388.11</x:v>
       </x:c>
       <x:c r="F63" s="8" t="n">
-        <x:v>59.66</x:v>
+        <x:v>74.18</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:10">
       <x:c r="A64" s="7" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B64" s="8" t="n">
         <x:v>3536800</x:v>
       </x:c>
       <x:c r="C64" s="8" t="n">
-        <x:v>3502258.49</x:v>
+        <x:v>3456950.99</x:v>
       </x:c>
       <x:c r="D64" s="8" t="n">
-        <x:v>99.02</x:v>
+        <x:v>97.74</x:v>
       </x:c>
       <x:c r="E64" s="8" t="n">
-        <x:v>2416563.04</x:v>
+        <x:v>2918365.6</x:v>
       </x:c>
       <x:c r="F64" s="8" t="n">
-        <x:v>68.33</x:v>
+        <x:v>82.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:10">
       <x:c r="A65" s="7" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B65" s="8" t="n">
         <x:v>4389385</x:v>
       </x:c>
       <x:c r="C65" s="8" t="n">
-        <x:v>3723099.88</x:v>
+        <x:v>3721394.08</x:v>
       </x:c>
       <x:c r="D65" s="8" t="n">
-        <x:v>84.82</x:v>
+        <x:v>84.78</x:v>
       </x:c>
       <x:c r="E65" s="8" t="n">
-        <x:v>1941703.69</x:v>
+        <x:v>2694553.07</x:v>
       </x:c>
       <x:c r="F65" s="8" t="n">
-        <x:v>44.24</x:v>
+        <x:v>61.39</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:10">
       <x:c r="A66" s="7" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B66" s="8" t="n">
         <x:v>3699000</x:v>
       </x:c>
       <x:c r="C66" s="8" t="n">
         <x:v>3349836.38</x:v>
       </x:c>
       <x:c r="D66" s="8" t="n">
         <x:v>90.56</x:v>
       </x:c>
       <x:c r="E66" s="8" t="n">
-        <x:v>1624021.18</x:v>
+        <x:v>2491144.82</x:v>
       </x:c>
       <x:c r="F66" s="8" t="n">
-        <x:v>43.9</x:v>
+        <x:v>67.35</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:10">
       <x:c r="A67" s="7" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B67" s="8" t="n">
         <x:v>7353853</x:v>
       </x:c>
       <x:c r="C67" s="8" t="n">
-        <x:v>6278251.87</x:v>
+        <x:v>6217387.19</x:v>
       </x:c>
       <x:c r="D67" s="8" t="n">
-        <x:v>85.37</x:v>
+        <x:v>84.55</x:v>
       </x:c>
       <x:c r="E67" s="8" t="n">
-        <x:v>3867705.77</x:v>
+        <x:v>4277105.04</x:v>
       </x:c>
       <x:c r="F67" s="8" t="n">
-        <x:v>52.59</x:v>
+        <x:v>58.16</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:10">
       <x:c r="A68" s="7" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B68" s="8" t="n">
         <x:v>11865164.34</x:v>
       </x:c>
       <x:c r="C68" s="8" t="n">
         <x:v>11024015.28</x:v>
       </x:c>
       <x:c r="D68" s="8" t="n">
         <x:v>92.91</x:v>
       </x:c>
       <x:c r="E68" s="8" t="n">
-        <x:v>9832682.01</x:v>
+        <x:v>9970890.33</x:v>
       </x:c>
       <x:c r="F68" s="8" t="n">
-        <x:v>82.87</x:v>
+        <x:v>84.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:10">
       <x:c r="A69" s="7" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B69" s="8" t="n">
         <x:v>3732000</x:v>
       </x:c>
       <x:c r="C69" s="8" t="n">
         <x:v>3728521.17</x:v>
       </x:c>
       <x:c r="D69" s="8" t="n">
         <x:v>99.91</x:v>
       </x:c>
       <x:c r="E69" s="8" t="n">
-        <x:v>2859741.24</x:v>
+        <x:v>2889344.24</x:v>
       </x:c>
       <x:c r="F69" s="8" t="n">
-        <x:v>76.63</x:v>
+        <x:v>77.42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:10">
       <x:c r="A70" s="7" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B70" s="8" t="n">
         <x:v>6376005</x:v>
       </x:c>
       <x:c r="C70" s="8" t="n">
-        <x:v>7070491.17</x:v>
+        <x:v>7070158.92</x:v>
       </x:c>
       <x:c r="D70" s="8" t="n">
         <x:v>110.89</x:v>
       </x:c>
       <x:c r="E70" s="8" t="n">
-        <x:v>5712310.74</x:v>
+        <x:v>6162943.63</x:v>
       </x:c>
       <x:c r="F70" s="8" t="n">
-        <x:v>89.59</x:v>
+        <x:v>96.66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:10">
       <x:c r="A71" s="7" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B71" s="8" t="n">
         <x:v>8135263.05</x:v>
       </x:c>
       <x:c r="C71" s="8" t="n">
-        <x:v>7354140.46</x:v>
+        <x:v>7352931.46</x:v>
       </x:c>
       <x:c r="D71" s="8" t="n">
-        <x:v>90.4</x:v>
+        <x:v>90.38</x:v>
       </x:c>
       <x:c r="E71" s="8" t="n">
-        <x:v>6643687.12</x:v>
+        <x:v>6684395.44</x:v>
       </x:c>
       <x:c r="F71" s="8" t="n">
-        <x:v>81.67</x:v>
+        <x:v>82.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:10">
       <x:c r="A72" s="7" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B72" s="8" t="n">
         <x:v>5213482</x:v>
       </x:c>
       <x:c r="C72" s="8" t="n">
-        <x:v>5663352.48</x:v>
+        <x:v>5603563.68</x:v>
       </x:c>
       <x:c r="D72" s="8" t="n">
-        <x:v>108.63</x:v>
+        <x:v>107.48</x:v>
       </x:c>
       <x:c r="E72" s="8" t="n">
-        <x:v>4579471.92</x:v>
+        <x:v>4693666.95</x:v>
       </x:c>
       <x:c r="F72" s="8" t="n">
-        <x:v>87.84</x:v>
+        <x:v>90.03</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:10">
       <x:c r="A73" s="7" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B73" s="8" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="C73" s="8" t="n">
         <x:v>3351939.22</x:v>
       </x:c>
       <x:c r="D73" s="8" t="n">
         <x:v>89.8</x:v>
       </x:c>
       <x:c r="E73" s="8" t="n">
-        <x:v>2011469.05</x:v>
+        <x:v>2156854.05</x:v>
       </x:c>
       <x:c r="F73" s="8" t="n">
-        <x:v>53.89</x:v>
+        <x:v>57.78</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:10">
       <x:c r="A74" s="7" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B74" s="8" t="n">
         <x:v>3732500</x:v>
       </x:c>
       <x:c r="C74" s="8" t="n">
         <x:v>3855450.19</x:v>
       </x:c>
       <x:c r="D74" s="8" t="n">
         <x:v>103.29</x:v>
       </x:c>
       <x:c r="E74" s="8" t="n">
-        <x:v>2913260.82</x:v>
+        <x:v>3133479.81</x:v>
       </x:c>
       <x:c r="F74" s="8" t="n">
-        <x:v>78.05</x:v>
+        <x:v>83.95</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:10">
       <x:c r="A75" s="7" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B75" s="8" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="C75" s="8" t="n">
-        <x:v>3708698.05</x:v>
+        <x:v>3559849.56</x:v>
       </x:c>
       <x:c r="D75" s="8" t="n">
-        <x:v>99.36</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="E75" s="8" t="n">
-        <x:v>2439808.8</x:v>
+        <x:v>2455964.46</x:v>
       </x:c>
       <x:c r="F75" s="8" t="n">
-        <x:v>65.36</x:v>
+        <x:v>65.8</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:10">
       <x:c r="A76" s="7" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B76" s="8" t="n">
         <x:v>2754800</x:v>
       </x:c>
       <x:c r="C76" s="8" t="n">
         <x:v>2301326.96</x:v>
       </x:c>
       <x:c r="D76" s="8" t="n">
         <x:v>83.54</x:v>
       </x:c>
       <x:c r="E76" s="8" t="n">
-        <x:v>1692538.25</x:v>
+        <x:v>1891937.7</x:v>
       </x:c>
       <x:c r="F76" s="8" t="n">
-        <x:v>61.44</x:v>
+        <x:v>68.68</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:10">
       <x:c r="A77" s="7" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B77" s="8" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="C77" s="8" t="n">
         <x:v>3457965.19</x:v>
       </x:c>
       <x:c r="D77" s="8" t="n">
         <x:v>92.64</x:v>
       </x:c>
       <x:c r="E77" s="8" t="n">
-        <x:v>2105718.76</x:v>
+        <x:v>2473185.65</x:v>
       </x:c>
       <x:c r="F77" s="8" t="n">
-        <x:v>56.41</x:v>
+        <x:v>66.26</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:10">
       <x:c r="A78" s="7" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B78" s="8" t="n">
         <x:v>3911660</x:v>
       </x:c>
       <x:c r="C78" s="8" t="n">
         <x:v>2134687.13</x:v>
       </x:c>
       <x:c r="D78" s="8" t="n">
         <x:v>54.57</x:v>
       </x:c>
       <x:c r="E78" s="8" t="n">
         <x:v>1561277.29</x:v>
       </x:c>
       <x:c r="F78" s="8" t="n">
         <x:v>39.91</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:10" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="80" spans="1:10">
       <x:c r="A80" s="0" t="s">