--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0751951e2c47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6f38a0ec77ef444f87c1b2a03fd68ddc.psmdcp" Id="R158bd00fda4544be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ef6be722ac943d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7595ac55d6ae400a97cd26a1d9e9622f.psmdcp" Id="R5c1b51d9a7e34a81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="148">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <x:si>
     <x:t>Приложени филтри</x:t>
   </x:si>
   <x:si>
     <x:t>Програмен период</x:t>
   </x:si>
   <x:si>
     <x:t>Програма</x:t>
   </x:si>
   <x:si>
     <x:t>Програма на Република България по фонд „Вътрешна сигурност“</x:t>
   </x:si>
   <x:si>
     <x:t>Приоритет</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Година на стартиране (от)</x:t>
   </x:si>
   <x:si>
     <x:t>Година на стартиране (до)</x:t>
   </x:si>
   <x:si>
@@ -124,161 +124,195 @@
   <x:si>
     <x:t>Учебно заведение</x:t>
   </x:si>
   <x:si>
     <x:t>Висше училище/университет</x:t>
   </x:si>
   <x:si>
     <x:t>Публично правна</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1715, бул. "Александър Малинов" № 1</x:t>
   </x:si>
   <x:si>
     <x:t>гр.София</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.001-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на капацитета на националната точка за контакт на CEPOL за Република България</x:t>
   </x:si>
   <x:si>
     <x:t>В изпълнение (от дата на стартиране)</x:t>
   </x:si>
   <x:si>
+    <x:t>BG65ISPR001-2.004-0003</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Оптимизиране на обучението за противодействие на сексуалната експлоатация на деца
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129010659 Главна дирекция "Борба с организираната престъпност"</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Държавна администрация</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Други държавни администрации</x:t>
+  </x:si>
+  <x:si>
+    <x:t>България, гр.София, 1784, бул. Цариградско шосе 133 А</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65ISPR001-2.004-0001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Осигуряване на специализиран софтуер за Национален център по киберпрестъпност на ГДБОП</x:t>
+  </x:si>
+  <x:si>
     <x:t>129010659 ГЛАВНА ДИРЕКЦИЯ "БОРБА С ОРГАНИЗИРАНАТА ПРЕСТЪПНОСТ" - МВР</x:t>
   </x:si>
   <x:si>
-    <x:t>Държавна администрация</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Изпълнителна агенция / административна структура, създадена с нормативен акт</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1784, бул. „Цариградско шосе”, № 133А</x:t>
   </x:si>
   <x:si>
     <x:t>България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.002-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване на международното сътрудничество (Европейски оперативен екип Коста дел Сол)</x:t>
   </x:si>
   <x:si>
+    <x:t>Приключен (към датата на приключване)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BG65ISPR001-3.001-0008</x:t>
   </x:si>
   <x:si>
     <x:t>Подобряване на трансграничното сътрудничество в борбата с организираната престъпност</x:t>
   </x:si>
   <x:si>
-    <x:t>Други държавни администрации</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>България,Територията на ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване на международното сътрудничество между държавите (ЕOЕ - Коста дел Сол)</x:t>
   </x:si>
   <x:si>
     <x:t>129010125 Главна дирекция "Гранична полиция" - МВР</x:t>
   </x:si>
   <x:si>
     <x:t>АМС / министерство</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1202, бул. "Княгиня Мария Луиза" № 46</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.001-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Поддръжка на системи и оборудване за откриване на ядрени и радиологични материали</x:t>
   </x:si>
   <x:si>
     <x:t>129010125 Главна Дирекция "Гранична полиция" - МВР</x:t>
   </x:si>
   <x:si>
+    <x:t>Територията на ЕС,България</x:t>
+  </x:si>
+  <x:si>
     <x:t>BG65ISPR001-3.006-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на мобилността на ГДГП за противодействие на трансграничните престъпления</x:t>
   </x:si>
   <x:si>
     <x:t>129011017 Главна дирекция "Жандармерия, специални операции и борба с тероризма" - МВР</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1186, ул. "Патриарх Герман" № 202</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.002-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Надграждане материалната база и повишаване подготовката на служителите от ДСОБТ - ГДЖСОБТ</x:t>
   </x:si>
   <x:si>
     <x:t>129010641 Главна дирекция "Национална полиция"</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Испания,Полша,Румъния,Чешка Република</x:t>
+    <x:t>Испания,Полша,Румъния,Чешка Република,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване капацитета на полицията при превенция и борба срещу престъпления с наркотици</x:t>
   </x:si>
   <x:si>
     <x:t>Австрия,България,Испания,Румъния</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Дигитализация на експертно-криминалистическата дейност и на полицейската регистрация</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1715, София, бул. "Александър Малинов" №1</x:t>
   </x:si>
   <x:si>
-    <x:t>гр.Бургас,гр.Варна,гр.Велико Търново,гр.Пазарджик,гр.Плевен,гр.Пловдив,гр.София,гр.Стара Загора,гр.Хасково</x:t>
+    <x:t>гр.Стара Загора,гр.Пловдив,гр.Плевен,гр.София,гр.Бургас,гр.Пазарджик,гр.Варна,гр.Велико Търново,гр.Хасково</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.007-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване капацитета на полицията при извършване огледи на местопроизшествия</x:t>
   </x:si>
   <x:si>
     <x:t>Сключен</x:t>
   </x:si>
   <x:si>
+    <x:t>129010125 Главна Дирекция Гранична Полиция</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BG65ISPR001-2.004-0002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Участие на служители на ГДГП за подобряване на трансграничното сътрудничество и в обучения</x:t>
+  </x:si>
+  <x:si>
     <x:t>000695235 Дирекция "Вътрешна сигурност"-Министерство на вътрешните работи</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, "Шести септември" № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.002-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Подобряване на антикорупционното сътрудничество със страните от Западни Балкани</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, Шести септември № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.002-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Интелигентна система за събиране, систематизиране, анализ и визуализиране на данни</x:t>
   </x:si>
   <x:si>
     <x:t>129010698 Дирекция "Комуникационни и информационни системи"- МВР</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. „6-ти септември“ № 29</x:t>
@@ -340,51 +374,51 @@
   <x:si>
     <x:t>BG65ISPR001-3.002-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Заплащане на годишни такси за поддръжка на ССС за анализ на ФРИ</x:t>
   </x:si>
   <x:si>
     <x:t>129010090 Държавна агенция „Технически операции“</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. "6-ти септември" № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на оперативния капацитет и специфичните умения  на служителите от ДАТО</x:t>
   </x:si>
   <x:si>
     <x:t>130453541 ДЪРЖАВНА АГЕНЦИЯ ЗА ЗАКРИЛА НА ДЕТЕТО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1051, ул. ТРИАДИЦА, номер 2</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Гърция,Румъния</x:t>
+    <x:t>Румъния,Гърция,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Координиране на услугите за жертви на трафик в Южните и Източните Балкани</x:t>
   </x:si>
   <x:si>
     <x:t>121893100 ЕВРОПЕЙСКИ ИНСТИТУТ Фондация</x:t>
   </x:si>
   <x:si>
     <x:t>Нестопанска организация</x:t>
   </x:si>
   <x:si>
     <x:t>Фондация в обществена полза</x:t>
   </x:si>
   <x:si>
     <x:t>Частно правна</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. Г.С. РАКОВСКИ, номер 101</x:t>
   </x:si>
   <x:si>
     <x:t>България,Германия,Територията на ЕС</x:t>
   </x:si>
@@ -418,78 +452,78 @@
   <x:si>
     <x:t>България, гр.София, 1715, бул. "Александър Малинов" № 1, НИК-МВР</x:t>
   </x:si>
   <x:si>
     <x:t>гр.Бургас,гр.София</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.007-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване качеството и ефективността на ДНК изследванията в областта на криминалистиката</x:t>
   </x:si>
   <x:si>
     <x:t>131181915 МИСИЯ НА МЕЖДУНАРОДНА ОРГАНИЗАЦИЯ ПО МИГРАЦИЯ В БЪЛГАРИЯ</x:t>
   </x:si>
   <x:si>
     <x:t>Друга</x:t>
   </x:si>
   <x:si>
     <x:t>Друго юридическо лице</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1463, ул. ЦАР АСЕН, номер 77, ет. 3</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Македония,Сърбия,Територията на ЕС,Турция</x:t>
+    <x:t>Сърбия,Територията на ЕС,Македония,Турция,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на осведомеността за рискове от трафик на хора и подкрепа за жертви на трафик</x:t>
   </x:si>
   <x:si>
     <x:t>129009938 Столична дирекция на вътрешните работи (СДВР)</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1303, ул. "Антим I" 5</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.001-0007</x:t>
   </x:si>
   <x:si>
     <x:t>"Усъвършенстване на подготовката на служителите на СДВР с полицейски правомощия"</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите в съответните райони е на база последна актуализация на договора за БФП</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за размера на реално изплатените суми по проекта не е обвързана със съответен район, а е за целия проект. Същата е видима при достъп до всеки отделен проект, а за всички проекти от извадката, при експорт на данните.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -892,51 +926,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:O54"/>
+  <x:dimension ref="A1:O57"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="2" width="42.853482" style="0" customWidth="1"/>
     <x:col min="3" max="5" width="21.424911" style="0" customWidth="1"/>
     <x:col min="6" max="9" width="42.853482" style="0" customWidth="1"/>
     <x:col min="10" max="11" width="21.424911" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.567768" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="21.424911" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="28.567768" style="0" customWidth="1"/>
     <x:col min="15" max="15" width="49.996339" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:15" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="2" spans="1:15">
       <x:c r="A2" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B2" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C2" s="1" t="s">
         <x:v>0</x:v>
@@ -1138,1418 +1172,1559 @@
       <x:c r="B22" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J22" s="4" t="n">
-        <x:v>12347106.26</x:v>
+        <x:v>6312975.16</x:v>
       </x:c>
       <x:c r="K22" s="4" t="n">
-        <x:v>12347106.26</x:v>
+        <x:v>6312975.16</x:v>
       </x:c>
       <x:c r="L22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M22" s="4" t="n">
-        <x:v>1024291.2</x:v>
+        <x:v>523711.78</x:v>
       </x:c>
       <x:c r="N22" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="O22" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F23" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H23" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I23" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
-        <x:v>78232</x:v>
+        <x:v>828607.75</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
-        <x:v>78232</x:v>
+        <x:v>828607.75</x:v>
       </x:c>
       <x:c r="L23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M23" s="4" t="n">
-        <x:v>75041.88</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N23" s="5" t="n">
-        <x:v>12</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H24" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="I24" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
-      <x:c r="I24" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J24" s="4" t="n">
-        <x:v>7432040</x:v>
+        <x:v>1307279.94</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
-        <x:v>7432040</x:v>
+        <x:v>1307279.94</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
-        <x:v>2081687.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N24" s="5" t="n">
-        <x:v>76</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O24" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
-        <x:v>39116</x:v>
+        <x:v>38368.3</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
-        <x:v>39116</x:v>
+        <x:v>38368.3</x:v>
       </x:c>
       <x:c r="L25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M25" s="4" t="n">
-        <x:v>39115.6</x:v>
+        <x:v>38368.3</x:v>
       </x:c>
       <x:c r="N25" s="5" t="n">
-        <x:v>4</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="O25" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="G26" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H26" s="3" t="s">
+      <x:c r="I26" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="I26" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J26" s="4" t="n">
-        <x:v>1122140</x:v>
+        <x:v>3799941.76</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
-        <x:v>1122140</x:v>
+        <x:v>3799941.76</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
-        <x:v>985002.9</x:v>
+        <x:v>1787888.62</x:v>
       </x:c>
       <x:c r="N26" s="5" t="n">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O26" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I27" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J27" s="4" t="n">
-        <x:v>1290828</x:v>
+        <x:v>19999.49</x:v>
       </x:c>
       <x:c r="K27" s="4" t="n">
-        <x:v>1290828</x:v>
+        <x:v>19999.49</x:v>
       </x:c>
       <x:c r="L27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M27" s="4" t="n">
-        <x:v>14907.77</x:v>
+        <x:v>19999.49</x:v>
       </x:c>
       <x:c r="N27" s="5" t="n">
-        <x:v>30</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="O27" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:15">
       <x:c r="A28" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C28" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D28" s="3" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
-        <x:v>7131433</x:v>
+        <x:v>573741.09</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
-        <x:v>7131433</x:v>
+        <x:v>573741.09</x:v>
       </x:c>
       <x:c r="L28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M28" s="4" t="n">
-        <x:v>356274.97</x:v>
+        <x:v>516366.96</x:v>
       </x:c>
       <x:c r="N28" s="5" t="n">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="O28" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
-        <x:v>1199080.15</x:v>
+        <x:v>659989.88</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
-        <x:v>1199080.15</x:v>
+        <x:v>659989.88</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
-        <x:v>13574.04</x:v>
+        <x:v>7622.21</x:v>
       </x:c>
       <x:c r="N29" s="5" t="n">
-        <x:v>36</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="O29" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I30" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
-        <x:v>4118075.76</x:v>
+        <x:v>3646243.77</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
-        <x:v>4118075.76</x:v>
+        <x:v>3646243.77</x:v>
       </x:c>
       <x:c r="L30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M30" s="4" t="n">
-        <x:v>515031.64</x:v>
+        <x:v>349522.17</x:v>
       </x:c>
       <x:c r="N30" s="5" t="n">
-        <x:v>36</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="O30" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
-        <x:v>1352829.9</x:v>
+        <x:v>613079.93</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
-        <x:v>1352829.9</x:v>
+        <x:v>613079.93</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
-        <x:v>5507.1</x:v>
+        <x:v>79031.66</x:v>
       </x:c>
       <x:c r="N31" s="5" t="n">
-        <x:v>16</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O31" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G32" s="3" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H32" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="G32" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H32" s="3" t="s">
+      <x:c r="I32" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="I32" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J32" s="4" t="n">
-        <x:v>725841.25</x:v>
+        <x:v>2105538.7</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
-        <x:v>725841.25</x:v>
+        <x:v>2105538.7</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
-        <x:v>48010.12</x:v>
+        <x:v>263331.5</x:v>
       </x:c>
       <x:c r="N32" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O32" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F33" s="3" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="G33" s="3" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
       <x:c r="H33" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I33" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
-        <x:v>924087.74</x:v>
+        <x:v>691690.94</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
-        <x:v>924087.74</x:v>
+        <x:v>691690.94</x:v>
       </x:c>
       <x:c r="L33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M33" s="4" t="n">
-        <x:v>151245.7</x:v>
+        <x:v>6299.54</x:v>
       </x:c>
       <x:c r="N33" s="5" t="n">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="O33" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H34" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I34" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
-        <x:v>4319456</x:v>
+        <x:v>383144.25</x:v>
       </x:c>
       <x:c r="K34" s="4" t="n">
-        <x:v>4319456</x:v>
+        <x:v>383144.25</x:v>
       </x:c>
       <x:c r="L34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M34" s="4" t="n">
-        <x:v>602931.47</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N34" s="5" t="n">
-        <x:v>76</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="O34" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H35" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I35" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
-        <x:v>4472147.94</x:v>
+        <x:v>371116.76</x:v>
       </x:c>
       <x:c r="K35" s="4" t="n">
-        <x:v>4472147.94</x:v>
+        <x:v>371116.76</x:v>
       </x:c>
       <x:c r="L35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M35" s="4" t="n">
-        <x:v>561867.8</x:v>
+        <x:v>35344.02</x:v>
       </x:c>
       <x:c r="N35" s="5" t="n">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O35" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I36" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
-        <x:v>477701.87</x:v>
+        <x:v>472478.56</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
-        <x:v>477701.87</x:v>
+        <x:v>472478.56</x:v>
       </x:c>
       <x:c r="L36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M36" s="4" t="n">
-        <x:v>3137.98</x:v>
+        <x:v>81131.54</x:v>
       </x:c>
       <x:c r="N36" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O36" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
-        <x:v>711910.26</x:v>
+        <x:v>2208502.79</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
-        <x:v>711910.26</x:v>
+        <x:v>2208502.79</x:v>
       </x:c>
       <x:c r="L37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M37" s="4" t="n">
-        <x:v>1410.92</x:v>
+        <x:v>310983.95</x:v>
       </x:c>
       <x:c r="N37" s="5" t="n">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O37" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F38" s="3" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="G38" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H38" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="G38" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H38" s="3" t="s">
+      <x:c r="I38" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="I38" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2286572.92</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2286572.92</x:v>
       </x:c>
       <x:c r="L38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M38" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>287278.44</x:v>
       </x:c>
       <x:c r="N38" s="5" t="n">
-        <x:v>75</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="O38" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F39" s="3" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G39" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H39" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="G39" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H39" s="3" t="s">
+      <x:c r="I39" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="I39" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J39" s="4" t="n">
-        <x:v>739292</x:v>
+        <x:v>244245.07</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
-        <x:v>739292</x:v>
+        <x:v>244245.07</x:v>
       </x:c>
       <x:c r="L39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M39" s="4" t="n">
-        <x:v>149773.27</x:v>
+        <x:v>2195.96</x:v>
       </x:c>
       <x:c r="N39" s="5" t="n">
-        <x:v>75</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="O39" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H40" s="3" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="I40" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="G40" s="3" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J40" s="4" t="n">
-        <x:v>1018744.25</x:v>
+        <x:v>363993.92</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
-        <x:v>1018744.25</x:v>
+        <x:v>363993.92</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
-        <x:v>127537.07</x:v>
+        <x:v>1693.22</x:v>
       </x:c>
       <x:c r="N40" s="5" t="n">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="O40" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F41" s="3" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="G41" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H41" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="G41" s="3" t="s">
+      <x:c r="I41" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="H41" s="3" t="s">
+      <x:c r="J41" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K41" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L41" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M41" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N41" s="5" t="n">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="O41" s="3" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D42" s="3" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="E42" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F42" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H42" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="C42" s="3" t="s">
+      <x:c r="I42" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="D42" s="3" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="J42" s="4" t="n">
-        <x:v>731855.33</x:v>
+        <x:v>377994</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
-        <x:v>731855.33</x:v>
+        <x:v>377994</x:v>
       </x:c>
       <x:c r="L42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M42" s="4" t="n">
-        <x:v>425601.52</x:v>
+        <x:v>130296.47</x:v>
       </x:c>
       <x:c r="N42" s="5" t="n">
-        <x:v>24</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="O42" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F43" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H43" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I43" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
-        <x:v>5575516</x:v>
+        <x:v>520875.62</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
-        <x:v>5575516</x:v>
+        <x:v>520875.62</x:v>
       </x:c>
       <x:c r="L43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M43" s="4" t="n">
-        <x:v>2640643.37</x:v>
+        <x:v>83494.19</x:v>
       </x:c>
       <x:c r="N43" s="5" t="n">
-        <x:v>76</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="O43" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
-        <x:v>5766769</x:v>
+        <x:v>89791.88</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
-        <x:v>5766769</x:v>
+        <x:v>89791.88</x:v>
       </x:c>
       <x:c r="L44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M44" s="4" t="n">
-        <x:v>4144093.75</x:v>
+        <x:v>89791.88</x:v>
       </x:c>
       <x:c r="N44" s="5" t="n">
-        <x:v>76</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O44" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F45" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H45" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I45" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
-        <x:v>2798145</x:v>
+        <x:v>374191.67</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
-        <x:v>2798145</x:v>
+        <x:v>374191.67</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M45" s="4" t="n">
-        <x:v>1146687.5</x:v>
+        <x:v>217606.6</x:v>
       </x:c>
       <x:c r="N45" s="5" t="n">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="O45" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F46" s="3" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="G46" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H46" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="I46" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="G46" s="3" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J46" s="4" t="n">
-        <x:v>2087277.25</x:v>
+        <x:v>2850716.07</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
-        <x:v>2087277.25</x:v>
+        <x:v>2850716.07</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
-        <x:v>242621.23</x:v>
+        <x:v>1656159.1</x:v>
       </x:c>
       <x:c r="N46" s="5" t="n">
-        <x:v>60</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="O46" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F47" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H47" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I47" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
-        <x:v>308079.52</x:v>
+        <x:v>2948502.12</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
-        <x:v>308079.52</x:v>
+        <x:v>2948502.12</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
-        <x:v>2430.2</x:v>
+        <x:v>2135252.58</x:v>
       </x:c>
       <x:c r="N47" s="5" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="O47" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:15" customFormat="1" ht="15" customHeight="1"/>
+    <x:row r="48" spans="1:15">
+      <x:c r="A48" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B48" s="3" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C48" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D48" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="E48" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F48" s="3" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="G48" s="3" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H48" s="3" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="I48" s="3" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J48" s="4" t="n">
+        <x:v>1430668.82</x:v>
+      </x:c>
+      <x:c r="K48" s="4" t="n">
+        <x:v>1430668.82</x:v>
+      </x:c>
+      <x:c r="L48" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M48" s="4" t="n">
+        <x:v>587796.32</x:v>
+      </x:c>
+      <x:c r="N48" s="5" t="n">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="O48" s="3" t="s">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
     <x:row r="49" spans="1:15">
-      <x:c r="A49" s="0" t="s">
+      <x:c r="A49" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B49" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="B49" s="0" t="s">
-[...24 lines deleted...]
-        <x:v>143</x:v>
+      <x:c r="C49" s="3" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D49" s="3" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="E49" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F49" s="3" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="G49" s="3" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H49" s="3" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="I49" s="3" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="J49" s="4" t="n">
+        <x:v>1067207.86</x:v>
+      </x:c>
+      <x:c r="K49" s="4" t="n">
+        <x:v>1067207.86</x:v>
+      </x:c>
+      <x:c r="L49" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M49" s="4" t="n">
+        <x:v>158195.03</x:v>
+      </x:c>
+      <x:c r="N49" s="5" t="n">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="O49" s="3" t="s">
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
-      <x:c r="A50" s="0" t="s">
-[...61 lines deleted...]
-    </x:row>
+      <x:c r="A50" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B50" s="3" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C50" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="D50" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="E50" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="F50" s="3" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="G50" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="H50" s="3" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="I50" s="3" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="J50" s="4" t="n">
+        <x:v>157518.55</x:v>
+      </x:c>
+      <x:c r="K50" s="4" t="n">
+        <x:v>157518.55</x:v>
+      </x:c>
+      <x:c r="L50" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M50" s="4" t="n">
+        <x:v>1242.55</x:v>
+      </x:c>
+      <x:c r="N50" s="5" t="n">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="O50" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:15" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="G52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J52" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="F53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="I53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:15">
+      <x:c r="A54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="E54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="G54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="H54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="I54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="J54" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:15">
+      <x:c r="A55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="E55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="F55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="G55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="I55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="J55" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:15">
+      <x:c r="A56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="B56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="E56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="G56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="I56" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="J56" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="12">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
     <x:mergeCell ref="A18:J18"/>
     <x:mergeCell ref="A19:J19"/>
     <x:mergeCell ref="A20:J20"/>
-    <x:mergeCell ref="A48:J48"/>
-[...1 lines deleted...]
-    <x:mergeCell ref="A50:J50"/>
     <x:mergeCell ref="A51:J51"/>
     <x:mergeCell ref="A52:J52"/>
     <x:mergeCell ref="A53:J53"/>
+    <x:mergeCell ref="A54:J54"/>
+    <x:mergeCell ref="A55:J55"/>
+    <x:mergeCell ref="A56:J56"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>