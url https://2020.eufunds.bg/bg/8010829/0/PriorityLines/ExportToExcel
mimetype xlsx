--- v0 (2025-12-09)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe130545dc6a4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/96f86f254fd740b4bac77161b0a50835.psmdcp" Id="Rdacda23646714b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ec7446379949ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a017566c5b04d85b06ec2abbde377e7.psmdcp" Id="R965de96904614b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="priorityAxes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <x:si>
     <x:t>Финансово изпълнение по приоритетни оси</x:t>
   </x:si>
   <x:si>
     <x:t>Приоритетна ос</x:t>
   </x:si>
   <x:si>
@@ -61,51 +61,51 @@
   <x:si>
     <x:t>% на изпълнение</x:t>
   </x:si>
   <x:si>
     <x:t>Обмен на информация</x:t>
   </x:si>
   <x:si>
     <x:t>Трансгранично сътрудничество</x:t>
   </x:si>
   <x:si>
     <x:t>Предотвратяване и борба с престъпността</x:t>
   </x:si>
   <x:si>
     <x:t>Техническа помощ</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент от таблицата със стрелка отляво позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -745,177 +745,177 @@
       </x:c>
       <x:c r="H5" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J5" s="7" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K5" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L5" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="9" t="n">
-        <x:v>35753840.37</x:v>
+        <x:v>18280648.3</x:v>
       </x:c>
       <x:c r="C6" s="9" t="n">
-        <x:v>26815380.27</x:v>
+        <x:v>13710486.22</x:v>
       </x:c>
       <x:c r="D6" s="9" t="n">
-        <x:v>8938460.1</x:v>
+        <x:v>4570162.08</x:v>
       </x:c>
       <x:c r="E6" s="9" t="n">
-        <x:v>21355535.64</x:v>
+        <x:v>10918911.92</x:v>
       </x:c>
       <x:c r="F6" s="9" t="n">
-        <x:v>16016651.78</x:v>
+        <x:v>8189183.97</x:v>
       </x:c>
       <x:c r="G6" s="9" t="n">
-        <x:v>5338883.86</x:v>
+        <x:v>2729727.95</x:v>
       </x:c>
       <x:c r="H6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I6" s="9" t="n">
         <x:v>59.73</x:v>
       </x:c>
       <x:c r="J6" s="9" t="n">
-        <x:v>7023199.48</x:v>
+        <x:v>3614798.62</x:v>
       </x:c>
       <x:c r="K6" s="9" t="n">
-        <x:v>5267399.59</x:v>
+        <x:v>2711098.94</x:v>
       </x:c>
       <x:c r="L6" s="9" t="n">
-        <x:v>1755799.89</x:v>
+        <x:v>903699.68</x:v>
       </x:c>
       <x:c r="M6" s="9" t="n">
-        <x:v>19.64</x:v>
+        <x:v>19.77</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B7" s="9" t="n">
-        <x:v>12567714.79</x:v>
+        <x:v>6425770.54</x:v>
       </x:c>
       <x:c r="C7" s="9" t="n">
-        <x:v>9443388.28</x:v>
+        <x:v>4828327.76</x:v>
       </x:c>
       <x:c r="D7" s="9" t="n">
-        <x:v>3124326.51</x:v>
+        <x:v>1597442.78</x:v>
       </x:c>
       <x:c r="E7" s="9" t="n">
-        <x:v>10085284.46</x:v>
+        <x:v>6366644.84</x:v>
       </x:c>
       <x:c r="F7" s="9" t="n">
-        <x:v>7768223.08</x:v>
+        <x:v>4884511.21</x:v>
       </x:c>
       <x:c r="G7" s="9" t="n">
-        <x:v>2317061.38</x:v>
+        <x:v>1482133.63</x:v>
       </x:c>
       <x:c r="H7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I7" s="9" t="n">
-        <x:v>80.25</x:v>
+        <x:v>99.08</x:v>
       </x:c>
       <x:c r="J7" s="9" t="n">
-        <x:v>2312139.44</x:v>
+        <x:v>1916513.41</x:v>
       </x:c>
       <x:c r="K7" s="9" t="n">
-        <x:v>1760246.92</x:v>
+        <x:v>1450930.65</x:v>
       </x:c>
       <x:c r="L7" s="9" t="n">
-        <x:v>551892.52</x:v>
+        <x:v>465582.76</x:v>
       </x:c>
       <x:c r="M7" s="9" t="n">
-        <x:v>18.4</x:v>
+        <x:v>29.83</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="9" t="n">
-        <x:v>61390214.08</x:v>
+        <x:v>31388318.04</x:v>
       </x:c>
       <x:c r="C8" s="9" t="n">
-        <x:v>46069116.58</x:v>
+        <x:v>23554765.28</x:v>
       </x:c>
       <x:c r="D8" s="9" t="n">
-        <x:v>15321097.5</x:v>
+        <x:v>7833552.76</x:v>
       </x:c>
       <x:c r="E8" s="9" t="n">
-        <x:v>35502502.03</x:v>
+        <x:v>19459420.81</x:v>
       </x:c>
       <x:c r="F8" s="9" t="n">
-        <x:v>26626876.56</x:v>
+        <x:v>14594565.67</x:v>
       </x:c>
       <x:c r="G8" s="9" t="n">
-        <x:v>8875625.47</x:v>
+        <x:v>4864855.14</x:v>
       </x:c>
       <x:c r="H8" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I8" s="9" t="n">
-        <x:v>57.83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J8" s="9" t="n">
-        <x:v>6328779.08</x:v>
+        <x:v>3839292.05</x:v>
       </x:c>
       <x:c r="K8" s="9" t="n">
-        <x:v>4746584.3</x:v>
+        <x:v>2879469.02</x:v>
       </x:c>
       <x:c r="L8" s="9" t="n">
-        <x:v>1582194.78</x:v>
+        <x:v>959823.03</x:v>
       </x:c>
       <x:c r="M8" s="9" t="n">
-        <x:v>10.31</x:v>
+        <x:v>12.23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="9" t="n">
-        <x:v>4939673.1</x:v>
+        <x:v>2525614.75</x:v>
       </x:c>
       <x:c r="C9" s="9" t="n">
-        <x:v>4939673.1</x:v>
+        <x:v>2525614.75</x:v>
       </x:c>
       <x:c r="D9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>