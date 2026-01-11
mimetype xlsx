--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4048c0216a64ccc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03ad610e436141139a26f5c9b923f666.psmdcp" Id="R46c8e7775b1b4df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48cfd883f6f849a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fe31f07fbe3345ff90ab1d8f7ce3bc6d.psmdcp" Id="R9e8eada6075c4695" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="priorityAxes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <x:si>
     <x:t>Финансово изпълнение по приоритетни оси</x:t>
   </x:si>
   <x:si>
     <x:t>Приоритетна ос</x:t>
   </x:si>
   <x:si>
@@ -52,51 +52,51 @@
   <x:si>
     <x:t>Финансиране от ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>Финансиране от НФ</x:t>
   </x:si>
   <x:si>
     <x:t>Собствено финансиране</x:t>
   </x:si>
   <x:si>
     <x:t>% на изпълнение</x:t>
   </x:si>
   <x:si>
     <x:t>Резерв за приспособяване във връзка с последиците от Брекзит</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент от таблицата със стрелка отляво позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -736,78 +736,78 @@
       </x:c>
       <x:c r="H5" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J5" s="7" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K5" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L5" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="9" t="n">
-        <x:v>18331728.6</x:v>
+        <x:v>9372864</x:v>
       </x:c>
       <x:c r="C6" s="9" t="n">
-        <x:v>18331728.6</x:v>
+        <x:v>9372864</x:v>
       </x:c>
       <x:c r="D6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E6" s="9" t="n">
-        <x:v>18196428.6</x:v>
+        <x:v>9303686.2</x:v>
       </x:c>
       <x:c r="F6" s="9" t="n">
-        <x:v>18196428.6</x:v>
+        <x:v>9303686.2</x:v>
       </x:c>
       <x:c r="G6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I6" s="9" t="n">
         <x:v>99.26</x:v>
       </x:c>
       <x:c r="J6" s="9" t="n">
-        <x:v>18196428.6</x:v>
+        <x:v>9303686.21</x:v>
       </x:c>
       <x:c r="K6" s="9" t="n">
-        <x:v>18196428.6</x:v>
+        <x:v>9303686.21</x:v>
       </x:c>
       <x:c r="L6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M6" s="9" t="n">
         <x:v>99.26</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>11</x:v>
       </x:c>