--- v0 (2025-11-13)
+++ v1 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19320166853f4f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/541824f273b349e1b3988a5335d59b95.psmdcp" Id="R3d39cacb12c44e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89b2178aa6942de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/31339e7fc0ee4bf2b5b2782a34b20261.psmdcp" Id="R0ed200d90b544d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="priorityAxes" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <x:si>
     <x:t>Финансово изпълнение по приоритетни оси</x:t>
   </x:si>
   <x:si>
     <x:t>Приоритетна ос</x:t>
   </x:si>
   <x:si>
@@ -70,51 +70,51 @@
   <x:si>
     <x:t>Образователна среда за активно социално приобщаване</x:t>
   </x:si>
   <x:si>
     <x:t>Техническа помощ</x:t>
   </x:si>
   <x:si>
     <x:t>Равен достъп до училищно образование в условията на кризи</x:t>
   </x:si>
   <x:si>
     <x:t>Подкрепа за МСП чрез инструмента SAFE</x:t>
   </x:si>
   <x:si>
     <x:t>Подкрепа за МСП чрез инструмента SAFE (REACT-EU)</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент от таблицата със стрелка отляво позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -754,309 +754,309 @@
       </x:c>
       <x:c r="H5" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="I5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="J5" s="7" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K5" s="7" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L5" s="7" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M5" s="7" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:13">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="9" t="n">
-        <x:v>430257776.04</x:v>
+        <x:v>219987307.71</x:v>
       </x:c>
       <x:c r="C6" s="9" t="n">
-        <x:v>365719108.56</x:v>
+        <x:v>186989211</x:v>
       </x:c>
       <x:c r="D6" s="9" t="n">
-        <x:v>64538667.48</x:v>
+        <x:v>32998096.71</x:v>
       </x:c>
       <x:c r="E6" s="9" t="n">
-        <x:v>423930455.37</x:v>
+        <x:v>216706729.21</x:v>
       </x:c>
       <x:c r="F6" s="9" t="n">
-        <x:v>360340884.6</x:v>
+        <x:v>184200718.5</x:v>
       </x:c>
       <x:c r="G6" s="9" t="n">
-        <x:v>63589570.77</x:v>
+        <x:v>32506010.71</x:v>
       </x:c>
       <x:c r="H6" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I6" s="9" t="n">
-        <x:v>98.53</x:v>
+        <x:v>98.51</x:v>
       </x:c>
       <x:c r="J6" s="9" t="n">
-        <x:v>394082661.71</x:v>
+        <x:v>201393187.51</x:v>
       </x:c>
       <x:c r="K6" s="9" t="n">
-        <x:v>335510295.35</x:v>
+        <x:v>171460323.89</x:v>
       </x:c>
       <x:c r="L6" s="9" t="n">
-        <x:v>58572366.36</x:v>
+        <x:v>29932863.62</x:v>
       </x:c>
       <x:c r="M6" s="9" t="n">
-        <x:v>91.59</x:v>
+        <x:v>91.55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:13">
       <x:c r="A7" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B7" s="9" t="n">
-        <x:v>532229204.14</x:v>
+        <x:v>272124471</x:v>
       </x:c>
       <x:c r="C7" s="9" t="n">
-        <x:v>452394822.84</x:v>
+        <x:v>231305800.01</x:v>
       </x:c>
       <x:c r="D7" s="9" t="n">
-        <x:v>79834381.3</x:v>
+        <x:v>40818670.99</x:v>
       </x:c>
       <x:c r="E7" s="9" t="n">
-        <x:v>552520817.85</x:v>
+        <x:v>282452780.85</x:v>
       </x:c>
       <x:c r="F7" s="9" t="n">
-        <x:v>469642491.21</x:v>
+        <x:v>240084759.42</x:v>
       </x:c>
       <x:c r="G7" s="9" t="n">
-        <x:v>82878326.64</x:v>
+        <x:v>42368021.43</x:v>
       </x:c>
       <x:c r="H7" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I7" s="9" t="n">
-        <x:v>103.81</x:v>
+        <x:v>103.8</x:v>
       </x:c>
       <x:c r="J7" s="9" t="n">
-        <x:v>529514834.62</x:v>
+        <x:v>269863710.96</x:v>
       </x:c>
       <x:c r="K7" s="9" t="n">
-        <x:v>450556332.2</x:v>
+        <x:v>229623808.4</x:v>
       </x:c>
       <x:c r="L7" s="9" t="n">
-        <x:v>78958502.42</x:v>
+        <x:v>40239902.56</x:v>
       </x:c>
       <x:c r="M7" s="9" t="n">
-        <x:v>99.49</x:v>
+        <x:v>99.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:13">
       <x:c r="A8" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B8" s="9" t="n">
-        <x:v>229239546.54</x:v>
+        <x:v>117208319</x:v>
       </x:c>
       <x:c r="C8" s="9" t="n">
-        <x:v>194853612.31</x:v>
+        <x:v>99627070</x:v>
       </x:c>
       <x:c r="D8" s="9" t="n">
-        <x:v>34385934.23</x:v>
+        <x:v>17581249</x:v>
       </x:c>
       <x:c r="E8" s="9" t="n">
-        <x:v>243062602.73</x:v>
+        <x:v>124275936.02</x:v>
       </x:c>
       <x:c r="F8" s="9" t="n">
-        <x:v>206603209.37</x:v>
+        <x:v>105634543.98</x:v>
       </x:c>
       <x:c r="G8" s="9" t="n">
-        <x:v>36459393.36</x:v>
+        <x:v>18641392.04</x:v>
       </x:c>
       <x:c r="H8" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I8" s="9" t="n">
         <x:v>106.03</x:v>
       </x:c>
       <x:c r="J8" s="9" t="n">
-        <x:v>223771532.43</x:v>
+        <x:v>114321333.54</x:v>
       </x:c>
       <x:c r="K8" s="9" t="n">
-        <x:v>189863240.17</x:v>
+        <x:v>96997984.21</x:v>
       </x:c>
       <x:c r="L8" s="9" t="n">
-        <x:v>33908292.26</x:v>
+        <x:v>17323349.33</x:v>
       </x:c>
       <x:c r="M8" s="9" t="n">
-        <x:v>97.61</x:v>
+        <x:v>97.54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:13">
       <x:c r="A9" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B9" s="9" t="n">
-        <x:v>48710873.21</x:v>
+        <x:v>24905473.99</x:v>
       </x:c>
       <x:c r="C9" s="9" t="n">
-        <x:v>41404240.47</x:v>
+        <x:v>21169651.99</x:v>
       </x:c>
       <x:c r="D9" s="9" t="n">
-        <x:v>7306632.74</x:v>
+        <x:v>3735822</x:v>
       </x:c>
       <x:c r="E9" s="9" t="n">
-        <x:v>61226480.41</x:v>
+        <x:v>31304602.34</x:v>
       </x:c>
       <x:c r="F9" s="9" t="n">
-        <x:v>52042508.19</x:v>
+        <x:v>26608911.91</x:v>
       </x:c>
       <x:c r="G9" s="9" t="n">
-        <x:v>9183972.22</x:v>
+        <x:v>4695690.43</x:v>
       </x:c>
       <x:c r="H9" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I9" s="9" t="n">
         <x:v>125.69</x:v>
       </x:c>
       <x:c r="J9" s="9" t="n">
-        <x:v>46486059.62</x:v>
+        <x:v>23767944.88</x:v>
       </x:c>
       <x:c r="K9" s="9" t="n">
-        <x:v>39476717.44</x:v>
+        <x:v>20184125.09</x:v>
       </x:c>
       <x:c r="L9" s="9" t="n">
-        <x:v>7009342.18</x:v>
+        <x:v>3583819.79</x:v>
       </x:c>
       <x:c r="M9" s="9" t="n">
         <x:v>95.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:13">
       <x:c r="A10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B10" s="9" t="n">
-        <x:v>109562555</x:v>
+        <x:v>56018444.85</x:v>
       </x:c>
       <x:c r="C10" s="9" t="n">
-        <x:v>109562555</x:v>
+        <x:v>56018444.85</x:v>
       </x:c>
       <x:c r="D10" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E10" s="9" t="n">
-        <x:v>95125304.01</x:v>
+        <x:v>48636795.64</x:v>
       </x:c>
       <x:c r="F10" s="9" t="n">
-        <x:v>95125304.01</x:v>
+        <x:v>48636795.64</x:v>
       </x:c>
       <x:c r="G10" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H10" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I10" s="9" t="n">
         <x:v>86.82</x:v>
       </x:c>
       <x:c r="J10" s="9" t="n">
-        <x:v>95102854.82</x:v>
+        <x:v>48597694.22</x:v>
       </x:c>
       <x:c r="K10" s="9" t="n">
-        <x:v>95102854.82</x:v>
+        <x:v>48597694.22</x:v>
       </x:c>
       <x:c r="L10" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M10" s="9" t="n">
-        <x:v>86.8</x:v>
+        <x:v>86.75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:13">
       <x:c r="A11" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E11" s="9" t="n">
-        <x:v>36440106.06</x:v>
+        <x:v>18631530.38</x:v>
       </x:c>
       <x:c r="F11" s="9" t="n">
-        <x:v>36440106.06</x:v>
+        <x:v>18631530.38</x:v>
       </x:c>
       <x:c r="G11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J11" s="9" t="n">
-        <x:v>44358882.45</x:v>
+        <x:v>22680336.46</x:v>
       </x:c>
       <x:c r="K11" s="9" t="n">
-        <x:v>44358882.45</x:v>
+        <x:v>22680336.46</x:v>
       </x:c>
       <x:c r="L11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M11" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:13">
       <x:c r="A12" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E12" s="9" t="n">
-        <x:v>7918776.39</x:v>
+        <x:v>4048806.08</x:v>
       </x:c>
       <x:c r="F12" s="9" t="n">
-        <x:v>7918776.39</x:v>
+        <x:v>4048806.08</x:v>
       </x:c>
       <x:c r="G12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M12" s="9" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:13" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="14" spans="1:13">