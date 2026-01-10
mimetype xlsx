--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7608c22a80714f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/696f44f63ef040ca80c497e67f458782.psmdcp" Id="R465ae8d913c045f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1b8fc2b9a94a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a82d965ac6c746aaa0f237463008ff6e.psmdcp" Id="R2c636c16b9634796" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="751" uniqueCount="751">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="755" uniqueCount="755">
   <x:si>
     <x:t>Приложени филтри</x:t>
   </x:si>
   <x:si>
     <x:t>Програмен период</x:t>
   </x:si>
   <x:si>
     <x:t>Програма</x:t>
   </x:si>
   <x:si>
     <x:t>Приоритет</x:t>
   </x:si>
   <x:si>
     <x:t>Процедура</x:t>
   </x:si>
   <x:si>
     <x:t>Година на стартиране (от)</x:t>
   </x:si>
   <x:si>
     <x:t>Година на стартиране (до)</x:t>
   </x:si>
   <x:si>
     <x:t>Година на приключване (от)</x:t>
   </x:si>
   <x:si>
@@ -245,50 +245,53 @@
   <x:si>
     <x:t>България, гр.София, 1000, бул. ДОНДУКОВ № 3</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-1.009-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Национална EURES мрежа</x:t>
   </x:si>
   <x:si>
     <x:t>В изпълнение (от дата на стартиране)</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0084</x:t>
   </x:si>
   <x:si>
     <x:t>„Ти Си! – Трансфер на идентифицирани социални иновации”</x:t>
   </x:si>
   <x:si>
     <x:t>131236380 Агенция по обществени поръчки</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. "Леге"4</x:t>
   </x:si>
   <x:si>
+    <x:t>Територията на ЕС,България</x:t>
+  </x:si>
+  <x:si>
     <x:t>BG05SFOP001-1.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Подкрепа за прилагането на ефективна политика в областта на обществените поръчки и развитие на административния капацитет на Агенцията по обществени поръчки</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFTA001 Програма "Техническа помощ" 2021-2027</x:t>
   </x:si>
   <x:si>
     <x:t>000695025 Администрация на Министерския съвет (АМС), дирекция "Добро управление", Управляващ орган на Програма "Техническа помощ" 2021-2027 (УО на ПТП)</x:t>
   </x:si>
   <x:si>
     <x:t>АМС / министерство</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1594, бул. „Княз Александър Дондуков“ №1</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.001-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Ефективно и ефикасно управление на Програма „Техническа помощ“</x:t>
   </x:si>
   <x:si>
     <x:t>000695025 АДМИНИСТРАЦИЯ НА МИНИСТЕРСКИЯ СЪВЕТ (ЦЕНТРАЛНО КООРДИНАЦИОННО ЗВЕНО)</x:t>
@@ -317,51 +320,51 @@
   <x:si>
     <x:t>Нестопанска организация</x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение в обществена полза</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Варна, 9000, Цимерман, № 12</x:t>
   </x:si>
   <x:si>
     <x:t>България,Норвегия</x:t>
   </x:si>
   <x:si>
     <x:t>BGCULTURE-2.002-0033</x:t>
   </x:si>
   <x:si>
     <x:t>"Какво мислиш за мен ?" (Приятелство чрез изкуства)</x:t>
   </x:si>
   <x:si>
     <x:t>175809390 Асоциация за социална отговорност и развитие чрез иновации - АСОРИ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. Хан Аспарух 45</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Исландия,Норвегия</x:t>
+    <x:t>Норвегия,България,Исландия</x:t>
   </x:si>
   <x:si>
     <x:t>BGCULTURE-2.001-0117</x:t>
   </x:si>
   <x:si>
     <x:t>"Ritual Gatherings: Традиционни ритуали и интерактивно съвременно изкуство – механизми за изграждане на общности и постигане на устойчиви културни екосистеми”</x:t>
   </x:si>
   <x:si>
     <x:t>В изпълнение (временно спрян)</x:t>
   </x:si>
   <x:si>
     <x:t>121616204 АТЛЕТИК ФИТНЕС ООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1504, бул. „Янко Сакъзов” № 78</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0112</x:t>
   </x:si>
   <x:si>
     <x:t>Насърчаване на транснационалното сътрудничество, чрез обмяна на опит, добри практики и модели за развитие на човешките ресурси и подобряване на организацията и условията на труд в "АТЛЕТИК ФИТНЕС" ООД.</x:t>
   </x:si>
   <x:si>
     <x:t>175426132 БИОШИЛД ООД</x:t>
   </x:si>
@@ -565,60 +568,60 @@
   <x:si>
     <x:t>BG05M9OP001-5.001-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Възнаграждения на служители на Управляващия орган на Оперативна програма "Развитие на човешките ресурси"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1051, ул. Триадица № 2</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-5.001-0004</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-5.001-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Възнаграждения на служители на УО но ОП РЧР</x:t>
   </x:si>
   <x:si>
     <x:t>129010641 Главна дирекция "Национална полиция"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1715, бул. "Александър Малинов" № 1</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Испания,Полша,Румъния,Чешка Република</x:t>
+    <x:t>Испания,Полша,Румъния,Чешка Република,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване капацитета на полицията при превенция и борба срещу престъпления с наркотици</x:t>
   </x:si>
   <x:si>
-    <x:t>Австрия,България,Испания,Румъния</x:t>
+    <x:t>Испания,Румъния,Австрия,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Дигитализация на експертно-криминалистическата дейност и на полицейската регистрация</x:t>
   </x:si>
   <x:si>
     <x:t>129010641 Главна дирекция "Национална полиция" - Министерство на вътрешните работи</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1715, бул. Александър Малинов №1</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-5.013-0003</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Укрепване капацитета на Полицията за противодействие на нелегалния трафик на отпадъци
 </x:t>
   </x:si>
   <x:si>
     <x:t>200289553 ГЛОБАЛ АДВАЙЗЪРС АД</x:t>
   </x:si>
   <x:si>
     <x:t>Акционерно дружество АД</x:t>
@@ -716,150 +719,153 @@
   <x:si>
     <x:t>Подпомагане ефективното изпълнение на дейността на дирекция АФКОС в работата ѝ по Европейските структурни и инвестиционни фондове</x:t>
   </x:si>
   <x:si>
     <x:t>000695235 Дирекция „Защита на финансовите интереси на Европейския съюз“ (АФКОС) на Министерството на вътрешните работи (МВР) – Дирекция АФКОС</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. "ШЕСТИ СЕПТЕМВРИ" № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-4.002-0010</x:t>
   </x:si>
   <x:si>
     <x:t>"Обезпечаване и подпомагане дейността на дирекция АФКОС при работата ѝ по ЕСИФ"</x:t>
   </x:si>
   <x:si>
     <x:t>126004416 Драматично- куклен театър "Иван Димов"</x:t>
   </x:si>
   <x:si>
     <x:t>Общинска администрация</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Хасково, 6300, ул. „Отец Паисий“ 40</x:t>
   </x:si>
   <x:si>
+    <x:t>Исландия,България</x:t>
+  </x:si>
+  <x:si>
     <x:t>BGCULTURE-2.001-0115</x:t>
   </x:si>
   <x:si>
     <x:t>СЦЕНА НА КРАЯ НА ГРАДА</x:t>
   </x:si>
   <x:si>
     <x:t>129009710 Държавна агенция "Национална сигурност"</x:t>
   </x:si>
   <x:si>
     <x:t>Държавна агенция / държавна комисия</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1407, бул. "Черни връх" № 45</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-6.007-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Организиране на Център за мониторинг и реакция на киберинциденти в ДАНС.</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1407, бул. "Черни връх" No 45</x:t>
   </x:si>
   <x:si>
-    <x:t>Белгия,България,Германия,Латвия,Нидерландия</x:t>
+    <x:t>Нидерландия,България,Германия,Латвия,Белгия</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-5.014-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Развиване на българското звено за данни за пътниците (BGPIU)</x:t>
   </x:si>
   <x:si>
     <x:t>129010090 Държавна агенция „Технически операции“</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. "6-ти септември" № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-5.015-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Изграждане на система за обработка на криптирана информация,свързана с използването на СРС</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на оперативния капацитет и специфичните умения  на служителите от ДАТО</x:t>
   </x:si>
   <x:si>
     <x:t>BGHOMEAFFAIRS Вътрешни работи</x:t>
   </x:si>
   <x:si>
     <x:t>831601932 Държавна агенция за бежанците при Министерския съвет на Република България</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1233, бул. "Княгиня Мария Луиза" № 114Б</x:t>
   </x:si>
   <x:si>
     <x:t>BGHOMEAFFAIRS-1.002-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на административния капацитет на компетентните органи в областта на убежището и миграцията</x:t>
   </x:si>
   <x:si>
     <x:t>130453541 ДЪРЖАВНА АГЕНЦИЯ ЗА ЗАКРИЛА НА ДЕТЕТО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1051, ул. ТРИАДИЦА, номер 2</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Гърция,Румъния</x:t>
+    <x:t>България,Румъния,Гърция</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Координиране на услугите за жертви на трафик в Южните и Източните Балкани</x:t>
   </x:si>
   <x:si>
     <x:t>175114503 ЕВРОКОНСУЛТАНТС БЪЛГАРИЯ С.А. АД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, бул. Витоша 39, офис 22</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0094</x:t>
   </x:si>
   <x:si>
     <x:t>Транснационално партньорство за заетост и растеж чрез пре-инкубиране и импакт инвестиции (PRINCIPAL)</x:t>
   </x:si>
   <x:si>
     <x:t>121893100 ЕВРОПЕЙСКИ ИНСТИТУТ Фондация</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. Г.С. РАКОВСКИ, номер 101</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Германия,Територията на ЕС</x:t>
+    <x:t>Територията на ЕС,България,Германия</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.004-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване на капацитет, обмен на опит и изследователска дейност в сферата на сигурността</x:t>
   </x:si>
   <x:si>
     <x:t>131271470 ЕКОБУЛПАК АД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1680, БОРОВО, ул. ДЕЧКО ЙОРДАНОВ, номер 64</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0022</x:t>
   </x:si>
   <x:si>
     <x:t>Нови подходи и инструменти за развитие на човешките ресурси в групата Екобулпак</x:t>
   </x:si>
   <x:si>
     <x:t>030113826 ЕМА ООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Плевен, 5800, ДОЙРАН, номер 160</x:t>
   </x:si>
@@ -1080,50 +1086,53 @@
   <x:si>
     <x:t>BG16RFTA001-1.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Ефективна координация при изпълнение на политиката на сближаване в България</x:t>
   </x:si>
   <x:si>
     <x:t>000695235 МИНИСТЕРСТВО НА ВЪТРЕШНИТЕ РАБОТИ (дирекция АФКОС)</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.009-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Оптимизиране на държавната политика по отношение на превенцията и откриването на нередности, измами и корупция при проекти, съфинансирани със средства от ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>BGENVIRONMENT Опазване на околната среда и климатични промени</x:t>
   </x:si>
   <x:si>
     <x:t>000697371 Министерство на околната среда и водите</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, Бул. Княгиня Мария Луиза 22</x:t>
   </x:si>
   <x:si>
+    <x:t>Норвегия,България</x:t>
+  </x:si>
+  <x:si>
     <x:t>BGENVIRONMENT-1.001-0001</x:t>
   </x:si>
   <x:si>
     <x:t>„Остойностяване и интегриране на екосистемните услуги“ ОИЕУ</x:t>
   </x:si>
   <x:si>
     <x:t>000695349 МИНИСТЕРСТВО НА ПРАВОСЪДИЕТО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1040, ул. СЛАВЯНСКА № 1</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-3.001-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Развиване на потенциала на човешкия ресурс на съдебната власт, чрез изграждане на ефективен модел за придобиване на юридическа правоспособност</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-3.001-0017</x:t>
   </x:si>
   <x:si>
     <x:t>Усъвършенстване модела на съдебните експертизи</x:t>
   </x:si>
   <x:si>
     <x:t>000695395 МИНИСТЕРСТВО НА ТРУДА И СОЦИАЛНАТА ПОЛИТИКА</x:t>
@@ -1194,51 +1203,51 @@
   <x:si>
     <x:t>BG16RFTA001-1.003-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Разработване на електронен център за държавните помощи и подкрепа на работата на Националния орган по държавните помощи във връзка с управлението на средствата от ЕФСУ</x:t>
   </x:si>
   <x:si>
     <x:t>000695406 Министерство на финансите, дирекция "Държавни помощи и реален сектор"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1040, Ул. "Г.С. Раковски" №102</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-2.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Ефективно прилагане на правилата на ЕС за държавните помощи при предоставяне на услуги от общ икономически интерес (УОИИ)</x:t>
   </x:si>
   <x:si>
     <x:t>131181915 МИСИЯ НА МЕЖДУНАРОДНА ОРГАНИЗАЦИЯ ПО МИГРАЦИЯ В БЪЛГАРИЯ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1463, ул. ЦАР АСЕН, номер 77, ет. 3</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Македония,Сърбия,Територията на ЕС,Турция</x:t>
+    <x:t>България,Сърбия,Македония,Територията на ЕС,Турция</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на осведомеността за рискове от трафик на хора и подкрепа за жертви на трафик</x:t>
   </x:si>
   <x:si>
     <x:t>000695018 НАРОДНО СЪБРАНИЕ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1169, пл. НАРОДНО СЪБРАНИЕ № 2</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-2.013-0001</x:t>
   </x:si>
   <x:si>
     <x:t>„Повишаване на ефективността при въвеждането на директивите и мерките по прилагането на актовете на Европейския съюз в българските закони”</x:t>
   </x:si>
   <x:si>
     <x:t>108036750 НАРОДНО ЧИТАЛИЩЕ "ОБЕДИНЕНИЕ 1913"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Кърджали, 6600, ул. РЕПУБЛИКАНСКА № 47</x:t>
   </x:si>
@@ -1331,51 +1340,51 @@
   <x:si>
     <x:t>BG05M9OP001-4.001-0059</x:t>
   </x:si>
   <x:si>
     <x:t>Социални услуги на едно гише</x:t>
   </x:si>
   <x:si>
     <x:t>000093403 ОБЩИНА БЕЛОСЛАВ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Белослав, 9178, ул. ЦАР СИМЕОН ВЕЛИКИ № 23</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0106</x:t>
   </x:si>
   <x:si>
     <x:t>„Изграждане на институционален капацитет в областта на социалното включване чрез транснационално сътрудничество и обмен на добри практики“</x:t>
   </x:si>
   <x:si>
     <x:t>000530479 ОБЩИНА БОРОВО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Борово, 7174, ул. Н.ВАПЦАРОВ № 1А</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Италия</x:t>
+    <x:t>Италия,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Иновативни подходи за предприемачество и стартиране на самостоятелна заетост в Община Борово</x:t>
   </x:si>
   <x:si>
     <x:t>000903533 община Димитровград</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Димитровград, 6400, бул. Г.С.Раковски № 15</x:t>
   </x:si>
   <x:si>
     <x:t>BGENVIRONMENT-4.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на способността на общините Димитровград, Любимец  и Златоград да намалят емисиите на парникови газове и да се адаптират към променящия се климат</x:t>
   </x:si>
   <x:si>
     <x:t>000093517 ОБЩИНА ДОЛНИ ЧИФЛИК</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Долни чифлик, 9120, пл. ТИЧА 1</x:t>
   </x:si>
@@ -2058,50 +2067,53 @@
   <x:si>
     <x:t>България, гр.София, 1000, бул. ДОНДУКОВ № 1</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-5.001-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Техническа помощ за УО на ОПДУ за подготовка, изпълнение, наблюдение, контрол, информация и комуникация по ОПДУ</x:t>
   </x:si>
   <x:si>
     <x:t>203352020 Фабрика360 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.003-0007</x:t>
   </x:si>
   <x:si>
     <x:t>Сървиз Лаб</x:t>
   </x:si>
   <x:si>
     <x:t>176864952 ФОНДАЦИЯ "АДЕЛЕ"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Шумен, 9700, ул. СИМЕОН ВЕЛИКИ № 59 ет.7 ап.36</x:t>
   </x:si>
   <x:si>
+    <x:t>България,Италия</x:t>
+  </x:si>
+  <x:si>
     <x:t>BG05M9OP001-4.001-0058</x:t>
   </x:si>
   <x:si>
     <x:t>"Еврократе"</x:t>
   </x:si>
   <x:si>
     <x:t>130570377 ФОНДАЦИЯ "БЪЛГАРСКИ ЦЕНТЪР ЗА НЕСТОПАНСКО ПРАВО"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. ХРИСТО БЕЛЧЕВ  № 3 ет.2</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0107</x:t>
   </x:si>
   <x:si>
     <x:t>Лаборатория за ноу-хау в сферата на социалното предприемачество</x:t>
   </x:si>
   <x:si>
     <x:t>176554875 ФОНДАЦИЯ "ГЛОБАЛНИ БИБЛИОТЕКИ-БЪЛГАРИЯ"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. ХРИСТО БЕЛЧЕВ № 1 ет.6</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0135</x:t>
@@ -2265,51 +2277,51 @@
   <x:si>
     <x:t>BG05M9OP001-4.001-0036</x:t>
   </x:si>
   <x:si>
     <x:t>Добрите практики и иновативни подходи за насърчаване на самостоятелна заетост и предприемачество – двигател на икономически растеж в регион Шумен</x:t>
   </x:si>
   <x:si>
     <x:t>121316789 ЮНАЙТЕД ПАРТНЪРС ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1202, ул. "Кирил и Методий" № 120, ателие 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0052</x:t>
   </x:si>
   <x:si>
     <x:t>Агенти на промяната</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите в съответните райони е на база последна актуализация на договора за БФП</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за размера на реално изплатените суми по проекта не е обвързана със съответен район, а е за целия проект. Същата е видима при достъп до всеки отделен проект, а за всички проекти от извадката, при експорт на данните.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
@@ -2956,8452 +2968,8452 @@
       <x:c r="B22" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F22" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H22" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I22" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J22" s="4" t="n">
-        <x:v>1040194.65</x:v>
+        <x:v>531843.08</x:v>
       </x:c>
       <x:c r="K22" s="4" t="n">
-        <x:v>1040194.65</x:v>
+        <x:v>531843.08</x:v>
       </x:c>
       <x:c r="L22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M22" s="4" t="n">
-        <x:v>1040194.65</x:v>
+        <x:v>531843.09</x:v>
       </x:c>
       <x:c r="N22" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F23" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H23" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I23" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
-        <x:v>886760.73</x:v>
+        <x:v>453393.57</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
-        <x:v>886760.73</x:v>
+        <x:v>453393.57</x:v>
       </x:c>
       <x:c r="L23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M23" s="4" t="n">
-        <x:v>886760.73</x:v>
+        <x:v>453393.55</x:v>
       </x:c>
       <x:c r="N23" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O23" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H24" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I24" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
-        <x:v>199698.09</x:v>
+        <x:v>102104</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
-        <x:v>199698.09</x:v>
+        <x:v>102104</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
-        <x:v>198607.03</x:v>
+        <x:v>101546.16</x:v>
       </x:c>
       <x:c r="N24" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O24" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
-        <x:v>199500</x:v>
+        <x:v>102002.71</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
-        <x:v>199500</x:v>
+        <x:v>102002.71</x:v>
       </x:c>
       <x:c r="L25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M25" s="4" t="n">
-        <x:v>199500</x:v>
+        <x:v>102002.74</x:v>
       </x:c>
       <x:c r="N25" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O25" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
-        <x:v>199954</x:v>
+        <x:v>102234.87</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
-        <x:v>199954</x:v>
+        <x:v>102234.87</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
-        <x:v>196799.06</x:v>
+        <x:v>100621.76</x:v>
       </x:c>
       <x:c r="N26" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O26" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I27" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J27" s="4" t="n">
-        <x:v>127118.3</x:v>
+        <x:v>64994.56</x:v>
       </x:c>
       <x:c r="K27" s="4" t="n">
-        <x:v>127118.3</x:v>
+        <x:v>64994.56</x:v>
       </x:c>
       <x:c r="L27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M27" s="4" t="n">
-        <x:v>127109.85</x:v>
+        <x:v>64990.23</x:v>
       </x:c>
       <x:c r="N27" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O27" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:15">
       <x:c r="A28" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
-        <x:v>199161</x:v>
+        <x:v>101829.37</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
-        <x:v>199161</x:v>
+        <x:v>101829.37</x:v>
       </x:c>
       <x:c r="L28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M28" s="4" t="n">
-        <x:v>194315.54</x:v>
+        <x:v>99351.96</x:v>
       </x:c>
       <x:c r="N28" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O28" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
-        <x:v>27884983.22</x:v>
+        <x:v>14257365.53</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
-        <x:v>27884983.22</x:v>
+        <x:v>14257365.53</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
-        <x:v>27884983.22</x:v>
+        <x:v>14257365.5</x:v>
       </x:c>
       <x:c r="N29" s="5" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c r="O29" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I30" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
-        <x:v>9060749</x:v>
+        <x:v>4632687.4</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
-        <x:v>9060749</x:v>
+        <x:v>4632687.4</x:v>
       </x:c>
       <x:c r="L30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M30" s="4" t="n">
-        <x:v>8402363.47</x:v>
+        <x:v>4296060.26</x:v>
       </x:c>
       <x:c r="N30" s="5" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="O30" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>102258.37</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>102258.37</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
-        <x:v>184083.51</x:v>
+        <x:v>94120.41</x:v>
       </x:c>
       <x:c r="N31" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O31" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I32" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
-        <x:v>247397.52</x:v>
+        <x:v>126492.35</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
-        <x:v>247397.52</x:v>
+        <x:v>126492.35</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
-        <x:v>247397.52</x:v>
+        <x:v>126492.34</x:v>
       </x:c>
       <x:c r="N32" s="5" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="O32" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F33" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H33" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I33" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
-        <x:v>15088000</x:v>
+        <x:v>7714371.94</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
-        <x:v>15088000</x:v>
+        <x:v>7714371.94</x:v>
       </x:c>
       <x:c r="L33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M33" s="4" t="n">
-        <x:v>5570859.93</x:v>
+        <x:v>3669795.12</x:v>
       </x:c>
       <x:c r="N33" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O33" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H34" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I34" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
-        <x:v>6364222.62</x:v>
+        <x:v>3253975.34</x:v>
       </x:c>
       <x:c r="K34" s="4" t="n">
-        <x:v>6364222.62</x:v>
+        <x:v>3253975.34</x:v>
       </x:c>
       <x:c r="L34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M34" s="4" t="n">
-        <x:v>6364222.62</x:v>
+        <x:v>3253975.35</x:v>
       </x:c>
       <x:c r="N34" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O34" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H35" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
-        <x:v>8974480.48</x:v>
+        <x:v>4588579.02</x:v>
       </x:c>
       <x:c r="K35" s="4" t="n">
-        <x:v>8974480.48</x:v>
+        <x:v>4588579.02</x:v>
       </x:c>
       <x:c r="L35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M35" s="4" t="n">
-        <x:v>8974480.48</x:v>
+        <x:v>4588579.01</x:v>
       </x:c>
       <x:c r="N35" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O35" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I36" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
-        <x:v>201662.51</x:v>
+        <x:v>103108.45</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
-        <x:v>201662.51</x:v>
+        <x:v>103108.45</x:v>
       </x:c>
       <x:c r="L36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M36" s="4" t="n">
-        <x:v>201662.51</x:v>
+        <x:v>103108.4</x:v>
       </x:c>
       <x:c r="N36" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O36" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
-        <x:v>390841.37</x:v>
+        <x:v>199834</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
-        <x:v>349221.29</x:v>
+        <x:v>178554</x:v>
       </x:c>
       <x:c r="L37" s="4" t="n">
-        <x:v>41620.08</x:v>
+        <x:v>21280</x:v>
       </x:c>
       <x:c r="M37" s="4" t="n">
-        <x:v>187269</x:v>
+        <x:v>95749.12</x:v>
       </x:c>
       <x:c r="N37" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O37" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F38" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H38" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I38" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
-        <x:v>112798.78</x:v>
+        <x:v>57673.1</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
-        <x:v>112798.78</x:v>
+        <x:v>57673.1</x:v>
       </x:c>
       <x:c r="L38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M38" s="4" t="n">
-        <x:v>112388.43</x:v>
+        <x:v>57463.29</x:v>
       </x:c>
       <x:c r="N38" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O38" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F39" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H39" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="I39" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J39" s="4" t="n">
-        <x:v>191722.04</x:v>
+        <x:v>98025.92</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
-        <x:v>191722.04</x:v>
+        <x:v>98025.92</x:v>
       </x:c>
       <x:c r="L39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M39" s="4" t="n">
-        <x:v>186263.73</x:v>
+        <x:v>95235.13</x:v>
       </x:c>
       <x:c r="N39" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H40" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I40" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
-        <x:v>199829.72</x:v>
+        <x:v>102171.31</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
-        <x:v>199829.72</x:v>
+        <x:v>102171.31</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
-        <x:v>198466.47</x:v>
+        <x:v>101474.29</x:v>
       </x:c>
       <x:c r="N40" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O40" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F41" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H41" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I41" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
-        <x:v>199971</x:v>
+        <x:v>102243.54</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
-        <x:v>199971</x:v>
+        <x:v>102243.54</x:v>
       </x:c>
       <x:c r="L41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M41" s="4" t="n">
-        <x:v>43974.22</x:v>
+        <x:v>22483.66</x:v>
       </x:c>
       <x:c r="N41" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O41" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F42" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H42" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I42" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
-        <x:v>199540.8</x:v>
+        <x:v>102023.59</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
-        <x:v>199540.8</x:v>
+        <x:v>102023.59</x:v>
       </x:c>
       <x:c r="L42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N42" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O42" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F43" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H43" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I43" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
-        <x:v>88759</x:v>
+        <x:v>45381.75</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
-        <x:v>88759</x:v>
+        <x:v>45381.75</x:v>
       </x:c>
       <x:c r="L43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M43" s="4" t="n">
-        <x:v>40928.8</x:v>
+        <x:v>20926.56</x:v>
       </x:c>
       <x:c r="N43" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O43" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>102258.41</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
-        <x:v>200000</x:v>
+        <x:v>102258.41</x:v>
       </x:c>
       <x:c r="L44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M44" s="4" t="n">
-        <x:v>179087.81</x:v>
+        <x:v>91566.14</x:v>
       </x:c>
       <x:c r="N44" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O44" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:15">
       <x:c r="A45" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F45" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="G45" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H45" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I45" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J45" s="4" t="n">
-        <x:v>139911.44</x:v>
+        <x:v>71535.61</x:v>
       </x:c>
       <x:c r="K45" s="4" t="n">
-        <x:v>139911.44</x:v>
+        <x:v>71535.61</x:v>
       </x:c>
       <x:c r="L45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M45" s="4" t="n">
-        <x:v>139911.44</x:v>
+        <x:v>71535.59</x:v>
       </x:c>
       <x:c r="N45" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O45" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F46" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H46" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I46" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
-        <x:v>553878.59</x:v>
+        <x:v>283193.61</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
-        <x:v>553878.59</x:v>
+        <x:v>283193.61</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
-        <x:v>553878.59</x:v>
+        <x:v>283193.63</x:v>
       </x:c>
       <x:c r="N46" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O46" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F47" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H47" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I47" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
-        <x:v>4888038.4</x:v>
+        <x:v>2499214.34</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
-        <x:v>4888038.4</x:v>
+        <x:v>2499214.34</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
-        <x:v>4888038.4</x:v>
+        <x:v>2499214.35</x:v>
       </x:c>
       <x:c r="N47" s="5" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="O47" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F48" s="3" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H48" s="3" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I48" s="3" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J48" s="4" t="n">
-        <x:v>184708.43</x:v>
+        <x:v>94439.92</x:v>
       </x:c>
       <x:c r="K48" s="4" t="n">
-        <x:v>184708.43</x:v>
+        <x:v>94439.92</x:v>
       </x:c>
       <x:c r="L48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M48" s="4" t="n">
-        <x:v>164979.83</x:v>
+        <x:v>84352.85</x:v>
       </x:c>
       <x:c r="N48" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O48" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F49" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H49" s="3" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I49" s="3" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
-        <x:v>708758.74</x:v>
+        <x:v>362382.58</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
-        <x:v>708758.74</x:v>
+        <x:v>362382.58</x:v>
       </x:c>
       <x:c r="L49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M49" s="4" t="n">
-        <x:v>643020.68</x:v>
+        <x:v>328771.25</x:v>
       </x:c>
       <x:c r="N49" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="O49" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:15">
       <x:c r="A50" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F50" s="3" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="G50" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H50" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I50" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J50" s="4" t="n">
-        <x:v>39116</x:v>
+        <x:v>19999.49</x:v>
       </x:c>
       <x:c r="K50" s="4" t="n">
-        <x:v>39116</x:v>
+        <x:v>19999.49</x:v>
       </x:c>
       <x:c r="L50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M50" s="4" t="n">
-        <x:v>39115.6</x:v>
+        <x:v>19999.49</x:v>
       </x:c>
       <x:c r="N50" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="O50" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:15">
       <x:c r="A51" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F51" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H51" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I51" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J51" s="4" t="n">
-        <x:v>1290828</x:v>
+        <x:v>659989.88</x:v>
       </x:c>
       <x:c r="K51" s="4" t="n">
-        <x:v>1290828</x:v>
+        <x:v>659989.88</x:v>
       </x:c>
       <x:c r="L51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M51" s="4" t="n">
-        <x:v>11937.04</x:v>
+        <x:v>7622.21</x:v>
       </x:c>
       <x:c r="N51" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O51" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H52" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I52" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J52" s="4" t="n">
-        <x:v>22000000</x:v>
+        <x:v>11248421.38</x:v>
       </x:c>
       <x:c r="K52" s="4" t="n">
-        <x:v>22000000</x:v>
+        <x:v>11248421.38</x:v>
       </x:c>
       <x:c r="L52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M52" s="4" t="n">
-        <x:v>12057448.13</x:v>
+        <x:v>6164875.35</x:v>
       </x:c>
       <x:c r="N52" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O52" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="I53" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J53" s="4" t="n">
-        <x:v>18600000</x:v>
+        <x:v>9510028.99</x:v>
       </x:c>
       <x:c r="K53" s="4" t="n">
-        <x:v>18600000</x:v>
+        <x:v>9510028.99</x:v>
       </x:c>
       <x:c r="L53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M53" s="4" t="n">
-        <x:v>13966716.05</x:v>
+        <x:v>7141068.54</x:v>
       </x:c>
       <x:c r="N53" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O53" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:15">
       <x:c r="A54" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F54" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H54" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I54" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J54" s="4" t="n">
-        <x:v>9549500.87</x:v>
+        <x:v>4882582.26</x:v>
       </x:c>
       <x:c r="K54" s="4" t="n">
-        <x:v>9549500.87</x:v>
+        <x:v>4882582.26</x:v>
       </x:c>
       <x:c r="L54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M54" s="4" t="n">
-        <x:v>9549500.87</x:v>
+        <x:v>4882582.26</x:v>
       </x:c>
       <x:c r="N54" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O54" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:15">
       <x:c r="A55" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F55" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H55" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I55" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J55" s="4" t="n">
-        <x:v>16266017.59</x:v>
+        <x:v>8316682.73</x:v>
       </x:c>
       <x:c r="K55" s="4" t="n">
-        <x:v>16266017.59</x:v>
+        <x:v>8316682.73</x:v>
       </x:c>
       <x:c r="L55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M55" s="4" t="n">
-        <x:v>16266017.59</x:v>
+        <x:v>8316682.73</x:v>
       </x:c>
       <x:c r="N55" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O55" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:15">
       <x:c r="A56" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D56" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F56" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G56" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H56" s="3" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I56" s="3" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J56" s="4" t="n">
-        <x:v>1199080.15</x:v>
+        <x:v>613079.93</x:v>
       </x:c>
       <x:c r="K56" s="4" t="n">
-        <x:v>1199080.15</x:v>
+        <x:v>613079.93</x:v>
       </x:c>
       <x:c r="L56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M56" s="4" t="n">
-        <x:v>13574.04</x:v>
+        <x:v>79031.66</x:v>
       </x:c>
       <x:c r="N56" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O56" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:15">
       <x:c r="A57" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E57" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F57" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H57" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I57" s="3" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J57" s="4" t="n">
-        <x:v>4118075.76</x:v>
+        <x:v>2105538.7</x:v>
       </x:c>
       <x:c r="K57" s="4" t="n">
-        <x:v>4118075.76</x:v>
+        <x:v>2105538.7</x:v>
       </x:c>
       <x:c r="L57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M57" s="4" t="n">
-        <x:v>290074.12</x:v>
+        <x:v>263331.5</x:v>
       </x:c>
       <x:c r="N57" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O57" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:15">
       <x:c r="A58" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D58" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E58" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F58" s="3" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H58" s="3" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I58" s="3" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J58" s="4" t="n">
-        <x:v>149611.65</x:v>
+        <x:v>76495.24</x:v>
       </x:c>
       <x:c r="K58" s="4" t="n">
-        <x:v>149611.65</x:v>
+        <x:v>76495.24</x:v>
       </x:c>
       <x:c r="L58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M58" s="4" t="n">
-        <x:v>123201.3</x:v>
+        <x:v>62991.82</x:v>
       </x:c>
       <x:c r="N58" s="5" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="O58" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:15">
       <x:c r="A59" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E59" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F59" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H59" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I59" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J59" s="4" t="n">
-        <x:v>146650</x:v>
+        <x:v>74980.95</x:v>
       </x:c>
       <x:c r="K59" s="4" t="n">
-        <x:v>146650</x:v>
+        <x:v>74980.95</x:v>
       </x:c>
       <x:c r="L59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M59" s="4" t="n">
-        <x:v>137901.69</x:v>
+        <x:v>70508.01</x:v>
       </x:c>
       <x:c r="N59" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O59" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:15">
       <x:c r="A60" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D60" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E60" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F60" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H60" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="I60" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="J60" s="4" t="n">
-        <x:v>128129.22</x:v>
+        <x:v>65511.42</x:v>
       </x:c>
       <x:c r="K60" s="4" t="n">
-        <x:v>128129.22</x:v>
+        <x:v>65511.42</x:v>
       </x:c>
       <x:c r="L60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M60" s="4" t="n">
-        <x:v>123664.16</x:v>
+        <x:v>63228.48</x:v>
       </x:c>
       <x:c r="N60" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O60" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:15">
       <x:c r="A61" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E61" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F61" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H61" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I61" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J61" s="4" t="n">
-        <x:v>195122.4</x:v>
+        <x:v>99764.49</x:v>
       </x:c>
       <x:c r="K61" s="4" t="n">
-        <x:v>195122.4</x:v>
+        <x:v>99764.49</x:v>
       </x:c>
       <x:c r="L61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M61" s="4" t="n">
-        <x:v>189770.66</x:v>
+        <x:v>97028.19</x:v>
       </x:c>
       <x:c r="N61" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O61" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:15">
       <x:c r="A62" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D62" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E62" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F62" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H62" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I62" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J62" s="4" t="n">
-        <x:v>975445.45</x:v>
+        <x:v>498737.34</x:v>
       </x:c>
       <x:c r="K62" s="4" t="n">
-        <x:v>975445.45</x:v>
+        <x:v>498737.34</x:v>
       </x:c>
       <x:c r="L62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M62" s="4" t="n">
-        <x:v>975445.45</x:v>
+        <x:v>498737.34</x:v>
       </x:c>
       <x:c r="N62" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="O62" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:15">
       <x:c r="A63" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E63" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F63" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H63" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I63" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J63" s="4" t="n">
-        <x:v>2371528.87</x:v>
+        <x:v>1212543.46</x:v>
       </x:c>
       <x:c r="K63" s="4" t="n">
-        <x:v>2371528.87</x:v>
+        <x:v>1212543.46</x:v>
       </x:c>
       <x:c r="L63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M63" s="4" t="n">
-        <x:v>2371528.87</x:v>
+        <x:v>1212543.44</x:v>
       </x:c>
       <x:c r="N63" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="O63" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:15">
       <x:c r="A64" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D64" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E64" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F64" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H64" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="I64" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="J64" s="4" t="n">
-        <x:v>1017348.84</x:v>
+        <x:v>520162.21</x:v>
       </x:c>
       <x:c r="K64" s="4" t="n">
-        <x:v>1017348.84</x:v>
+        <x:v>520162.21</x:v>
       </x:c>
       <x:c r="L64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M64" s="4" t="n">
-        <x:v>707932.35</x:v>
+        <x:v>361960.06</x:v>
       </x:c>
       <x:c r="N64" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="O64" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:15">
       <x:c r="A65" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E65" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F65" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H65" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I65" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="J65" s="4" t="n">
-        <x:v>53693.34</x:v>
+        <x:v>27452.97</x:v>
       </x:c>
       <x:c r="K65" s="4" t="n">
-        <x:v>53693.34</x:v>
+        <x:v>27452.97</x:v>
       </x:c>
       <x:c r="L65" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M65" s="4" t="n">
-        <x:v>53693.34</x:v>
+        <x:v>27452.97</x:v>
       </x:c>
       <x:c r="N65" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="O65" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:15">
       <x:c r="A66" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D66" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E66" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F66" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H66" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I66" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J66" s="4" t="n">
-        <x:v>606140.48</x:v>
+        <x:v>309914.71</x:v>
       </x:c>
       <x:c r="K66" s="4" t="n">
-        <x:v>606140.48</x:v>
+        <x:v>309914.71</x:v>
       </x:c>
       <x:c r="L66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M66" s="4" t="n">
-        <x:v>606140.48</x:v>
+        <x:v>309914.72</x:v>
       </x:c>
       <x:c r="N66" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O66" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:15">
       <x:c r="A67" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E67" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F67" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H67" s="3" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I67" s="3" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J67" s="4" t="n">
-        <x:v>470365.32</x:v>
+        <x:v>240493.96</x:v>
       </x:c>
       <x:c r="K67" s="4" t="n">
-        <x:v>470365.32</x:v>
+        <x:v>240493.96</x:v>
       </x:c>
       <x:c r="L67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M67" s="4" t="n">
-        <x:v>470365.32</x:v>
+        <x:v>240493.98</x:v>
       </x:c>
       <x:c r="N67" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O67" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:15">
       <x:c r="A68" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C68" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D68" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E68" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F68" s="3" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="G68" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H68" s="3" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I68" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J68" s="4" t="n">
-        <x:v>343506.23</x:v>
+        <x:v>175631.99</x:v>
       </x:c>
       <x:c r="K68" s="4" t="n">
-        <x:v>343506.23</x:v>
+        <x:v>175631.99</x:v>
       </x:c>
       <x:c r="L68" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M68" s="4" t="n">
-        <x:v>343506.23</x:v>
+        <x:v>175631.95</x:v>
       </x:c>
       <x:c r="N68" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O68" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:15">
       <x:c r="A69" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E69" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F69" s="3" t="s">
-        <x:v>238</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H69" s="3" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I69" s="3" t="s">
-        <x:v>240</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M69" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="N69" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O69" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:15">
       <x:c r="A70" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C70" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D70" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E70" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F70" s="3" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G70" s="3" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H70" s="3" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="I70" s="3" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="J70" s="4" t="n">
-        <x:v>6291735.29</x:v>
+        <x:v>3216913.16</x:v>
       </x:c>
       <x:c r="K70" s="4" t="n">
-        <x:v>6291735.29</x:v>
+        <x:v>3216913.16</x:v>
       </x:c>
       <x:c r="L70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M70" s="4" t="n">
-        <x:v>5291437.36</x:v>
+        <x:v>2705468.96</x:v>
       </x:c>
       <x:c r="N70" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="O70" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:15">
       <x:c r="A71" s="3" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E71" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F71" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H71" s="3" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I71" s="3" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N71" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O71" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:15">
       <x:c r="A72" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C72" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D72" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E72" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F72" s="3" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="G72" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H72" s="3" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="I72" s="3" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J72" s="4" t="n">
-        <x:v>1018744.25</x:v>
+        <x:v>520875.62</x:v>
       </x:c>
       <x:c r="K72" s="4" t="n">
-        <x:v>1018744.25</x:v>
+        <x:v>520875.62</x:v>
       </x:c>
       <x:c r="L72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M72" s="4" t="n">
-        <x:v>39357.17</x:v>
+        <x:v>83494.19</x:v>
       </x:c>
       <x:c r="N72" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="O72" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:15">
       <x:c r="A73" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E73" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F73" s="3" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H73" s="3" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I73" s="3" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J73" s="4" t="n">
-        <x:v>2813306.84</x:v>
+        <x:v>590780.8</x:v>
       </x:c>
       <x:c r="K73" s="4" t="n">
-        <x:v>2813306.84</x:v>
+        <x:v>590780.8</x:v>
       </x:c>
       <x:c r="L73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M73" s="4" t="n">
-        <x:v>830659.52</x:v>
+        <x:v>424709.48</x:v>
       </x:c>
       <x:c r="N73" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="O73" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:15">
       <x:c r="A74" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C74" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D74" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E74" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F74" s="3" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="G74" s="3" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H74" s="3" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I74" s="3" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="J74" s="4" t="n">
-        <x:v>175617.65</x:v>
+        <x:v>89791.88</x:v>
       </x:c>
       <x:c r="K74" s="4" t="n">
-        <x:v>175617.65</x:v>
+        <x:v>89791.88</x:v>
       </x:c>
       <x:c r="L74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M74" s="4" t="n">
-        <x:v>122932.36</x:v>
+        <x:v>89791.88</x:v>
       </x:c>
       <x:c r="N74" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O74" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:15">
       <x:c r="A75" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E75" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F75" s="3" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H75" s="3" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I75" s="3" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="J75" s="4" t="n">
-        <x:v>186296.44</x:v>
+        <x:v>95251.85</x:v>
       </x:c>
       <x:c r="K75" s="4" t="n">
-        <x:v>186296.44</x:v>
+        <x:v>95251.85</x:v>
       </x:c>
       <x:c r="L75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M75" s="4" t="n">
-        <x:v>183815.64</x:v>
+        <x:v>93983.45</x:v>
       </x:c>
       <x:c r="N75" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O75" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:15">
       <x:c r="A76" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D76" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E76" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F76" s="3" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H76" s="3" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="I76" s="3" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J76" s="4" t="n">
-        <x:v>731855.33</x:v>
+        <x:v>374191.67</x:v>
       </x:c>
       <x:c r="K76" s="4" t="n">
-        <x:v>731855.33</x:v>
+        <x:v>374191.67</x:v>
       </x:c>
       <x:c r="L76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M76" s="4" t="n">
-        <x:v>368749.35</x:v>
+        <x:v>217606.6</x:v>
       </x:c>
       <x:c r="N76" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O76" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:15">
       <x:c r="A77" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E77" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F77" s="3" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H77" s="3" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I77" s="3" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J77" s="4" t="n">
-        <x:v>176406.31</x:v>
+        <x:v>90195.13</x:v>
       </x:c>
       <x:c r="K77" s="4" t="n">
-        <x:v>176406.31</x:v>
+        <x:v>90195.13</x:v>
       </x:c>
       <x:c r="L77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M77" s="4" t="n">
-        <x:v>173456.39</x:v>
+        <x:v>88686.84</x:v>
       </x:c>
       <x:c r="N77" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O77" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:15">
       <x:c r="A78" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D78" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E78" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F78" s="3" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H78" s="3" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I78" s="3" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J78" s="4" t="n">
-        <x:v>189672.9</x:v>
+        <x:v>96978.23</x:v>
       </x:c>
       <x:c r="K78" s="4" t="n">
-        <x:v>189672.9</x:v>
+        <x:v>96978.23</x:v>
       </x:c>
       <x:c r="L78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M78" s="4" t="n">
-        <x:v>167582.85</x:v>
+        <x:v>85683.75</x:v>
       </x:c>
       <x:c r="N78" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O78" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:15">
       <x:c r="A79" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E79" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F79" s="3" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H79" s="3" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I79" s="3" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J79" s="4" t="n">
-        <x:v>199992</x:v>
+        <x:v>102254.29</x:v>
       </x:c>
       <x:c r="K79" s="4" t="n">
-        <x:v>199992</x:v>
+        <x:v>102254.29</x:v>
       </x:c>
       <x:c r="L79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M79" s="4" t="n">
-        <x:v>187624.69</x:v>
+        <x:v>95930.98</x:v>
       </x:c>
       <x:c r="N79" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O79" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:15">
       <x:c r="A80" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D80" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E80" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F80" s="3" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H80" s="3" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I80" s="3" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J80" s="4" t="n">
-        <x:v>127796.16</x:v>
+        <x:v>65341.14</x:v>
       </x:c>
       <x:c r="K80" s="4" t="n">
-        <x:v>127796.16</x:v>
+        <x:v>65341.14</x:v>
       </x:c>
       <x:c r="L80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M80" s="4" t="n">
-        <x:v>126805.26</x:v>
+        <x:v>64834.5</x:v>
       </x:c>
       <x:c r="N80" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O80" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:15">
       <x:c r="A81" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E81" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F81" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H81" s="3" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I81" s="3" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J81" s="4" t="n">
-        <x:v>143199.34</x:v>
+        <x:v>73216.65</x:v>
       </x:c>
       <x:c r="K81" s="4" t="n">
-        <x:v>143199.34</x:v>
+        <x:v>73216.65</x:v>
       </x:c>
       <x:c r="L81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M81" s="4" t="n">
-        <x:v>136375.89</x:v>
+        <x:v>69727.89</x:v>
       </x:c>
       <x:c r="N81" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O81" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:15">
       <x:c r="A82" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D82" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E82" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F82" s="3" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H82" s="3" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I82" s="3" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J82" s="4" t="n">
-        <x:v>177838.05</x:v>
+        <x:v>90927.17</x:v>
       </x:c>
       <x:c r="K82" s="4" t="n">
-        <x:v>177838.05</x:v>
+        <x:v>90927.17</x:v>
       </x:c>
       <x:c r="L82" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M82" s="4" t="n">
-        <x:v>177838.05</x:v>
+        <x:v>90927.15</x:v>
       </x:c>
       <x:c r="N82" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="O82" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:15">
       <x:c r="A83" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E83" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F83" s="3" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H83" s="3" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I83" s="3" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J83" s="4" t="n">
-        <x:v>10183341.3</x:v>
+        <x:v>5206659.74</x:v>
       </x:c>
       <x:c r="K83" s="4" t="n">
-        <x:v>10183341.3</x:v>
+        <x:v>5206659.74</x:v>
       </x:c>
       <x:c r="L83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M83" s="4" t="n">
-        <x:v>10183341.3</x:v>
+        <x:v>5206659.73</x:v>
       </x:c>
       <x:c r="N83" s="5" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="O83" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:15">
       <x:c r="A84" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D84" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E84" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F84" s="3" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H84" s="3" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="I84" s="3" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J84" s="4" t="n">
-        <x:v>199950</x:v>
+        <x:v>102232.81</x:v>
       </x:c>
       <x:c r="K84" s="4" t="n">
-        <x:v>199950</x:v>
+        <x:v>102232.81</x:v>
       </x:c>
       <x:c r="L84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M84" s="4" t="n">
-        <x:v>191304.34</x:v>
+        <x:v>97812.36</x:v>
       </x:c>
       <x:c r="N84" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O84" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:15">
       <x:c r="A85" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E85" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F85" s="3" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="G85" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H85" s="3" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I85" s="3" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J85" s="4" t="n">
-        <x:v>37471569</x:v>
+        <x:v>19158909.01</x:v>
       </x:c>
       <x:c r="K85" s="4" t="n">
-        <x:v>37471569</x:v>
+        <x:v>19158909.01</x:v>
       </x:c>
       <x:c r="L85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M85" s="4" t="n">
-        <x:v>11500373.21</x:v>
+        <x:v>6771087.11</x:v>
       </x:c>
       <x:c r="N85" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O85" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:15">
       <x:c r="A86" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D86" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E86" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F86" s="3" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H86" s="3" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I86" s="3" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="J86" s="4" t="n">
-        <x:v>1381467.64</x:v>
+        <x:v>706333.19</x:v>
       </x:c>
       <x:c r="K86" s="4" t="n">
-        <x:v>1381467.64</x:v>
+        <x:v>706333.19</x:v>
       </x:c>
       <x:c r="L86" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M86" s="4" t="n">
-        <x:v>1381467.64</x:v>
+        <x:v>706333.18</x:v>
       </x:c>
       <x:c r="N86" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O86" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:15">
       <x:c r="A87" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E87" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F87" s="3" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H87" s="3" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I87" s="3" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J87" s="4" t="n">
-        <x:v>744098.68</x:v>
+        <x:v>380451.6</x:v>
       </x:c>
       <x:c r="K87" s="4" t="n">
-        <x:v>744098.68</x:v>
+        <x:v>380451.6</x:v>
       </x:c>
       <x:c r="L87" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M87" s="4" t="n">
-        <x:v>744098.68</x:v>
+        <x:v>380451.61</x:v>
       </x:c>
       <x:c r="N87" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O87" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:15">
       <x:c r="A88" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D88" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E88" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F88" s="3" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H88" s="3" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="I88" s="3" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J88" s="4" t="n">
-        <x:v>128161.71</x:v>
+        <x:v>65528.04</x:v>
       </x:c>
       <x:c r="K88" s="4" t="n">
-        <x:v>128161.71</x:v>
+        <x:v>65528.04</x:v>
       </x:c>
       <x:c r="L88" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M88" s="4" t="n">
-        <x:v>72336.71</x:v>
+        <x:v>36985.17</x:v>
       </x:c>
       <x:c r="N88" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O88" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:15">
       <x:c r="A89" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E89" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F89" s="3" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H89" s="3" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I89" s="3" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J89" s="4" t="n">
-        <x:v>3619694.27</x:v>
+        <x:v>1850720.28</x:v>
       </x:c>
       <x:c r="K89" s="4" t="n">
-        <x:v>3619694.27</x:v>
+        <x:v>1850720.28</x:v>
       </x:c>
       <x:c r="L89" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M89" s="4" t="n">
-        <x:v>3619694.27</x:v>
+        <x:v>1850720.29</x:v>
       </x:c>
       <x:c r="N89" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O89" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:15">
       <x:c r="A90" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D90" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E90" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F90" s="3" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H90" s="3" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I90" s="3" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J90" s="4" t="n">
-        <x:v>669902</x:v>
+        <x:v>342515.47</x:v>
       </x:c>
       <x:c r="K90" s="4" t="n">
-        <x:v>669902</x:v>
+        <x:v>342515.47</x:v>
       </x:c>
       <x:c r="L90" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M90" s="4" t="n">
-        <x:v>669902</x:v>
+        <x:v>342515.46</x:v>
       </x:c>
       <x:c r="N90" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O90" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:15">
       <x:c r="A91" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E91" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F91" s="3" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H91" s="3" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I91" s="3" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J91" s="4" t="n">
-        <x:v>766982.76</x:v>
+        <x:v>392152.03</x:v>
       </x:c>
       <x:c r="K91" s="4" t="n">
-        <x:v>766982.76</x:v>
+        <x:v>392152.03</x:v>
       </x:c>
       <x:c r="L91" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M91" s="4" t="n">
-        <x:v>766982.76</x:v>
+        <x:v>392152.05</x:v>
       </x:c>
       <x:c r="N91" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="O91" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:15">
       <x:c r="A92" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D92" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E92" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F92" s="3" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H92" s="3" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I92" s="3" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J92" s="4" t="n">
-        <x:v>7993893.25</x:v>
+        <x:v>4087212.75</x:v>
       </x:c>
       <x:c r="K92" s="4" t="n">
-        <x:v>7993893.25</x:v>
+        <x:v>4087212.75</x:v>
       </x:c>
       <x:c r="L92" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M92" s="4" t="n">
-        <x:v>1348690.08</x:v>
+        <x:v>870530.88</x:v>
       </x:c>
       <x:c r="N92" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="O92" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:15">
       <x:c r="A93" s="3" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E93" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F93" s="3" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H93" s="3" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I93" s="3" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J93" s="4" t="n">
-        <x:v>1158719.49</x:v>
+        <x:v>592443.87</x:v>
       </x:c>
       <x:c r="K93" s="4" t="n">
-        <x:v>1158719.49</x:v>
+        <x:v>592443.87</x:v>
       </x:c>
       <x:c r="L93" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M93" s="4" t="n">
-        <x:v>1319770.16</x:v>
+        <x:v>674787.78</x:v>
       </x:c>
       <x:c r="N93" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="O93" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:15">
       <x:c r="A94" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D94" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E94" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F94" s="3" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H94" s="3" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I94" s="3" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="J94" s="4" t="n">
-        <x:v>135459.06</x:v>
+        <x:v>69259.11</x:v>
       </x:c>
       <x:c r="K94" s="4" t="n">
-        <x:v>135459.06</x:v>
+        <x:v>69259.11</x:v>
       </x:c>
       <x:c r="L94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N94" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O94" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:15">
       <x:c r="A95" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E95" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F95" s="3" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H95" s="3" t="s">
-        <x:v>342</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I95" s="3" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J95" s="4" t="n">
-        <x:v>195923.55</x:v>
+        <x:v>100174.12</x:v>
       </x:c>
       <x:c r="K95" s="4" t="n">
-        <x:v>195923.55</x:v>
+        <x:v>100174.12</x:v>
       </x:c>
       <x:c r="L95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M95" s="4" t="n">
-        <x:v>151591.71</x:v>
+        <x:v>77507.61</x:v>
       </x:c>
       <x:c r="N95" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O95" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:15">
       <x:c r="A96" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D96" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E96" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F96" s="3" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H96" s="3" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I96" s="3" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J96" s="4" t="n">
-        <x:v>41850887.62</x:v>
+        <x:v>21398019.06</x:v>
       </x:c>
       <x:c r="K96" s="4" t="n">
-        <x:v>41850887.62</x:v>
+        <x:v>21398019.06</x:v>
       </x:c>
       <x:c r="L96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M96" s="4" t="n">
-        <x:v>8343556.04</x:v>
+        <x:v>5409835.84</x:v>
       </x:c>
       <x:c r="N96" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O96" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:15">
       <x:c r="A97" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E97" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F97" s="3" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H97" s="3" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I97" s="3" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="J97" s="4" t="n">
-        <x:v>516000</x:v>
+        <x:v>263826.61</x:v>
       </x:c>
       <x:c r="K97" s="4" t="n">
-        <x:v>516000</x:v>
+        <x:v>263826.61</x:v>
       </x:c>
       <x:c r="L97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M97" s="4" t="n">
-        <x:v>117746.79</x:v>
+        <x:v>87467.64</x:v>
       </x:c>
       <x:c r="N97" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="O97" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:15">
       <x:c r="A98" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D98" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E98" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F98" s="3" t="s">
-        <x:v>353</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H98" s="3" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I98" s="3" t="s">
-        <x:v>355</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="J98" s="4" t="n">
-        <x:v>1408204.11</x:v>
+        <x:v>720003.32</x:v>
       </x:c>
       <x:c r="K98" s="4" t="n">
-        <x:v>1408204.11</x:v>
+        <x:v>720003.32</x:v>
       </x:c>
       <x:c r="L98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M98" s="4" t="n">
-        <x:v>1408204.11</x:v>
+        <x:v>720003.32</x:v>
       </x:c>
       <x:c r="N98" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="O98" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:15">
       <x:c r="A99" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E99" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F99" s="3" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G99" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H99" s="3" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I99" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J99" s="4" t="n">
-        <x:v>162003.22</x:v>
+        <x:v>82830.94</x:v>
       </x:c>
       <x:c r="K99" s="4" t="n">
-        <x:v>162003.22</x:v>
+        <x:v>82830.94</x:v>
       </x:c>
       <x:c r="L99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M99" s="4" t="n">
-        <x:v>162003.22</x:v>
+        <x:v>82830.93</x:v>
       </x:c>
       <x:c r="N99" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O99" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:15">
       <x:c r="A100" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D100" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E100" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F100" s="3" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H100" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I100" s="3" t="s">
-        <x:v>361</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J100" s="4" t="n">
-        <x:v>124748.79</x:v>
+        <x:v>63783.04</x:v>
       </x:c>
       <x:c r="K100" s="4" t="n">
-        <x:v>124748.79</x:v>
+        <x:v>63783.04</x:v>
       </x:c>
       <x:c r="L100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M100" s="4" t="n">
-        <x:v>124748.79</x:v>
+        <x:v>63783.04</x:v>
       </x:c>
       <x:c r="N100" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="O100" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:15">
       <x:c r="A101" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>362</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E101" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F101" s="3" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="G101" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H101" s="3" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I101" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="J101" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1533875.64</x:v>
       </x:c>
       <x:c r="K101" s="4" t="n">
-        <x:v>3000000</x:v>
+        <x:v>1533875.64</x:v>
       </x:c>
       <x:c r="L101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M101" s="4" t="n">
-        <x:v>1758537.26</x:v>
+        <x:v>899125.81</x:v>
       </x:c>
       <x:c r="N101" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="O101" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:15">
       <x:c r="A102" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D102" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E102" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F102" s="3" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H102" s="3" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I102" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="J102" s="4" t="n">
-        <x:v>1265629.76</x:v>
+        <x:v>647106.22</x:v>
       </x:c>
       <x:c r="K102" s="4" t="n">
-        <x:v>1265629.76</x:v>
+        <x:v>647106.22</x:v>
       </x:c>
       <x:c r="L102" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M102" s="4" t="n">
-        <x:v>1265629.76</x:v>
+        <x:v>647106.22</x:v>
       </x:c>
       <x:c r="N102" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="O102" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:15">
       <x:c r="A103" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E103" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F103" s="3" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="G103" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H103" s="3" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I103" s="3" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="J103" s="4" t="n">
-        <x:v>1636740.92</x:v>
+        <x:v>836852.36</x:v>
       </x:c>
       <x:c r="K103" s="4" t="n">
-        <x:v>1636740.92</x:v>
+        <x:v>836852.36</x:v>
       </x:c>
       <x:c r="L103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M103" s="4" t="n">
-        <x:v>1636740.92</x:v>
+        <x:v>836852.33</x:v>
       </x:c>
       <x:c r="N103" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O103" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:15">
       <x:c r="A104" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D104" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E104" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F104" s="3" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="G104" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H104" s="3" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="I104" s="3" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="J104" s="4" t="n">
-        <x:v>7853893.56</x:v>
+        <x:v>4015632.03</x:v>
       </x:c>
       <x:c r="K104" s="4" t="n">
-        <x:v>7853893.56</x:v>
+        <x:v>4015632.03</x:v>
       </x:c>
       <x:c r="L104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M104" s="4" t="n">
-        <x:v>7853893.56</x:v>
+        <x:v>4015632.03</x:v>
       </x:c>
       <x:c r="N104" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O104" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:15">
       <x:c r="A105" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E105" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F105" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H105" s="3" t="s">
-        <x:v>378</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I105" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J105" s="4" t="n">
-        <x:v>1631458.72</x:v>
+        <x:v>834151.58</x:v>
       </x:c>
       <x:c r="K105" s="4" t="n">
-        <x:v>1631458.72</x:v>
+        <x:v>834151.58</x:v>
       </x:c>
       <x:c r="L105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M105" s="4" t="n">
-        <x:v>1631458.72</x:v>
+        <x:v>834151.59</x:v>
       </x:c>
       <x:c r="N105" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O105" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:15">
       <x:c r="A106" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D106" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E106" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F106" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H106" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="I106" s="3" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J106" s="4" t="n">
-        <x:v>425687.52</x:v>
+        <x:v>217650.57</x:v>
       </x:c>
       <x:c r="K106" s="4" t="n">
-        <x:v>425687.52</x:v>
+        <x:v>217650.57</x:v>
       </x:c>
       <x:c r="L106" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M106" s="4" t="n">
-        <x:v>425687.52</x:v>
+        <x:v>217650.56</x:v>
       </x:c>
       <x:c r="N106" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O106" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:15">
       <x:c r="A107" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E107" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F107" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H107" s="3" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I107" s="3" t="s">
-        <x:v>383</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J107" s="4" t="n">
-        <x:v>504072.47</x:v>
+        <x:v>257728.15</x:v>
       </x:c>
       <x:c r="K107" s="4" t="n">
-        <x:v>504072.47</x:v>
+        <x:v>257728.15</x:v>
       </x:c>
       <x:c r="L107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M107" s="4" t="n">
-        <x:v>504072.47</x:v>
+        <x:v>257728.16</x:v>
       </x:c>
       <x:c r="N107" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O107" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:15">
       <x:c r="A108" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D108" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E108" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F108" s="3" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H108" s="3" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I108" s="3" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J108" s="4" t="n">
-        <x:v>1188506.62</x:v>
+        <x:v>607673.8</x:v>
       </x:c>
       <x:c r="K108" s="4" t="n">
-        <x:v>1188506.62</x:v>
+        <x:v>607673.8</x:v>
       </x:c>
       <x:c r="L108" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M108" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>35790.43</x:v>
       </x:c>
       <x:c r="N108" s="5" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="O108" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:15">
       <x:c r="A109" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E109" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F109" s="3" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="G109" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H109" s="3" t="s">
-        <x:v>388</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I109" s="3" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J109" s="4" t="n">
-        <x:v>1040647.78</x:v>
+        <x:v>532074.75</x:v>
       </x:c>
       <x:c r="K109" s="4" t="n">
-        <x:v>1040647.78</x:v>
+        <x:v>532074.75</x:v>
       </x:c>
       <x:c r="L109" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M109" s="4" t="n">
-        <x:v>1040647.78</x:v>
+        <x:v>532074.77</x:v>
       </x:c>
       <x:c r="N109" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="O109" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:15">
       <x:c r="A110" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
-        <x:v>390</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D110" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E110" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F110" s="3" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="G110" s="3" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H110" s="3" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I110" s="3" t="s">
-        <x:v>394</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J110" s="4" t="n">
-        <x:v>2087277.25</x:v>
+        <x:v>1067207.86</x:v>
       </x:c>
       <x:c r="K110" s="4" t="n">
-        <x:v>2087277.25</x:v>
+        <x:v>1067207.86</x:v>
       </x:c>
       <x:c r="L110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M110" s="4" t="n">
-        <x:v>242621.23</x:v>
+        <x:v>158195.03</x:v>
       </x:c>
       <x:c r="N110" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="O110" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:15">
       <x:c r="A111" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
-        <x:v>395</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E111" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F111" s="3" t="s">
-        <x:v>396</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="G111" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H111" s="3" t="s">
-        <x:v>397</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I111" s="3" t="s">
-        <x:v>398</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J111" s="4" t="n">
-        <x:v>1109403.86</x:v>
+        <x:v>567229.2</x:v>
       </x:c>
       <x:c r="K111" s="4" t="n">
-        <x:v>1109403.86</x:v>
+        <x:v>567229.2</x:v>
       </x:c>
       <x:c r="L111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M111" s="4" t="n">
-        <x:v>1109403.86</x:v>
+        <x:v>567229.19</x:v>
       </x:c>
       <x:c r="N111" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O111" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:15">
       <x:c r="A112" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
-        <x:v>399</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D112" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E112" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F112" s="3" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="G112" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H112" s="3" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I112" s="3" t="s">
-        <x:v>402</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J112" s="4" t="n">
-        <x:v>258334.98</x:v>
+        <x:v>132084.58</x:v>
       </x:c>
       <x:c r="K112" s="4" t="n">
-        <x:v>248380.53</x:v>
+        <x:v>126994.95</x:v>
       </x:c>
       <x:c r="L112" s="4" t="n">
-        <x:v>9954.45</x:v>
+        <x:v>5089.63</x:v>
       </x:c>
       <x:c r="M112" s="4" t="n">
-        <x:v>248380.53</x:v>
+        <x:v>126994.94</x:v>
       </x:c>
       <x:c r="N112" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O112" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:15">
       <x:c r="A113" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E113" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F113" s="3" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="G113" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H113" s="3" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I113" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J113" s="4" t="n">
-        <x:v>4037185.45</x:v>
+        <x:v>2064180.09</x:v>
       </x:c>
       <x:c r="K113" s="4" t="n">
-        <x:v>4037185.45</x:v>
+        <x:v>2064180.09</x:v>
       </x:c>
       <x:c r="L113" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M113" s="4" t="n">
-        <x:v>4037185.45</x:v>
+        <x:v>2064180.14</x:v>
       </x:c>
       <x:c r="N113" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="O113" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:15">
       <x:c r="A114" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D114" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E114" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F114" s="3" t="s">
-        <x:v>408</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="G114" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H114" s="3" t="s">
-        <x:v>409</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I114" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J114" s="4" t="n">
-        <x:v>139748.28</x:v>
+        <x:v>71452.19</x:v>
       </x:c>
       <x:c r="K114" s="4" t="n">
-        <x:v>139748.28</x:v>
+        <x:v>71452.19</x:v>
       </x:c>
       <x:c r="L114" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M114" s="4" t="n">
-        <x:v>139748.28</x:v>
+        <x:v>71452.15</x:v>
       </x:c>
       <x:c r="N114" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="O114" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:15">
       <x:c r="A115" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E115" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F115" s="3" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="G115" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H115" s="3" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I115" s="3" t="s">
-        <x:v>414</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J115" s="4" t="n">
-        <x:v>192064.22</x:v>
+        <x:v>98200.89</x:v>
       </x:c>
       <x:c r="K115" s="4" t="n">
-        <x:v>192064.22</x:v>
+        <x:v>98200.89</x:v>
       </x:c>
       <x:c r="L115" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M115" s="4" t="n">
-        <x:v>192064.22</x:v>
+        <x:v>98200.88</x:v>
       </x:c>
       <x:c r="N115" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O115" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:15">
       <x:c r="A116" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D116" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E116" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F116" s="3" t="s">
-        <x:v>416</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="G116" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H116" s="3" t="s">
-        <x:v>417</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I116" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J116" s="4" t="n">
-        <x:v>7132550</x:v>
+        <x:v>3646814.88</x:v>
       </x:c>
       <x:c r="K116" s="4" t="n">
-        <x:v>7132550</x:v>
+        <x:v>3646814.88</x:v>
       </x:c>
       <x:c r="L116" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M116" s="4" t="n">
-        <x:v>203299.57</x:v>
+        <x:v>274705.72</x:v>
       </x:c>
       <x:c r="N116" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="O116" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:15">
       <x:c r="A117" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
-        <x:v>419</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E117" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F117" s="3" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="G117" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H117" s="3" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I117" s="3" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J117" s="4" t="n">
-        <x:v>145218.38</x:v>
+        <x:v>74248.95</x:v>
       </x:c>
       <x:c r="K117" s="4" t="n">
-        <x:v>145218.38</x:v>
+        <x:v>74248.95</x:v>
       </x:c>
       <x:c r="L117" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M117" s="4" t="n">
-        <x:v>139799.92</x:v>
+        <x:v>71478.56</x:v>
       </x:c>
       <x:c r="N117" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O117" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:15">
       <x:c r="A118" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
-        <x:v>423</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D118" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E118" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F118" s="3" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="G118" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H118" s="3" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I118" s="3" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="J118" s="4" t="n">
-        <x:v>170203</x:v>
+        <x:v>87023.41</x:v>
       </x:c>
       <x:c r="K118" s="4" t="n">
-        <x:v>170203</x:v>
+        <x:v>87023.41</x:v>
       </x:c>
       <x:c r="L118" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M118" s="4" t="n">
-        <x:v>163948.94</x:v>
+        <x:v>83825.76</x:v>
       </x:c>
       <x:c r="N118" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O118" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:15">
       <x:c r="A119" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E119" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F119" s="3" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="G119" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H119" s="3" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I119" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J119" s="4" t="n">
-        <x:v>198000</x:v>
+        <x:v>101235.8</x:v>
       </x:c>
       <x:c r="K119" s="4" t="n">
-        <x:v>198000</x:v>
+        <x:v>101235.8</x:v>
       </x:c>
       <x:c r="L119" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M119" s="4" t="n">
-        <x:v>185819.02</x:v>
+        <x:v>95007.75</x:v>
       </x:c>
       <x:c r="N119" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O119" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:15">
       <x:c r="A120" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
-        <x:v>431</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D120" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E120" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F120" s="3" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="G120" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H120" s="3" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I120" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J120" s="4" t="n">
-        <x:v>198500</x:v>
+        <x:v>101491.44</x:v>
       </x:c>
       <x:c r="K120" s="4" t="n">
-        <x:v>198500</x:v>
+        <x:v>101491.44</x:v>
       </x:c>
       <x:c r="L120" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M120" s="4" t="n">
-        <x:v>147900</x:v>
+        <x:v>75620.08</x:v>
       </x:c>
       <x:c r="N120" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O120" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:15">
       <x:c r="A121" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
-        <x:v>435</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E121" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F121" s="3" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="G121" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H121" s="3" t="s">
-        <x:v>438</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I121" s="3" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="J121" s="4" t="n">
-        <x:v>166468.22</x:v>
+        <x:v>85113.85</x:v>
       </x:c>
       <x:c r="K121" s="4" t="n">
-        <x:v>166468.22</x:v>
+        <x:v>85113.85</x:v>
       </x:c>
       <x:c r="L121" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M121" s="4" t="n">
-        <x:v>166468.22</x:v>
+        <x:v>85113.85</x:v>
       </x:c>
       <x:c r="N121" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O121" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:15">
       <x:c r="A122" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D122" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E122" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F122" s="3" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="G122" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H122" s="3" t="s">
-        <x:v>442</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="I122" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J122" s="4" t="n">
-        <x:v>1025612.75</x:v>
+        <x:v>524387.4</x:v>
       </x:c>
       <x:c r="K122" s="4" t="n">
-        <x:v>968273.6</x:v>
+        <x:v>495070.36</x:v>
       </x:c>
       <x:c r="L122" s="4" t="n">
-        <x:v>57339.15</x:v>
+        <x:v>29317.04</x:v>
       </x:c>
       <x:c r="M122" s="4" t="n">
-        <x:v>947562.94</x:v>
+        <x:v>484481.24</x:v>
       </x:c>
       <x:c r="N122" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O122" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:15">
       <x:c r="A123" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
-        <x:v>444</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E123" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F123" s="3" t="s">
-        <x:v>445</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H123" s="3" t="s">
-        <x:v>446</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="I123" s="3" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="J123" s="4" t="n">
-        <x:v>198660</x:v>
+        <x:v>101573.24</x:v>
       </x:c>
       <x:c r="K123" s="4" t="n">
-        <x:v>198660</x:v>
+        <x:v>101573.24</x:v>
       </x:c>
       <x:c r="L123" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M123" s="4" t="n">
-        <x:v>158729.84</x:v>
+        <x:v>81157.28</x:v>
       </x:c>
       <x:c r="N123" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O123" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:15">
       <x:c r="A124" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D124" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E124" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F124" s="3" t="s">
-        <x:v>449</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H124" s="3" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I124" s="3" t="s">
-        <x:v>451</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J124" s="4" t="n">
-        <x:v>198880</x:v>
+        <x:v>101685.72</x:v>
       </x:c>
       <x:c r="K124" s="4" t="n">
-        <x:v>198880</x:v>
+        <x:v>101685.72</x:v>
       </x:c>
       <x:c r="L124" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M124" s="4" t="n">
-        <x:v>151549.3</x:v>
+        <x:v>77485.93</x:v>
       </x:c>
       <x:c r="N124" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O124" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:15">
       <x:c r="A125" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
-        <x:v>452</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E125" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F125" s="3" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H125" s="3" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I125" s="3" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J125" s="4" t="n">
-        <x:v>195258.36</x:v>
+        <x:v>99834.02</x:v>
       </x:c>
       <x:c r="K125" s="4" t="n">
-        <x:v>195258.36</x:v>
+        <x:v>99834.02</x:v>
       </x:c>
       <x:c r="L125" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M125" s="4" t="n">
-        <x:v>195257.63</x:v>
+        <x:v>99833.64</x:v>
       </x:c>
       <x:c r="N125" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O125" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:15">
       <x:c r="A126" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
-        <x:v>456</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D126" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E126" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F126" s="3" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H126" s="3" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I126" s="3" t="s">
-        <x:v>459</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J126" s="4" t="n">
-        <x:v>196890</x:v>
+        <x:v>100668.25</x:v>
       </x:c>
       <x:c r="K126" s="4" t="n">
-        <x:v>196890</x:v>
+        <x:v>100668.25</x:v>
       </x:c>
       <x:c r="L126" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M126" s="4" t="n">
-        <x:v>190607.82</x:v>
+        <x:v>97456.23</x:v>
       </x:c>
       <x:c r="N126" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O126" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:15">
       <x:c r="A127" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
-        <x:v>460</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E127" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F127" s="3" t="s">
-        <x:v>461</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H127" s="3" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="I127" s="3" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="J127" s="4" t="n">
-        <x:v>760531.41</x:v>
+        <x:v>388853.59</x:v>
       </x:c>
       <x:c r="K127" s="4" t="n">
-        <x:v>748230.91</x:v>
+        <x:v>382564.43</x:v>
       </x:c>
       <x:c r="L127" s="4" t="n">
-        <x:v>12300.5</x:v>
+        <x:v>6289.16</x:v>
       </x:c>
       <x:c r="M127" s="4" t="n">
-        <x:v>748230.91</x:v>
+        <x:v>382564.4</x:v>
       </x:c>
       <x:c r="N127" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O127" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:15">
       <x:c r="A128" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D128" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E128" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F128" s="3" t="s">
-        <x:v>465</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H128" s="3" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="I128" s="3" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="J128" s="4" t="n">
-        <x:v>195570.42</x:v>
+        <x:v>99993.59</x:v>
       </x:c>
       <x:c r="K128" s="4" t="n">
-        <x:v>195570.42</x:v>
+        <x:v>99993.59</x:v>
       </x:c>
       <x:c r="L128" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M128" s="4" t="n">
-        <x:v>179776.44</x:v>
+        <x:v>91918.24</x:v>
       </x:c>
       <x:c r="N128" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O128" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:15">
       <x:c r="A129" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E129" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F129" s="3" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H129" s="3" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="I129" s="3" t="s">
-        <x:v>471</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="J129" s="4" t="n">
-        <x:v>155258</x:v>
+        <x:v>79382.16</x:v>
       </x:c>
       <x:c r="K129" s="4" t="n">
-        <x:v>155258</x:v>
+        <x:v>79382.16</x:v>
       </x:c>
       <x:c r="L129" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M129" s="4" t="n">
-        <x:v>126813.36</x:v>
+        <x:v>64838.64</x:v>
       </x:c>
       <x:c r="N129" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O129" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:15">
       <x:c r="A130" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
-        <x:v>472</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D130" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E130" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F130" s="3" t="s">
-        <x:v>473</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H130" s="3" t="s">
-        <x:v>474</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I130" s="3" t="s">
-        <x:v>475</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J130" s="4" t="n">
-        <x:v>531125.13</x:v>
+        <x:v>271559.99</x:v>
       </x:c>
       <x:c r="K130" s="4" t="n">
-        <x:v>515111.26</x:v>
+        <x:v>263372.22</x:v>
       </x:c>
       <x:c r="L130" s="4" t="n">
-        <x:v>16013.87</x:v>
+        <x:v>8187.77</x:v>
       </x:c>
       <x:c r="M130" s="4" t="n">
-        <x:v>515111.26</x:v>
+        <x:v>263372.2</x:v>
       </x:c>
       <x:c r="N130" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O130" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:15">
       <x:c r="A131" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E131" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F131" s="3" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H131" s="3" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I131" s="3" t="s">
-        <x:v>479</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J131" s="4" t="n">
-        <x:v>109004.17</x:v>
+        <x:v>55732.93</x:v>
       </x:c>
       <x:c r="K131" s="4" t="n">
-        <x:v>109004.17</x:v>
+        <x:v>55732.93</x:v>
       </x:c>
       <x:c r="L131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M131" s="4" t="n">
-        <x:v>109004.17</x:v>
+        <x:v>55732.95</x:v>
       </x:c>
       <x:c r="N131" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O131" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:15">
       <x:c r="A132" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
-        <x:v>480</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D132" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E132" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F132" s="3" t="s">
-        <x:v>481</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H132" s="3" t="s">
-        <x:v>482</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="I132" s="3" t="s">
-        <x:v>483</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N132" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O132" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:15">
       <x:c r="A133" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E133" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F133" s="3" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H133" s="3" t="s">
-        <x:v>486</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I133" s="3" t="s">
-        <x:v>487</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J133" s="4" t="n">
-        <x:v>171710</x:v>
+        <x:v>87793.92</x:v>
       </x:c>
       <x:c r="K133" s="4" t="n">
-        <x:v>171710</x:v>
+        <x:v>87793.92</x:v>
       </x:c>
       <x:c r="L133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M133" s="4" t="n">
-        <x:v>169222.51</x:v>
+        <x:v>86522.1</x:v>
       </x:c>
       <x:c r="N133" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O133" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:15">
       <x:c r="A134" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C134" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D134" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E134" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F134" s="3" t="s">
-        <x:v>489</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="G134" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H134" s="3" t="s">
-        <x:v>490</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="I134" s="3" t="s">
-        <x:v>491</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J134" s="4" t="n">
-        <x:v>996936.64</x:v>
+        <x:v>509725.57</x:v>
       </x:c>
       <x:c r="K134" s="4" t="n">
-        <x:v>939781.21</x:v>
+        <x:v>480502.47</x:v>
       </x:c>
       <x:c r="L134" s="4" t="n">
-        <x:v>57155.43</x:v>
+        <x:v>29223.1</x:v>
       </x:c>
       <x:c r="M134" s="4" t="n">
-        <x:v>874824.9</x:v>
+        <x:v>447290.87</x:v>
       </x:c>
       <x:c r="N134" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O134" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:15">
       <x:c r="A135" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
-        <x:v>492</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E135" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F135" s="3" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H135" s="3" t="s">
-        <x:v>494</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I135" s="3" t="s">
-        <x:v>495</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="J135" s="4" t="n">
-        <x:v>144737.45</x:v>
+        <x:v>74003.08</x:v>
       </x:c>
       <x:c r="K135" s="4" t="n">
-        <x:v>144737.45</x:v>
+        <x:v>74003.08</x:v>
       </x:c>
       <x:c r="L135" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M135" s="4" t="n">
-        <x:v>144274.92</x:v>
+        <x:v>73766.59</x:v>
       </x:c>
       <x:c r="N135" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O135" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:15">
       <x:c r="A136" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
-        <x:v>496</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D136" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E136" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F136" s="3" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H136" s="3" t="s">
-        <x:v>498</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I136" s="3" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="J136" s="4" t="n">
-        <x:v>191890</x:v>
+        <x:v>98111.79</x:v>
       </x:c>
       <x:c r="K136" s="4" t="n">
-        <x:v>191890</x:v>
+        <x:v>98111.79</x:v>
       </x:c>
       <x:c r="L136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M136" s="4" t="n">
-        <x:v>176392.46</x:v>
+        <x:v>90188.03</x:v>
       </x:c>
       <x:c r="N136" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O136" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:15">
       <x:c r="A137" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E137" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F137" s="3" t="s">
-        <x:v>501</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H137" s="3" t="s">
-        <x:v>502</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I137" s="3" t="s">
-        <x:v>503</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="J137" s="4" t="n">
-        <x:v>162890.69</x:v>
+        <x:v>83284.66</x:v>
       </x:c>
       <x:c r="K137" s="4" t="n">
-        <x:v>162890.69</x:v>
+        <x:v>83284.66</x:v>
       </x:c>
       <x:c r="L137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M137" s="4" t="n">
-        <x:v>162890.69</x:v>
+        <x:v>83284.7</x:v>
       </x:c>
       <x:c r="N137" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O137" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:15">
       <x:c r="A138" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D138" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E138" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F138" s="3" t="s">
-        <x:v>505</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H138" s="3" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I138" s="3" t="s">
-        <x:v>507</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="J138" s="4" t="n">
-        <x:v>196890</x:v>
+        <x:v>100668.26</x:v>
       </x:c>
       <x:c r="K138" s="4" t="n">
-        <x:v>196890</x:v>
+        <x:v>100668.26</x:v>
       </x:c>
       <x:c r="L138" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M138" s="4" t="n">
-        <x:v>147232.34</x:v>
+        <x:v>75278.7</x:v>
       </x:c>
       <x:c r="N138" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O138" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:15">
       <x:c r="A139" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
-        <x:v>508</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E139" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F139" s="3" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="G139" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H139" s="3" t="s">
-        <x:v>510</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="I139" s="3" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="J139" s="4" t="n">
-        <x:v>433501.23</x:v>
+        <x:v>221645.66</x:v>
       </x:c>
       <x:c r="K139" s="4" t="n">
-        <x:v>429735.5</x:v>
+        <x:v>219720.28</x:v>
       </x:c>
       <x:c r="L139" s="4" t="n">
-        <x:v>3765.73</x:v>
+        <x:v>1925.38</x:v>
       </x:c>
       <x:c r="M139" s="4" t="n">
-        <x:v>397290.35</x:v>
+        <x:v>203131.33</x:v>
       </x:c>
       <x:c r="N139" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O139" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:15">
       <x:c r="A140" s="3" t="s">
-        <x:v>351</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D140" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E140" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F140" s="3" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H140" s="3" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I140" s="3" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="J140" s="4" t="n">
-        <x:v>838500.86</x:v>
+        <x:v>428718.63</x:v>
       </x:c>
       <x:c r="K140" s="4" t="n">
-        <x:v>811676.59</x:v>
+        <x:v>415003.61</x:v>
       </x:c>
       <x:c r="L140" s="4" t="n">
-        <x:v>26824.27</x:v>
+        <x:v>13715.02</x:v>
       </x:c>
       <x:c r="M140" s="4" t="n">
-        <x:v>811676.59</x:v>
+        <x:v>415003.65</x:v>
       </x:c>
       <x:c r="N140" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O140" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:15">
       <x:c r="A141" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E141" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F141" s="3" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H141" s="3" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I141" s="3" t="s">
-        <x:v>519</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J141" s="4" t="n">
-        <x:v>198573.1</x:v>
+        <x:v>101528.83</x:v>
       </x:c>
       <x:c r="K141" s="4" t="n">
-        <x:v>198573.1</x:v>
+        <x:v>101528.83</x:v>
       </x:c>
       <x:c r="L141" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M141" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N141" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O141" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:15">
       <x:c r="A142" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
-        <x:v>520</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D142" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E142" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F142" s="3" t="s">
-        <x:v>521</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H142" s="3" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I142" s="3" t="s">
-        <x:v>523</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J142" s="4" t="n">
-        <x:v>191840</x:v>
+        <x:v>98086.22</x:v>
       </x:c>
       <x:c r="K142" s="4" t="n">
-        <x:v>191840</x:v>
+        <x:v>98086.22</x:v>
       </x:c>
       <x:c r="L142" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M142" s="4" t="n">
-        <x:v>132396.19</x:v>
+        <x:v>67693.1</x:v>
       </x:c>
       <x:c r="N142" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O142" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:15">
       <x:c r="A143" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
-        <x:v>524</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E143" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F143" s="3" t="s">
-        <x:v>525</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H143" s="3" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I143" s="3" t="s">
-        <x:v>527</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="J143" s="4" t="n">
-        <x:v>193980</x:v>
+        <x:v>99180.39</x:v>
       </x:c>
       <x:c r="K143" s="4" t="n">
-        <x:v>193980</x:v>
+        <x:v>99180.39</x:v>
       </x:c>
       <x:c r="L143" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M143" s="4" t="n">
-        <x:v>193965.64</x:v>
+        <x:v>99173.06</x:v>
       </x:c>
       <x:c r="N143" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O143" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:15">
       <x:c r="A144" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
-        <x:v>528</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D144" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E144" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F144" s="3" t="s">
-        <x:v>529</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H144" s="3" t="s">
-        <x:v>530</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I144" s="3" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J144" s="4" t="n">
-        <x:v>188299.14</x:v>
+        <x:v>96275.84</x:v>
       </x:c>
       <x:c r="K144" s="4" t="n">
-        <x:v>188299.14</x:v>
+        <x:v>96275.84</x:v>
       </x:c>
       <x:c r="L144" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M144" s="4" t="n">
-        <x:v>185866.15</x:v>
+        <x:v>95031.86</x:v>
       </x:c>
       <x:c r="N144" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O144" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:15">
       <x:c r="A145" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
-        <x:v>532</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s">
-        <x:v>533</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E145" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F145" s="3" t="s">
-        <x:v>534</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H145" s="3" t="s">
-        <x:v>535</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I145" s="3" t="s">
-        <x:v>536</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="J145" s="4" t="n">
-        <x:v>186327</x:v>
+        <x:v>95267.48</x:v>
       </x:c>
       <x:c r="K145" s="4" t="n">
-        <x:v>186327</x:v>
+        <x:v>95267.48</x:v>
       </x:c>
       <x:c r="L145" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M145" s="4" t="n">
-        <x:v>182651.42</x:v>
+        <x:v>93388.19</x:v>
       </x:c>
       <x:c r="N145" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O145" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:15">
       <x:c r="A146" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D146" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E146" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F146" s="3" t="s">
-        <x:v>538</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H146" s="3" t="s">
-        <x:v>539</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="I146" s="3" t="s">
-        <x:v>540</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="J146" s="4" t="n">
-        <x:v>275903.34</x:v>
+        <x:v>141067.13</x:v>
       </x:c>
       <x:c r="K146" s="4" t="n">
-        <x:v>275903.34</x:v>
+        <x:v>141067.13</x:v>
       </x:c>
       <x:c r="L146" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M146" s="4" t="n">
-        <x:v>275903.34</x:v>
+        <x:v>141067.14</x:v>
       </x:c>
       <x:c r="N146" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O146" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:15">
       <x:c r="A147" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
-        <x:v>541</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E147" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F147" s="3" t="s">
-        <x:v>542</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H147" s="3" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I147" s="3" t="s">
-        <x:v>544</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="J147" s="4" t="n">
-        <x:v>195448</x:v>
+        <x:v>99930.99</x:v>
       </x:c>
       <x:c r="K147" s="4" t="n">
-        <x:v>195448</x:v>
+        <x:v>99930.99</x:v>
       </x:c>
       <x:c r="L147" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M147" s="4" t="n">
-        <x:v>173729.13</x:v>
+        <x:v>88826.29</x:v>
       </x:c>
       <x:c r="N147" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O147" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:15">
       <x:c r="A148" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
-        <x:v>545</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D148" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E148" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F148" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H148" s="3" t="s">
-        <x:v>546</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I148" s="3" t="s">
-        <x:v>547</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="J148" s="4" t="n">
-        <x:v>195550.93</x:v>
+        <x:v>99983.62</x:v>
       </x:c>
       <x:c r="K148" s="4" t="n">
-        <x:v>195550.93</x:v>
+        <x:v>99983.62</x:v>
       </x:c>
       <x:c r="L148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M148" s="4" t="n">
-        <x:v>172172.02</x:v>
+        <x:v>88030.16</x:v>
       </x:c>
       <x:c r="N148" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O148" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:15">
       <x:c r="A149" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
-        <x:v>548</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E149" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F149" s="3" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H149" s="3" t="s">
-        <x:v>550</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I149" s="3" t="s">
-        <x:v>551</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="J149" s="4" t="n">
-        <x:v>199080</x:v>
+        <x:v>101787.99</x:v>
       </x:c>
       <x:c r="K149" s="4" t="n">
-        <x:v>199080</x:v>
+        <x:v>101787.99</x:v>
       </x:c>
       <x:c r="L149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M149" s="4" t="n">
-        <x:v>183257.88</x:v>
+        <x:v>93698.26</x:v>
       </x:c>
       <x:c r="N149" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O149" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:15">
       <x:c r="A150" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
-        <x:v>552</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D150" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E150" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F150" s="3" t="s">
-        <x:v>554</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H150" s="3" t="s">
-        <x:v>555</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="I150" s="3" t="s">
-        <x:v>556</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="J150" s="4" t="n">
-        <x:v>187909.3</x:v>
+        <x:v>96076.5</x:v>
       </x:c>
       <x:c r="K150" s="4" t="n">
-        <x:v>187909.3</x:v>
+        <x:v>96076.5</x:v>
       </x:c>
       <x:c r="L150" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M150" s="4" t="n">
-        <x:v>187579.58</x:v>
+        <x:v>95907.91</x:v>
       </x:c>
       <x:c r="N150" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O150" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:15">
       <x:c r="A151" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
-        <x:v>557</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E151" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F151" s="3" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H151" s="3" t="s">
-        <x:v>559</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I151" s="3" t="s">
-        <x:v>560</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="J151" s="4" t="n">
-        <x:v>168251.2</x:v>
+        <x:v>86025.47</x:v>
       </x:c>
       <x:c r="K151" s="4" t="n">
-        <x:v>168251.2</x:v>
+        <x:v>86025.47</x:v>
       </x:c>
       <x:c r="L151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M151" s="4" t="n">
-        <x:v>166745.3</x:v>
+        <x:v>85255.51</x:v>
       </x:c>
       <x:c r="N151" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O151" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:15">
       <x:c r="A152" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D152" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E152" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F152" s="3" t="s">
-        <x:v>562</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H152" s="3" t="s">
-        <x:v>563</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="I152" s="3" t="s">
-        <x:v>564</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="J152" s="4" t="n">
-        <x:v>156924.92</x:v>
+        <x:v>80234.43</x:v>
       </x:c>
       <x:c r="K152" s="4" t="n">
-        <x:v>156924.92</x:v>
+        <x:v>80234.43</x:v>
       </x:c>
       <x:c r="L152" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M152" s="4" t="n">
-        <x:v>146159.4</x:v>
+        <x:v>74730.12</x:v>
       </x:c>
       <x:c r="N152" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O152" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:15">
       <x:c r="A153" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E153" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F153" s="3" t="s">
-        <x:v>566</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H153" s="3" t="s">
-        <x:v>567</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="I153" s="3" t="s">
-        <x:v>568</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="J153" s="4" t="n">
-        <x:v>198770</x:v>
+        <x:v>101629.48</x:v>
       </x:c>
       <x:c r="K153" s="4" t="n">
-        <x:v>198770</x:v>
+        <x:v>101629.48</x:v>
       </x:c>
       <x:c r="L153" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M153" s="4" t="n">
-        <x:v>198768.03</x:v>
+        <x:v>101628.48</x:v>
       </x:c>
       <x:c r="N153" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O153" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:15">
       <x:c r="A154" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
-        <x:v>569</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D154" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E154" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F154" s="3" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H154" s="3" t="s">
-        <x:v>571</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I154" s="3" t="s">
-        <x:v>572</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J154" s="4" t="n">
-        <x:v>194780.1</x:v>
+        <x:v>99589.48</x:v>
       </x:c>
       <x:c r="K154" s="4" t="n">
-        <x:v>194780.1</x:v>
+        <x:v>99589.48</x:v>
       </x:c>
       <x:c r="L154" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M154" s="4" t="n">
-        <x:v>181653.48</x:v>
+        <x:v>92877.95</x:v>
       </x:c>
       <x:c r="N154" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O154" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:15">
       <x:c r="A155" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
-        <x:v>573</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E155" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F155" s="3" t="s">
-        <x:v>574</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H155" s="3" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I155" s="3" t="s">
-        <x:v>576</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="J155" s="4" t="n">
-        <x:v>181758.2</x:v>
+        <x:v>92931.48</x:v>
       </x:c>
       <x:c r="K155" s="4" t="n">
-        <x:v>181758.2</x:v>
+        <x:v>92931.48</x:v>
       </x:c>
       <x:c r="L155" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M155" s="4" t="n">
-        <x:v>180465.32</x:v>
+        <x:v>92270.46</x:v>
       </x:c>
       <x:c r="N155" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O155" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:15">
       <x:c r="A156" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D156" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E156" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F156" s="3" t="s">
-        <x:v>578</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H156" s="3" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I156" s="3" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="J156" s="4" t="n">
-        <x:v>199886</x:v>
+        <x:v>102200.09</x:v>
       </x:c>
       <x:c r="K156" s="4" t="n">
-        <x:v>199886</x:v>
+        <x:v>102200.09</x:v>
       </x:c>
       <x:c r="L156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M156" s="4" t="n">
-        <x:v>199347.12</x:v>
+        <x:v>101924.57</x:v>
       </x:c>
       <x:c r="N156" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O156" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:15">
       <x:c r="A157" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E157" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F157" s="3" t="s">
-        <x:v>582</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
-        <x:v>583</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="H157" s="3" t="s">
-        <x:v>584</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="I157" s="3" t="s">
-        <x:v>585</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="J157" s="4" t="n">
-        <x:v>189160</x:v>
+        <x:v>96715.97</x:v>
       </x:c>
       <x:c r="K157" s="4" t="n">
-        <x:v>189160</x:v>
+        <x:v>96715.97</x:v>
       </x:c>
       <x:c r="L157" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M157" s="4" t="n">
-        <x:v>188903.86</x:v>
+        <x:v>96585.01</x:v>
       </x:c>
       <x:c r="N157" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O157" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:15">
       <x:c r="A158" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
-        <x:v>586</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D158" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E158" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F158" s="3" t="s">
-        <x:v>587</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H158" s="3" t="s">
-        <x:v>588</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="I158" s="3" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="J158" s="4" t="n">
-        <x:v>152033.11</x:v>
+        <x:v>77733.28</x:v>
       </x:c>
       <x:c r="K158" s="4" t="n">
-        <x:v>152033.11</x:v>
+        <x:v>77733.28</x:v>
       </x:c>
       <x:c r="L158" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M158" s="4" t="n">
-        <x:v>149564.71</x:v>
+        <x:v>76471.22</x:v>
       </x:c>
       <x:c r="N158" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="O158" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:15">
       <x:c r="A159" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
-        <x:v>590</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E159" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F159" s="3" t="s">
-        <x:v>591</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H159" s="3" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="I159" s="3" t="s">
-        <x:v>593</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="J159" s="4" t="n">
-        <x:v>360322.4</x:v>
+        <x:v>184229.94</x:v>
       </x:c>
       <x:c r="K159" s="4" t="n">
-        <x:v>345866.75</x:v>
+        <x:v>176838.88</x:v>
       </x:c>
       <x:c r="L159" s="4" t="n">
-        <x:v>14455.65</x:v>
+        <x:v>7391.06</x:v>
       </x:c>
       <x:c r="M159" s="4" t="n">
-        <x:v>345866.75</x:v>
+        <x:v>176838.87</x:v>
       </x:c>
       <x:c r="N159" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O159" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:15">
       <x:c r="A160" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
-        <x:v>594</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C160" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D160" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E160" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F160" s="3" t="s">
-        <x:v>595</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="G160" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H160" s="3" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I160" s="3" t="s">
-        <x:v>597</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="J160" s="4" t="n">
-        <x:v>358278.67</x:v>
+        <x:v>183185.05</x:v>
       </x:c>
       <x:c r="K160" s="4" t="n">
-        <x:v>358278.67</x:v>
+        <x:v>183185.05</x:v>
       </x:c>
       <x:c r="L160" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M160" s="4" t="n">
-        <x:v>358278.67</x:v>
+        <x:v>183184.97</x:v>
       </x:c>
       <x:c r="N160" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O160" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:15">
       <x:c r="A161" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
-        <x:v>598</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E161" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F161" s="3" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H161" s="3" t="s">
-        <x:v>600</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I161" s="3" t="s">
-        <x:v>601</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="J161" s="4" t="n">
-        <x:v>199560.84</x:v>
+        <x:v>102033.85</x:v>
       </x:c>
       <x:c r="K161" s="4" t="n">
-        <x:v>199560.84</x:v>
+        <x:v>102033.85</x:v>
       </x:c>
       <x:c r="L161" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M161" s="4" t="n">
-        <x:v>199335.82</x:v>
+        <x:v>101918.79</x:v>
       </x:c>
       <x:c r="N161" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O161" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:15">
       <x:c r="A162" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
-        <x:v>602</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D162" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E162" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F162" s="3" t="s">
-        <x:v>603</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H162" s="3" t="s">
-        <x:v>604</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="I162" s="3" t="s">
-        <x:v>605</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="J162" s="4" t="n">
-        <x:v>345004.32</x:v>
+        <x:v>176397.95</x:v>
       </x:c>
       <x:c r="K162" s="4" t="n">
-        <x:v>309851.18</x:v>
+        <x:v>158424.44</x:v>
       </x:c>
       <x:c r="L162" s="4" t="n">
-        <x:v>35153.14</x:v>
+        <x:v>17973.51</x:v>
       </x:c>
       <x:c r="M162" s="4" t="n">
-        <x:v>309851.18</x:v>
+        <x:v>158424.41</x:v>
       </x:c>
       <x:c r="N162" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O162" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:15">
       <x:c r="A163" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
-        <x:v>606</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E163" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F163" s="3" t="s">
-        <x:v>607</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H163" s="3" t="s">
-        <x:v>608</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I163" s="3" t="s">
-        <x:v>609</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="J163" s="4" t="n">
-        <x:v>194419.36</x:v>
+        <x:v>99405.03</x:v>
       </x:c>
       <x:c r="K163" s="4" t="n">
-        <x:v>194419.36</x:v>
+        <x:v>99405.03</x:v>
       </x:c>
       <x:c r="L163" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M163" s="4" t="n">
-        <x:v>193644.4</x:v>
+        <x:v>99008.81</x:v>
       </x:c>
       <x:c r="N163" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O163" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:15">
       <x:c r="A164" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
-        <x:v>610</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D164" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E164" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F164" s="3" t="s">
-        <x:v>611</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H164" s="3" t="s">
-        <x:v>612</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="I164" s="3" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J164" s="4" t="n">
-        <x:v>194397.23</x:v>
+        <x:v>99393.74</x:v>
       </x:c>
       <x:c r="K164" s="4" t="n">
-        <x:v>194397.23</x:v>
+        <x:v>99393.74</x:v>
       </x:c>
       <x:c r="L164" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M164" s="4" t="n">
-        <x:v>193623.56</x:v>
+        <x:v>98998.16</x:v>
       </x:c>
       <x:c r="N164" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O164" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:15">
       <x:c r="A165" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
-        <x:v>614</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E165" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F165" s="3" t="s">
-        <x:v>615</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H165" s="3" t="s">
-        <x:v>616</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I165" s="3" t="s">
-        <x:v>617</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="J165" s="4" t="n">
-        <x:v>174492.85</x:v>
+        <x:v>89216.79</x:v>
       </x:c>
       <x:c r="K165" s="4" t="n">
-        <x:v>174492.85</x:v>
+        <x:v>89216.79</x:v>
       </x:c>
       <x:c r="L165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M165" s="4" t="n">
-        <x:v>162348.04</x:v>
+        <x:v>83007.24</x:v>
       </x:c>
       <x:c r="N165" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O165" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:15">
       <x:c r="A166" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
-        <x:v>618</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D166" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E166" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F166" s="3" t="s">
-        <x:v>619</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H166" s="3" t="s">
-        <x:v>620</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="I166" s="3" t="s">
-        <x:v>621</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="J166" s="4" t="n">
-        <x:v>185511.7</x:v>
+        <x:v>94850.62</x:v>
       </x:c>
       <x:c r="K166" s="4" t="n">
-        <x:v>185511.7</x:v>
+        <x:v>94850.62</x:v>
       </x:c>
       <x:c r="L166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M166" s="4" t="n">
-        <x:v>162722.97</x:v>
+        <x:v>83198.94</x:v>
       </x:c>
       <x:c r="N166" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O166" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:15">
       <x:c r="A167" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
-        <x:v>622</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E167" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F167" s="3" t="s">
-        <x:v>623</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H167" s="3" t="s">
-        <x:v>624</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I167" s="3" t="s">
-        <x:v>625</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="J167" s="4" t="n">
-        <x:v>198737.56</x:v>
+        <x:v>101612.92</x:v>
       </x:c>
       <x:c r="K167" s="4" t="n">
-        <x:v>198737.56</x:v>
+        <x:v>101612.92</x:v>
       </x:c>
       <x:c r="L167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M167" s="4" t="n">
-        <x:v>183455.71</x:v>
+        <x:v>93799.42</x:v>
       </x:c>
       <x:c r="N167" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O167" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:15">
       <x:c r="A168" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
-        <x:v>626</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D168" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E168" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F168" s="3" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
-        <x:v>628</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H168" s="3" t="s">
-        <x:v>629</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="I168" s="3" t="s">
-        <x:v>630</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="J168" s="4" t="n">
-        <x:v>190883</x:v>
+        <x:v>97596.91</x:v>
       </x:c>
       <x:c r="K168" s="4" t="n">
-        <x:v>190883</x:v>
+        <x:v>97596.91</x:v>
       </x:c>
       <x:c r="L168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M168" s="4" t="n">
-        <x:v>173620</x:v>
+        <x:v>88770.5</x:v>
       </x:c>
       <x:c r="N168" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O168" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:15">
       <x:c r="A169" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
-        <x:v>631</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E169" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F169" s="3" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="H169" s="3" t="s">
-        <x:v>633</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="I169" s="3" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="J169" s="4" t="n">
-        <x:v>194815.5</x:v>
+        <x:v>99607.57</x:v>
       </x:c>
       <x:c r="K169" s="4" t="n">
-        <x:v>194815.5</x:v>
+        <x:v>99607.57</x:v>
       </x:c>
       <x:c r="L169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M169" s="4" t="n">
-        <x:v>192064.92</x:v>
+        <x:v>98201.24</x:v>
       </x:c>
       <x:c r="N169" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O169" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:15">
       <x:c r="A170" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
-        <x:v>635</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D170" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E170" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F170" s="3" t="s">
-        <x:v>636</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H170" s="3" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I170" s="3" t="s">
-        <x:v>638</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="J170" s="4" t="n">
-        <x:v>192742</x:v>
+        <x:v>98547.42</x:v>
       </x:c>
       <x:c r="K170" s="4" t="n">
-        <x:v>192742</x:v>
+        <x:v>98547.42</x:v>
       </x:c>
       <x:c r="L170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M170" s="4" t="n">
-        <x:v>186945</x:v>
+        <x:v>95583.47</x:v>
       </x:c>
       <x:c r="N170" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O170" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:15">
       <x:c r="A171" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E171" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F171" s="3" t="s">
-        <x:v>640</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H171" s="3" t="s">
-        <x:v>641</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I171" s="3" t="s">
-        <x:v>642</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J171" s="4" t="n">
-        <x:v>198000</x:v>
+        <x:v>101235.79</x:v>
       </x:c>
       <x:c r="K171" s="4" t="n">
-        <x:v>198000</x:v>
+        <x:v>101235.79</x:v>
       </x:c>
       <x:c r="L171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M171" s="4" t="n">
-        <x:v>194515.45</x:v>
+        <x:v>99454.17</x:v>
       </x:c>
       <x:c r="N171" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O171" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:15">
       <x:c r="A172" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
-        <x:v>643</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D172" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E172" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F172" s="3" t="s">
-        <x:v>644</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H172" s="3" t="s">
-        <x:v>645</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I172" s="3" t="s">
-        <x:v>646</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J172" s="4" t="n">
-        <x:v>194020.09</x:v>
+        <x:v>99200.91</x:v>
       </x:c>
       <x:c r="K172" s="4" t="n">
-        <x:v>194020.09</x:v>
+        <x:v>99200.91</x:v>
       </x:c>
       <x:c r="L172" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M172" s="4" t="n">
-        <x:v>193603.01</x:v>
+        <x:v>98987.64</x:v>
       </x:c>
       <x:c r="N172" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O172" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:15">
       <x:c r="A173" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B173" s="3" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E173" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F173" s="3" t="s">
-        <x:v>648</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H173" s="3" t="s">
-        <x:v>649</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I173" s="3" t="s">
-        <x:v>650</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J173" s="4" t="n">
-        <x:v>197856.03</x:v>
+        <x:v>101162.18</x:v>
       </x:c>
       <x:c r="K173" s="4" t="n">
-        <x:v>197856.03</x:v>
+        <x:v>101162.18</x:v>
       </x:c>
       <x:c r="L173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N173" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="O173" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:15">
       <x:c r="A174" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B174" s="3" t="s">
-        <x:v>647</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C174" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D174" s="3" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E174" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F174" s="3" t="s">
-        <x:v>651</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="G174" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H174" s="3" t="s">
-        <x:v>652</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I174" s="3" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="J174" s="4" t="n">
-        <x:v>307760.32</x:v>
+        <x:v>157355.35</x:v>
       </x:c>
       <x:c r="K174" s="4" t="n">
-        <x:v>307760.32</x:v>
+        <x:v>157355.35</x:v>
       </x:c>
       <x:c r="L174" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M174" s="4" t="n">
-        <x:v>307760.32</x:v>
+        <x:v>157355.36</x:v>
       </x:c>
       <x:c r="N174" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O174" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:15">
       <x:c r="A175" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B175" s="3" t="s">
-        <x:v>654</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E175" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F175" s="3" t="s">
-        <x:v>655</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="G175" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H175" s="3" t="s">
-        <x:v>656</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I175" s="3" t="s">
-        <x:v>657</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J175" s="4" t="n">
-        <x:v>345361.36</x:v>
+        <x:v>176580.52</x:v>
       </x:c>
       <x:c r="K175" s="4" t="n">
-        <x:v>345361.36</x:v>
+        <x:v>176580.52</x:v>
       </x:c>
       <x:c r="L175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M175" s="4" t="n">
-        <x:v>345361.36</x:v>
+        <x:v>176580.46</x:v>
       </x:c>
       <x:c r="N175" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O175" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:15">
       <x:c r="A176" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B176" s="3" t="s">
-        <x:v>658</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="C176" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D176" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E176" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F176" s="3" t="s">
-        <x:v>659</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="G176" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H176" s="3" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="I176" s="3" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="J176" s="4" t="n">
-        <x:v>156426</x:v>
+        <x:v>79979.33</x:v>
       </x:c>
       <x:c r="K176" s="4" t="n">
-        <x:v>156426</x:v>
+        <x:v>79979.33</x:v>
       </x:c>
       <x:c r="L176" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M176" s="4" t="n">
-        <x:v>109929.16</x:v>
+        <x:v>56205.89</x:v>
       </x:c>
       <x:c r="N176" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O176" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:15">
       <x:c r="A177" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B177" s="3" t="s">
-        <x:v>662</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E177" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F177" s="3" t="s">
-        <x:v>663</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="G177" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H177" s="3" t="s">
-        <x:v>664</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="I177" s="3" t="s">
-        <x:v>665</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="J177" s="4" t="n">
-        <x:v>139992.88</x:v>
+        <x:v>71577.24</x:v>
       </x:c>
       <x:c r="K177" s="4" t="n">
-        <x:v>139992.88</x:v>
+        <x:v>71577.24</x:v>
       </x:c>
       <x:c r="L177" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M177" s="4" t="n">
-        <x:v>136573.58</x:v>
+        <x:v>69828.96</x:v>
       </x:c>
       <x:c r="N177" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O177" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:15">
       <x:c r="A178" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B178" s="3" t="s">
-        <x:v>666</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C178" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D178" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E178" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F178" s="3" t="s">
-        <x:v>667</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="G178" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H178" s="3" t="s">
-        <x:v>668</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I178" s="3" t="s">
-        <x:v>669</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="J178" s="4" t="n">
-        <x:v>195532.31</x:v>
+        <x:v>99974.06</x:v>
       </x:c>
       <x:c r="K178" s="4" t="n">
-        <x:v>195532.31</x:v>
+        <x:v>99974.06</x:v>
       </x:c>
       <x:c r="L178" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M178" s="4" t="n">
-        <x:v>184444.69</x:v>
+        <x:v>94305.07</x:v>
       </x:c>
       <x:c r="N178" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O178" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:15">
       <x:c r="A179" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B179" s="3" t="s">
-        <x:v>670</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E179" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F179" s="3" t="s">
-        <x:v>671</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="G179" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H179" s="3" t="s">
-        <x:v>672</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I179" s="3" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="J179" s="4" t="n">
-        <x:v>13430833.71</x:v>
+        <x:v>6867076.22</x:v>
       </x:c>
       <x:c r="K179" s="4" t="n">
-        <x:v>13430833.71</x:v>
+        <x:v>6867076.22</x:v>
       </x:c>
       <x:c r="L179" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M179" s="4" t="n">
-        <x:v>13430833.71</x:v>
+        <x:v>6867076.24</x:v>
       </x:c>
       <x:c r="N179" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="O179" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:15">
       <x:c r="A180" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B180" s="3" t="s">
-        <x:v>674</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C180" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D180" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E180" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F180" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="G180" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H180" s="3" t="s">
-        <x:v>675</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I180" s="3" t="s">
-        <x:v>676</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J180" s="4" t="n">
-        <x:v>191105.71</x:v>
+        <x:v>97710.77</x:v>
       </x:c>
       <x:c r="K180" s="4" t="n">
-        <x:v>191105.71</x:v>
+        <x:v>97710.77</x:v>
       </x:c>
       <x:c r="L180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M180" s="4" t="n">
-        <x:v>189609.58</x:v>
+        <x:v>96945.84</x:v>
       </x:c>
       <x:c r="N180" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O180" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:15">
       <x:c r="A181" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B181" s="3" t="s">
-        <x:v>677</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E181" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F181" s="3" t="s">
-        <x:v>678</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="G181" s="3" t="s">
-        <x:v>437</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H181" s="3" t="s">
-        <x:v>679</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I181" s="3" t="s">
-        <x:v>680</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="J181" s="4" t="n">
-        <x:v>87044.9</x:v>
+        <x:v>44505.34</x:v>
       </x:c>
       <x:c r="K181" s="4" t="n">
-        <x:v>87044.9</x:v>
+        <x:v>44505.34</x:v>
       </x:c>
       <x:c r="L181" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M181" s="4" t="n">
-        <x:v>71110.09</x:v>
+        <x:v>36358.01</x:v>
       </x:c>
       <x:c r="N181" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O181" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:15">
       <x:c r="A182" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B182" s="3" t="s">
-        <x:v>681</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C182" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D182" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E182" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F182" s="3" t="s">
-        <x:v>682</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="G182" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H182" s="3" t="s">
-        <x:v>683</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="I182" s="3" t="s">
-        <x:v>684</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="J182" s="4" t="n">
-        <x:v>159005.05</x:v>
+        <x:v>81298.02</x:v>
       </x:c>
       <x:c r="K182" s="4" t="n">
-        <x:v>159005.05</x:v>
+        <x:v>81298.02</x:v>
       </x:c>
       <x:c r="L182" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M182" s="4" t="n">
-        <x:v>135260.59</x:v>
+        <x:v>69157.64</x:v>
       </x:c>
       <x:c r="N182" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O182" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:15">
       <x:c r="A183" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B183" s="3" t="s">
-        <x:v>685</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E183" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F183" s="3" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="G183" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H183" s="3" t="s">
-        <x:v>687</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="I183" s="3" t="s">
-        <x:v>688</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="J183" s="4" t="n">
-        <x:v>168393.58</x:v>
+        <x:v>86098.28</x:v>
       </x:c>
       <x:c r="K183" s="4" t="n">
-        <x:v>168393.58</x:v>
+        <x:v>86098.28</x:v>
       </x:c>
       <x:c r="L183" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M183" s="4" t="n">
-        <x:v>113284.39</x:v>
+        <x:v>57921.39</x:v>
       </x:c>
       <x:c r="N183" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O183" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:15">
       <x:c r="A184" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B184" s="3" t="s">
-        <x:v>689</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C184" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D184" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E184" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F184" s="3" t="s">
-        <x:v>690</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="G184" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H184" s="3" t="s">
-        <x:v>691</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="I184" s="3" t="s">
-        <x:v>692</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="J184" s="4" t="n">
-        <x:v>366437.98</x:v>
+        <x:v>187356.76</x:v>
       </x:c>
       <x:c r="K184" s="4" t="n">
-        <x:v>329794.18</x:v>
+        <x:v>168621.12</x:v>
       </x:c>
       <x:c r="L184" s="4" t="n">
-        <x:v>36643.8</x:v>
+        <x:v>18735.64</x:v>
       </x:c>
       <x:c r="M184" s="4" t="n">
-        <x:v>329794.18</x:v>
+        <x:v>168621.09</x:v>
       </x:c>
       <x:c r="N184" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="O184" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:15">
       <x:c r="A185" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B185" s="3" t="s">
-        <x:v>693</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E185" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F185" s="3" t="s">
-        <x:v>694</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="G185" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H185" s="3" t="s">
-        <x:v>695</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I185" s="3" t="s">
-        <x:v>696</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="J185" s="4" t="n">
-        <x:v>199980</x:v>
+        <x:v>102248.13</x:v>
       </x:c>
       <x:c r="K185" s="4" t="n">
-        <x:v>199980</x:v>
+        <x:v>102248.13</x:v>
       </x:c>
       <x:c r="L185" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M185" s="4" t="n">
-        <x:v>194934</x:v>
+        <x:v>99668.17</x:v>
       </x:c>
       <x:c r="N185" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O185" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:15">
       <x:c r="A186" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B186" s="3" t="s">
-        <x:v>697</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C186" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D186" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E186" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F186" s="3" t="s">
-        <x:v>698</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="G186" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H186" s="3" t="s">
-        <x:v>699</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I186" s="3" t="s">
-        <x:v>700</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="J186" s="4" t="n">
-        <x:v>182403.63</x:v>
+        <x:v>93261.49</x:v>
       </x:c>
       <x:c r="K186" s="4" t="n">
-        <x:v>182403.63</x:v>
+        <x:v>93261.49</x:v>
       </x:c>
       <x:c r="L186" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M186" s="4" t="n">
-        <x:v>165953.63</x:v>
+        <x:v>84850.74</x:v>
       </x:c>
       <x:c r="N186" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O186" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:15">
       <x:c r="A187" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B187" s="3" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E187" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F187" s="3" t="s">
-        <x:v>702</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="G187" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H187" s="3" t="s">
-        <x:v>703</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I187" s="3" t="s">
-        <x:v>704</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="J187" s="4" t="n">
-        <x:v>106566</x:v>
+        <x:v>54486.32</x:v>
       </x:c>
       <x:c r="K187" s="4" t="n">
-        <x:v>106566</x:v>
+        <x:v>54486.32</x:v>
       </x:c>
       <x:c r="L187" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M187" s="4" t="n">
-        <x:v>98414.43</x:v>
+        <x:v>50318.51</x:v>
       </x:c>
       <x:c r="N187" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O187" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:15">
       <x:c r="A188" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B188" s="3" t="s">
-        <x:v>705</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C188" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D188" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E188" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F188" s="3" t="s">
-        <x:v>706</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="G188" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H188" s="3" t="s">
-        <x:v>707</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I188" s="3" t="s">
-        <x:v>708</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="J188" s="4" t="n">
-        <x:v>138500</x:v>
+        <x:v>70813.93</x:v>
       </x:c>
       <x:c r="K188" s="4" t="n">
-        <x:v>138500</x:v>
+        <x:v>70813.93</x:v>
       </x:c>
       <x:c r="L188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M188" s="4" t="n">
-        <x:v>138495.72</x:v>
+        <x:v>70811.74</x:v>
       </x:c>
       <x:c r="N188" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O188" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:15">
       <x:c r="A189" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B189" s="3" t="s">
-        <x:v>709</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E189" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F189" s="3" t="s">
-        <x:v>710</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="G189" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="H189" s="3" t="s">
-        <x:v>711</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I189" s="3" t="s">
-        <x:v>712</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="J189" s="4" t="n">
-        <x:v>114848.01</x:v>
+        <x:v>58720.86</x:v>
       </x:c>
       <x:c r="K189" s="4" t="n">
-        <x:v>113270.7</x:v>
+        <x:v>57914.39</x:v>
       </x:c>
       <x:c r="L189" s="4" t="n">
-        <x:v>1577.31</x:v>
+        <x:v>806.47</x:v>
       </x:c>
       <x:c r="M189" s="4" t="n">
-        <x:v>113270.7</x:v>
+        <x:v>57914.4</x:v>
       </x:c>
       <x:c r="N189" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O189" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:15">
       <x:c r="A190" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B190" s="3" t="s">
-        <x:v>713</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C190" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D190" s="3" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E190" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F190" s="3" t="s">
-        <x:v>715</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="G190" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H190" s="3" t="s">
-        <x:v>716</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I190" s="3" t="s">
-        <x:v>717</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="J190" s="4" t="n">
-        <x:v>358145.92</x:v>
+        <x:v>183117.12</x:v>
       </x:c>
       <x:c r="K190" s="4" t="n">
-        <x:v>358145.92</x:v>
+        <x:v>183117.12</x:v>
       </x:c>
       <x:c r="L190" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M190" s="4" t="n">
-        <x:v>358145.92</x:v>
+        <x:v>183117.1</x:v>
       </x:c>
       <x:c r="N190" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O190" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:15">
       <x:c r="A191" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B191" s="3" t="s">
-        <x:v>718</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E191" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F191" s="3" t="s">
-        <x:v>719</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="G191" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H191" s="3" t="s">
-        <x:v>720</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I191" s="3" t="s">
-        <x:v>721</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="J191" s="4" t="n">
-        <x:v>195559.21</x:v>
+        <x:v>99987.82</x:v>
       </x:c>
       <x:c r="K191" s="4" t="n">
-        <x:v>195559.21</x:v>
+        <x:v>99987.82</x:v>
       </x:c>
       <x:c r="L191" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M191" s="4" t="n">
-        <x:v>190253.71</x:v>
+        <x:v>97275.18</x:v>
       </x:c>
       <x:c r="N191" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O191" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:15">
       <x:c r="A192" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B192" s="3" t="s">
-        <x:v>722</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C192" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D192" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E192" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F192" s="3" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="G192" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H192" s="3" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I192" s="3" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J192" s="4" t="n">
-        <x:v>137281.05</x:v>
+        <x:v>70190.68</x:v>
       </x:c>
       <x:c r="K192" s="4" t="n">
-        <x:v>137281.05</x:v>
+        <x:v>70190.68</x:v>
       </x:c>
       <x:c r="L192" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M192" s="4" t="n">
-        <x:v>107406.21</x:v>
+        <x:v>54915.92</x:v>
       </x:c>
       <x:c r="N192" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O192" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:15">
       <x:c r="A193" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B193" s="3" t="s">
-        <x:v>726</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E193" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F193" s="3" t="s">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="G193" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H193" s="3" t="s">
-        <x:v>728</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="I193" s="3" t="s">
-        <x:v>729</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="J193" s="4" t="n">
-        <x:v>191598</x:v>
+        <x:v>97962.49</x:v>
       </x:c>
       <x:c r="K193" s="4" t="n">
-        <x:v>191598</x:v>
+        <x:v>97962.49</x:v>
       </x:c>
       <x:c r="L193" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M193" s="4" t="n">
-        <x:v>174434.34</x:v>
+        <x:v>89186.87</x:v>
       </x:c>
       <x:c r="N193" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="O193" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:15">
       <x:c r="A194" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B194" s="3" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C194" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D194" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E194" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F194" s="3" t="s">
-        <x:v>731</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="G194" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H194" s="3" t="s">
-        <x:v>732</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="I194" s="3" t="s">
-        <x:v>733</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="J194" s="4" t="n">
-        <x:v>198225.42</x:v>
+        <x:v>101351.06</x:v>
       </x:c>
       <x:c r="K194" s="4" t="n">
-        <x:v>198225.42</x:v>
+        <x:v>101351.06</x:v>
       </x:c>
       <x:c r="L194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M194" s="4" t="n">
-        <x:v>164202.24</x:v>
+        <x:v>83955.27</x:v>
       </x:c>
       <x:c r="N194" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O194" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:15">
       <x:c r="A195" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B195" s="3" t="s">
-        <x:v>734</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s">
-        <x:v>714</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E195" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F195" s="3" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="G195" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H195" s="3" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I195" s="3" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="J195" s="4" t="n">
-        <x:v>180251</x:v>
+        <x:v>92160.87</x:v>
       </x:c>
       <x:c r="K195" s="4" t="n">
-        <x:v>180251</x:v>
+        <x:v>92160.87</x:v>
       </x:c>
       <x:c r="L195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M195" s="4" t="n">
-        <x:v>165343.03</x:v>
+        <x:v>84538.54</x:v>
       </x:c>
       <x:c r="N195" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O195" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:15">
       <x:c r="A196" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B196" s="3" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C196" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D196" s="3" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E196" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F196" s="3" t="s">
-        <x:v>739</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="G196" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H196" s="3" t="s">
-        <x:v>740</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="I196" s="3" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="J196" s="4" t="n">
-        <x:v>118805</x:v>
+        <x:v>60744.02</x:v>
       </x:c>
       <x:c r="K196" s="4" t="n">
-        <x:v>118805</x:v>
+        <x:v>60744.02</x:v>
       </x:c>
       <x:c r="L196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M196" s="4" t="n">
-        <x:v>112449.66</x:v>
+        <x:v>57494.6</x:v>
       </x:c>
       <x:c r="N196" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O196" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:15">
       <x:c r="A197" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B197" s="3" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E197" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F197" s="3" t="s">
-        <x:v>743</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="G197" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H197" s="3" t="s">
-        <x:v>744</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I197" s="3" t="s">
-        <x:v>745</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="J197" s="4" t="n">
-        <x:v>163347.93</x:v>
+        <x:v>83518.46</x:v>
       </x:c>
       <x:c r="K197" s="4" t="n">
-        <x:v>163347.93</x:v>
+        <x:v>83518.46</x:v>
       </x:c>
       <x:c r="L197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M197" s="4" t="n">
-        <x:v>135574.68</x:v>
+        <x:v>69318.23</x:v>
       </x:c>
       <x:c r="N197" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O197" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:15" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="199" spans="1:15">
       <x:c r="A199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="D199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>746</x:v>
+        <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:15">
       <x:c r="A200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="B200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="D200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="E200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="F200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="G200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="J200" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:15">
       <x:c r="A201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="D201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>748</x:v>
+        <x:v>752</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:15">
       <x:c r="A202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="B202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="C202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="D202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="F202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="G202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="H202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="J202" s="0" t="s">
-        <x:v>749</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:15">
       <x:c r="A203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="D203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="E203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="I203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="12">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
     <x:mergeCell ref="A18:J18"/>
     <x:mergeCell ref="A19:J19"/>
     <x:mergeCell ref="A20:J20"/>
     <x:mergeCell ref="A198:J198"/>
     <x:mergeCell ref="A199:J199"/>
     <x:mergeCell ref="A200:J200"/>
     <x:mergeCell ref="A201:J201"/>
     <x:mergeCell ref="A202:J202"/>
     <x:mergeCell ref="A203:J203"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 