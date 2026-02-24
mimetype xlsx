--- v1 (2026-01-10)
+++ v2 (2026-02-24)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1b8fc2b9a94a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a82d965ac6c746aaa0f237463008ff6e.psmdcp" Id="R2c636c16b9634796" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R923d7d8eae3d40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/95adf90a066a4c2ea63653058711f378.psmdcp" Id="Re6154f05f0d3441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="755" uniqueCount="755">
   <x:si>
     <x:t>Приложени филтри</x:t>
   </x:si>
   <x:si>
     <x:t>Програмен период</x:t>
   </x:si>
   <x:si>
@@ -122,50 +122,53 @@
   <x:si>
     <x:t>Държавна администрация</x:t>
   </x:si>
   <x:si>
     <x:t>Изпълнителна агенция / административна структура, създадена с нормативен акт</x:t>
   </x:si>
   <x:si>
     <x:t>Публично правна</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, бул. "Витоша" №15, ет.5</x:t>
   </x:si>
   <x:si>
     <x:t>България,Територията на ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-4.002-0011</x:t>
   </x:si>
   <x:si>
     <x:t>Осигуряване на ефективното функциониране на Изпълнителна агенция  „Сертификационен одит на средствата от Европейските земеделски фондове“</x:t>
   </x:si>
   <x:si>
     <x:t>Приключен (към датата на приключване)</x:t>
   </x:si>
   <x:si>
+    <x:t>Територията на ЕС,България</x:t>
+  </x:si>
+  <x:si>
     <x:t>BG05SFOP001-4.005-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Осигуряване на ефективното функциониране на Изпълнителна агенция  „Сертификационен одит на средствата от Европейските земеделски фондове“ през периода 2019-2021 г.</x:t>
   </x:si>
   <x:si>
     <x:t>2014BG05M9OP001 Развитие на човешките ресурси</x:t>
   </x:si>
   <x:si>
     <x:t>123652799 "АИКЮВОЛУШОН БЪЛГАРИЯ" ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>Компания</x:t>
   </x:si>
   <x:si>
     <x:t>Еднолично дружество с ограничена отговорност ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>Частно правна</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Стара Загора, 6000, ул. «Индустриална» 44, ет. 2</x:t>
   </x:si>
   <x:si>
     <x:t>Територията на ЕС</x:t>
@@ -245,53 +248,50 @@
   <x:si>
     <x:t>България, гр.София, 1000, бул. ДОНДУКОВ № 3</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-1.009-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Национална EURES мрежа</x:t>
   </x:si>
   <x:si>
     <x:t>В изпълнение (от дата на стартиране)</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0084</x:t>
   </x:si>
   <x:si>
     <x:t>„Ти Си! – Трансфер на идентифицирани социални иновации”</x:t>
   </x:si>
   <x:si>
     <x:t>131236380 Агенция по обществени поръчки</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. "Леге"4</x:t>
   </x:si>
   <x:si>
-    <x:t>Територията на ЕС,България</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BG05SFOP001-1.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Подкрепа за прилагането на ефективна политика в областта на обществените поръчки и развитие на административния капацитет на Агенцията по обществени поръчки</x:t>
   </x:si>
   <x:si>
     <x:t>2021BG16RFTA001 Програма "Техническа помощ" 2021-2027</x:t>
   </x:si>
   <x:si>
     <x:t>000695025 Администрация на Министерския съвет (АМС), дирекция "Добро управление", Управляващ орган на Програма "Техническа помощ" 2021-2027 (УО на ПТП)</x:t>
   </x:si>
   <x:si>
     <x:t>АМС / министерство</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1594, бул. „Княз Александър Дондуков“ №1</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.001-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Ефективно и ефикасно управление на Програма „Техническа помощ“</x:t>
   </x:si>
   <x:si>
     <x:t>000695025 АДМИНИСТРАЦИЯ НА МИНИСТЕРСКИЯ СЪВЕТ (ЦЕНТРАЛНО КООРДИНАЦИОННО ЗВЕНО)</x:t>
@@ -305,51 +305,51 @@
   <x:si>
     <x:t>Повишаване на ефективността и ефикасността на Централното координационно звено</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-4.005-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на ефективността и ефикасността на ЦКЗ 2019-2021 г.</x:t>
   </x:si>
   <x:si>
     <x:t>BGCULTURE Културно предприемачество, наследство и сътрудничество</x:t>
   </x:si>
   <x:si>
     <x:t>103958589 АРЛЕКИН АРТ Сдружение</x:t>
   </x:si>
   <x:si>
     <x:t>Нестопанска организация</x:t>
   </x:si>
   <x:si>
     <x:t>Сдружение в обществена полза</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Варна, 9000, Цимерман, № 12</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Норвегия</x:t>
+    <x:t>Норвегия,България</x:t>
   </x:si>
   <x:si>
     <x:t>BGCULTURE-2.002-0033</x:t>
   </x:si>
   <x:si>
     <x:t>"Какво мислиш за мен ?" (Приятелство чрез изкуства)</x:t>
   </x:si>
   <x:si>
     <x:t>175809390 Асоциация за социална отговорност и развитие чрез иновации - АСОРИ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. Хан Аспарух 45</x:t>
   </x:si>
   <x:si>
     <x:t>Норвегия,България,Исландия</x:t>
   </x:si>
   <x:si>
     <x:t>BGCULTURE-2.001-0117</x:t>
   </x:si>
   <x:si>
     <x:t>"Ritual Gatherings: Традиционни ритуали и интерактивно съвременно изкуство – механизми за изграждане на общности и постигане на устойчиви културни екосистеми”</x:t>
   </x:si>
   <x:si>
     <x:t>В изпълнение (временно спрян)</x:t>
   </x:si>
@@ -568,51 +568,51 @@
   <x:si>
     <x:t>BG05M9OP001-5.001-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Възнаграждения на служители на Управляващия орган на Оперативна програма "Развитие на човешките ресурси"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1051, ул. Триадица № 2</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-5.001-0004</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-5.001-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Възнаграждения на служители на УО но ОП РЧР</x:t>
   </x:si>
   <x:si>
     <x:t>129010641 Главна дирекция "Национална полиция"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1715, бул. "Александър Малинов" № 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Испания,Полша,Румъния,Чешка Република,България</x:t>
+    <x:t>България,Румъния,Чешка Република,Полша,Испания</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване капацитета на полицията при превенция и борба срещу престъпления с наркотици</x:t>
   </x:si>
   <x:si>
     <x:t>Испания,Румъния,Австрия,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Дигитализация на експертно-криминалистическата дейност и на полицейската регистрация</x:t>
   </x:si>
   <x:si>
     <x:t>129010641 Главна дирекция "Национална полиция" - Министерство на вътрешните работи</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1715, бул. Александър Малинов №1</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-5.013-0003</x:t>
   </x:si>
@@ -746,126 +746,126 @@
   <x:si>
     <x:t>BGCULTURE-2.001-0115</x:t>
   </x:si>
   <x:si>
     <x:t>СЦЕНА НА КРАЯ НА ГРАДА</x:t>
   </x:si>
   <x:si>
     <x:t>129009710 Държавна агенция "Национална сигурност"</x:t>
   </x:si>
   <x:si>
     <x:t>Държавна агенция / държавна комисия</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1407, бул. "Черни връх" № 45</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-6.007-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Организиране на Център за мониторинг и реакция на киберинциденти в ДАНС.</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1407, бул. "Черни връх" No 45</x:t>
   </x:si>
   <x:si>
-    <x:t>Нидерландия,България,Германия,Латвия,Белгия</x:t>
+    <x:t>Латвия,Белгия,Нидерландия,България,Германия</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-5.014-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Развиване на българското звено за данни за пътниците (BGPIU)</x:t>
   </x:si>
   <x:si>
     <x:t>129010090 Държавна агенция „Технически операции“</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. "6-ти септември" № 29</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISNP001-5.015-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Изграждане на система за обработка на криптирана информация,свързана с използването на СРС</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на оперативния капацитет и специфичните умения  на служителите от ДАТО</x:t>
   </x:si>
   <x:si>
     <x:t>BGHOMEAFFAIRS Вътрешни работи</x:t>
   </x:si>
   <x:si>
     <x:t>831601932 Държавна агенция за бежанците при Министерския съвет на Република България</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1233, бул. "Княгиня Мария Луиза" № 114Б</x:t>
   </x:si>
   <x:si>
     <x:t>BGHOMEAFFAIRS-1.002-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на административния капацитет на компетентните органи в областта на убежището и миграцията</x:t>
   </x:si>
   <x:si>
     <x:t>130453541 ДЪРЖАВНА АГЕНЦИЯ ЗА ЗАКРИЛА НА ДЕТЕТО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1051, ул. ТРИАДИЦА, номер 2</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Румъния,Гърция</x:t>
+    <x:t>Гърция,България,Румъния</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.006-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Координиране на услугите за жертви на трафик в Южните и Източните Балкани</x:t>
   </x:si>
   <x:si>
     <x:t>175114503 ЕВРОКОНСУЛТАНТС БЪЛГАРИЯ С.А. АД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, бул. Витоша 39, офис 22</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0094</x:t>
   </x:si>
   <x:si>
     <x:t>Транснационално партньорство за заетост и растеж чрез пре-инкубиране и импакт инвестиции (PRINCIPAL)</x:t>
   </x:si>
   <x:si>
     <x:t>121893100 ЕВРОПЕЙСКИ ИНСТИТУТ Фондация</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. Г.С. РАКОВСКИ, номер 101</x:t>
   </x:si>
   <x:si>
-    <x:t>Територията на ЕС,България,Германия</x:t>
+    <x:t>България,Германия,Територията на ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.004-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Укрепване на капацитет, обмен на опит и изследователска дейност в сферата на сигурността</x:t>
   </x:si>
   <x:si>
     <x:t>131271470 ЕКОБУЛПАК АД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1680, БОРОВО, ул. ДЕЧКО ЙОРДАНОВ, номер 64</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0022</x:t>
   </x:si>
   <x:si>
     <x:t>Нови подходи и инструменти за развитие на човешките ресурси в групата Екобулпак</x:t>
   </x:si>
   <x:si>
     <x:t>030113826 ЕМА ООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Плевен, 5800, ДОЙРАН, номер 160</x:t>
   </x:si>
@@ -1086,53 +1086,50 @@
   <x:si>
     <x:t>BG16RFTA001-1.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Ефективна координация при изпълнение на политиката на сближаване в България</x:t>
   </x:si>
   <x:si>
     <x:t>000695235 МИНИСТЕРСТВО НА ВЪТРЕШНИТЕ РАБОТИ (дирекция АФКОС)</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFTA001-1.009-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Оптимизиране на държавната политика по отношение на превенцията и откриването на нередности, измами и корупция при проекти, съфинансирани със средства от ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>BGENVIRONMENT Опазване на околната среда и климатични промени</x:t>
   </x:si>
   <x:si>
     <x:t>000697371 Министерство на околната среда и водите</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, Бул. Княгиня Мария Луиза 22</x:t>
   </x:si>
   <x:si>
-    <x:t>Норвегия,България</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BGENVIRONMENT-1.001-0001</x:t>
   </x:si>
   <x:si>
     <x:t>„Остойностяване и интегриране на екосистемните услуги“ ОИЕУ</x:t>
   </x:si>
   <x:si>
     <x:t>000695349 МИНИСТЕРСТВО НА ПРАВОСЪДИЕТО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1040, ул. СЛАВЯНСКА № 1</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-3.001-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Развиване на потенциала на човешкия ресурс на съдебната власт, чрез изграждане на ефективен модел за придобиване на юридическа правоспособност</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-3.001-0017</x:t>
   </x:si>
   <x:si>
     <x:t>Усъвършенстване модела на съдебните експертизи</x:t>
   </x:si>
   <x:si>
     <x:t>000695395 МИНИСТЕРСТВО НА ТРУДА И СОЦИАЛНАТА ПОЛИТИКА</x:t>
@@ -1203,51 +1200,51 @@
   <x:si>
     <x:t>BG16RFTA001-1.003-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Разработване на електронен център за държавните помощи и подкрепа на работата на Националния орган по държавните помощи във връзка с управлението на средствата от ЕФСУ</x:t>
   </x:si>
   <x:si>
     <x:t>000695406 Министерство на финансите, дирекция "Държавни помощи и реален сектор"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1040, Ул. "Г.С. Раковски" №102</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-2.003-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Ефективно прилагане на правилата на ЕС за държавните помощи при предоставяне на услуги от общ икономически интерес (УОИИ)</x:t>
   </x:si>
   <x:si>
     <x:t>131181915 МИСИЯ НА МЕЖДУНАРОДНА ОРГАНИЗАЦИЯ ПО МИГРАЦИЯ В БЪЛГАРИЯ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1463, ул. ЦАР АСЕН, номер 77, ет. 3</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Сърбия,Македония,Територията на ЕС,Турция</x:t>
+    <x:t>България,Македония,Сърбия,Турция,Територията на ЕС</x:t>
   </x:si>
   <x:si>
     <x:t>BG65ISPR001-3.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на осведомеността за рискове от трафик на хора и подкрепа за жертви на трафик</x:t>
   </x:si>
   <x:si>
     <x:t>000695018 НАРОДНО СЪБРАНИЕ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1169, пл. НАРОДНО СЪБРАНИЕ № 2</x:t>
   </x:si>
   <x:si>
     <x:t>BG05SFOP001-2.013-0001</x:t>
   </x:si>
   <x:si>
     <x:t>„Повишаване на ефективността при въвеждането на директивите и мерките по прилагането на актовете на Европейския съюз в българските закони”</x:t>
   </x:si>
   <x:si>
     <x:t>108036750 НАРОДНО ЧИТАЛИЩЕ "ОБЕДИНЕНИЕ 1913"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Кърджали, 6600, ул. РЕПУБЛИКАНСКА № 47</x:t>
   </x:si>
@@ -1355,50 +1352,53 @@
   <x:si>
     <x:t>„Изграждане на институционален капацитет в областта на социалното включване чрез транснационално сътрудничество и обмен на добри практики“</x:t>
   </x:si>
   <x:si>
     <x:t>000530479 ОБЩИНА БОРОВО</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Борово, 7174, ул. Н.ВАПЦАРОВ № 1А</x:t>
   </x:si>
   <x:si>
     <x:t>Италия,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Иновативни подходи за предприемачество и стартиране на самостоятелна заетост в Община Борово</x:t>
   </x:si>
   <x:si>
     <x:t>000903533 община Димитровград</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Димитровград, 6400, бул. Г.С.Раковски № 15</x:t>
   </x:si>
   <x:si>
+    <x:t>България,Норвегия</x:t>
+  </x:si>
+  <x:si>
     <x:t>BGENVIRONMENT-4.004-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Повишаване на способността на общините Димитровград, Любимец  и Златоград да намалят емисиите на парникови газове и да се адаптират към променящия се климат</x:t>
   </x:si>
   <x:si>
     <x:t>000093517 ОБЩИНА ДОЛНИ ЧИФЛИК</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Долни чифлик, 9120, пл. ТИЧА 1</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.003-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Център за възстановяване на социалния живот</x:t>
   </x:si>
   <x:si>
     <x:t>000093524 ОБЩИНА ДЪЛГОПОЛ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Дългопол, 9250, ул. Г.ДИМИТРОВ № 105</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.003-0006</x:t>
@@ -1779,51 +1779,51 @@
   <x:si>
     <x:t>BG05M9OP001-4.001-0073</x:t>
   </x:si>
   <x:si>
     <x:t>Транснационално партньорство за интеграция на маргинализирани общности чрез трансфер и въвеждане на социални иновации</x:t>
   </x:si>
   <x:si>
     <x:t>000703550 СДРУЖЕНИЕ "СИНДИКАТ НА БЪЛГАРСКИТЕ УЧИТЕЛИ"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, ул. ГЕН.ПАРЕНСОВ № 11</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0187</x:t>
   </x:si>
   <x:si>
     <x:t>Подобряване на транснационалното сътрудничество между България и Румъния в областта на социалните иновации</x:t>
   </x:si>
   <x:si>
     <x:t>176199755 СДРУЖЕНИЕ "СИЯНИЕ НА НАДЕЖДА"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1111, ул.СИМЕОНОВ ВЕК № 17А вх.А ет.3 ап.17</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Румъния</x:t>
+    <x:t>Румъния,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0060</x:t>
   </x:si>
   <x:si>
     <x:t>Иновативна практика за корпоративна социална отговорност</x:t>
   </x:si>
   <x:si>
     <x:t>176563461 Сдружение "Социални иновации"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1309, ж.к. СВЕТА ТРОИЦА бл. 366 вх.А ет.1 ап.1</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.003-0033</x:t>
   </x:si>
   <x:si>
     <x:t>ЗАЕДНО - социални иновации за интегриране на младите хора на пазара на труда</x:t>
   </x:si>
   <x:si>
     <x:t>176785711 Сдружение "Творчески комплекс Инкубатор"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Пловдив, 4000, ул. "Братя Пулиеви" 4</x:t>
   </x:si>
@@ -1914,51 +1914,51 @@
   <x:si>
     <x:t>BG05M9OP001-4.003-0036</x:t>
   </x:si>
   <x:si>
     <x:t>Споделена мрежа на социалните предприятия</x:t>
   </x:si>
   <x:si>
     <x:t>176185307 Сдружение за прогресивна и отворена комуникация /СПОК/</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1000, бул. Витоша № 25, ет. 3, ап. 6</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0054</x:t>
   </x:si>
   <x:si>
     <x:t>Три подхода за равни възможности за хората с психични заболявания</x:t>
   </x:si>
   <x:si>
     <x:t>177178237 Сдружение с нестопанска цел "Божурите"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Кубрат, 7300, ул.  "Цар Освободител" №6</x:t>
   </x:si>
   <x:si>
-    <x:t>България,Финландия</x:t>
+    <x:t>Финландия,България</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.003-0021</x:t>
   </x:si>
   <x:si>
     <x:t>NEETsLAB менторство чрез иновации - мисия възможна</x:t>
   </x:si>
   <x:si>
     <x:t>117622997 Сдружение с обществено полезна дейност "Еквилибриум"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Русе, 7000, ул. Борисова 27, вх А, ет.3, ап.8</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-4.001-0089</x:t>
   </x:si>
   <x:si>
     <x:t>Гласът на децата</x:t>
   </x:si>
   <x:si>
     <x:t>176768879 СНЦ "За по-добро бъдеще"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.София, 1309, ж.к. Света Троица, бл.366, вх.А, ет.2, ап.4</x:t>
   </x:si>
@@ -3006,545 +3006,545 @@
       </x:c>
       <x:c r="O22" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:15">
       <x:c r="A23" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F23" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H23" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I23" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J23" s="4" t="n">
         <x:v>453393.57</x:v>
       </x:c>
       <x:c r="K23" s="4" t="n">
         <x:v>453393.57</x:v>
       </x:c>
       <x:c r="L23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M23" s="4" t="n">
         <x:v>453393.55</x:v>
       </x:c>
       <x:c r="N23" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O23" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:15">
       <x:c r="A24" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F24" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H24" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I24" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
         <x:v>102104</x:v>
       </x:c>
       <x:c r="K24" s="4" t="n">
         <x:v>102104</x:v>
       </x:c>
       <x:c r="L24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M24" s="4" t="n">
         <x:v>101546.16</x:v>
       </x:c>
       <x:c r="N24" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O24" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:15">
       <x:c r="A25" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F25" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H25" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="I25" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J25" s="4" t="n">
         <x:v>102002.71</x:v>
       </x:c>
       <x:c r="K25" s="4" t="n">
         <x:v>102002.71</x:v>
       </x:c>
       <x:c r="L25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M25" s="4" t="n">
         <x:v>102002.74</x:v>
       </x:c>
       <x:c r="N25" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O25" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:15">
       <x:c r="A26" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F26" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H26" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I26" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J26" s="4" t="n">
         <x:v>102234.87</x:v>
       </x:c>
       <x:c r="K26" s="4" t="n">
         <x:v>102234.87</x:v>
       </x:c>
       <x:c r="L26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M26" s="4" t="n">
         <x:v>100621.76</x:v>
       </x:c>
       <x:c r="N26" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O26" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:15">
       <x:c r="A27" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F27" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H27" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I27" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J27" s="4" t="n">
         <x:v>64994.56</x:v>
       </x:c>
       <x:c r="K27" s="4" t="n">
         <x:v>64994.56</x:v>
       </x:c>
       <x:c r="L27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M27" s="4" t="n">
         <x:v>64990.23</x:v>
       </x:c>
       <x:c r="N27" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O27" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:15">
       <x:c r="A28" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F28" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H28" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="I28" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J28" s="4" t="n">
         <x:v>101829.37</x:v>
       </x:c>
       <x:c r="K28" s="4" t="n">
         <x:v>101829.37</x:v>
       </x:c>
       <x:c r="L28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M28" s="4" t="n">
         <x:v>99351.96</x:v>
       </x:c>
       <x:c r="N28" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O28" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:15">
       <x:c r="A29" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F29" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H29" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="I29" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
         <x:v>14257365.53</x:v>
       </x:c>
       <x:c r="K29" s="4" t="n">
         <x:v>14257365.53</x:v>
       </x:c>
       <x:c r="L29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M29" s="4" t="n">
         <x:v>14257365.5</x:v>
       </x:c>
       <x:c r="N29" s="5" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c r="O29" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:15">
       <x:c r="A30" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F30" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H30" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I30" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
         <x:v>4632687.4</x:v>
       </x:c>
       <x:c r="K30" s="4" t="n">
         <x:v>4632687.4</x:v>
       </x:c>
       <x:c r="L30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M30" s="4" t="n">
         <x:v>4296060.26</x:v>
       </x:c>
       <x:c r="N30" s="5" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="O30" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:15">
       <x:c r="A31" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F31" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H31" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I31" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
         <x:v>102258.37</x:v>
       </x:c>
       <x:c r="K31" s="4" t="n">
         <x:v>102258.37</x:v>
       </x:c>
       <x:c r="L31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M31" s="4" t="n">
         <x:v>94120.41</x:v>
       </x:c>
       <x:c r="N31" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O31" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:15">
       <x:c r="A32" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F32" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H32" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I32" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J32" s="4" t="n">
         <x:v>126492.35</x:v>
       </x:c>
       <x:c r="K32" s="4" t="n">
         <x:v>126492.35</x:v>
       </x:c>
       <x:c r="L32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M32" s="4" t="n">
         <x:v>126492.34</x:v>
       </x:c>
       <x:c r="N32" s="5" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="O32" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:15">
       <x:c r="A33" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F33" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H33" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I33" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J33" s="4" t="n">
-        <x:v>7714371.94</x:v>
+        <x:v>14194485.21</x:v>
       </x:c>
       <x:c r="K33" s="4" t="n">
-        <x:v>7714371.94</x:v>
+        <x:v>14194485.21</x:v>
       </x:c>
       <x:c r="L33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M33" s="4" t="n">
         <x:v>3669795.12</x:v>
       </x:c>
       <x:c r="N33" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O33" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:15">
       <x:c r="A34" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F34" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H34" s="3" t="s">
@@ -3570,474 +3570,474 @@
       </x:c>
       <x:c r="O34" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:15">
       <x:c r="A35" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F35" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H35" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J35" s="4" t="n">
         <x:v>4588579.02</x:v>
       </x:c>
       <x:c r="K35" s="4" t="n">
         <x:v>4588579.02</x:v>
       </x:c>
       <x:c r="L35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M35" s="4" t="n">
         <x:v>4588579.01</x:v>
       </x:c>
       <x:c r="N35" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O35" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:15">
       <x:c r="A36" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F36" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H36" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J36" s="4" t="n">
         <x:v>103108.45</x:v>
       </x:c>
       <x:c r="K36" s="4" t="n">
         <x:v>103108.45</x:v>
       </x:c>
       <x:c r="L36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M36" s="4" t="n">
         <x:v>103108.4</x:v>
       </x:c>
       <x:c r="N36" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O36" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:15">
       <x:c r="A37" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F37" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
         <x:v>199834</x:v>
       </x:c>
       <x:c r="K37" s="4" t="n">
         <x:v>178554</x:v>
       </x:c>
       <x:c r="L37" s="4" t="n">
         <x:v>21280</x:v>
       </x:c>
       <x:c r="M37" s="4" t="n">
         <x:v>95749.12</x:v>
       </x:c>
       <x:c r="N37" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O37" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:15">
       <x:c r="A38" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H38" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I38" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J38" s="4" t="n">
         <x:v>57673.1</x:v>
       </x:c>
       <x:c r="K38" s="4" t="n">
         <x:v>57673.1</x:v>
       </x:c>
       <x:c r="L38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M38" s="4" t="n">
         <x:v>57463.29</x:v>
       </x:c>
       <x:c r="N38" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O38" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:15">
       <x:c r="A39" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F39" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H39" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I39" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J39" s="4" t="n">
         <x:v>98025.92</x:v>
       </x:c>
       <x:c r="K39" s="4" t="n">
         <x:v>98025.92</x:v>
       </x:c>
       <x:c r="L39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M39" s="4" t="n">
         <x:v>95235.13</x:v>
       </x:c>
       <x:c r="N39" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O39" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:15">
       <x:c r="A40" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F40" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H40" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I40" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J40" s="4" t="n">
         <x:v>102171.31</x:v>
       </x:c>
       <x:c r="K40" s="4" t="n">
         <x:v>102171.31</x:v>
       </x:c>
       <x:c r="L40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M40" s="4" t="n">
         <x:v>101474.29</x:v>
       </x:c>
       <x:c r="N40" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O40" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:15">
       <x:c r="A41" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F41" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H41" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I41" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J41" s="4" t="n">
         <x:v>102243.54</x:v>
       </x:c>
       <x:c r="K41" s="4" t="n">
         <x:v>102243.54</x:v>
       </x:c>
       <x:c r="L41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M41" s="4" t="n">
         <x:v>22483.66</x:v>
       </x:c>
       <x:c r="N41" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O41" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:15">
       <x:c r="A42" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F42" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H42" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I42" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J42" s="4" t="n">
         <x:v>102023.59</x:v>
       </x:c>
       <x:c r="K42" s="4" t="n">
         <x:v>102023.59</x:v>
       </x:c>
       <x:c r="L42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N42" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O42" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:15">
       <x:c r="A43" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F43" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H43" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I43" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J43" s="4" t="n">
         <x:v>45381.75</x:v>
       </x:c>
       <x:c r="K43" s="4" t="n">
         <x:v>45381.75</x:v>
       </x:c>
       <x:c r="L43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M43" s="4" t="n">
         <x:v>20926.56</x:v>
       </x:c>
       <x:c r="N43" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O43" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:15">
       <x:c r="A44" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F44" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G44" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H44" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I44" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J44" s="4" t="n">
         <x:v>102258.41</x:v>
       </x:c>
       <x:c r="K44" s="4" t="n">
         <x:v>102258.41</x:v>
       </x:c>
       <x:c r="L44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M44" s="4" t="n">
         <x:v>91566.14</x:v>
       </x:c>
       <x:c r="N44" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O44" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4087,192 +4087,192 @@
       </x:c>
       <x:c r="O45" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:15">
       <x:c r="A46" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F46" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="G46" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H46" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I46" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J46" s="4" t="n">
         <x:v>283193.61</x:v>
       </x:c>
       <x:c r="K46" s="4" t="n">
         <x:v>283193.61</x:v>
       </x:c>
       <x:c r="L46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M46" s="4" t="n">
         <x:v>283193.63</x:v>
       </x:c>
       <x:c r="N46" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O46" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:15">
       <x:c r="A47" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F47" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="G47" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H47" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I47" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J47" s="4" t="n">
         <x:v>2499214.34</x:v>
       </x:c>
       <x:c r="K47" s="4" t="n">
         <x:v>2499214.34</x:v>
       </x:c>
       <x:c r="L47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M47" s="4" t="n">
         <x:v>2499214.35</x:v>
       </x:c>
       <x:c r="N47" s="5" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="O47" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:15">
       <x:c r="A48" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F48" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="G48" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H48" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I48" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="J48" s="4" t="n">
         <x:v>94439.92</x:v>
       </x:c>
       <x:c r="K48" s="4" t="n">
         <x:v>94439.92</x:v>
       </x:c>
       <x:c r="L48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M48" s="4" t="n">
         <x:v>84352.85</x:v>
       </x:c>
       <x:c r="N48" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O48" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:15">
       <x:c r="A49" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F49" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="G49" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H49" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I49" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J49" s="4" t="n">
         <x:v>362382.58</x:v>
       </x:c>
       <x:c r="K49" s="4" t="n">
         <x:v>362382.58</x:v>
       </x:c>
       <x:c r="L49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M49" s="4" t="n">
         <x:v>328771.25</x:v>
       </x:c>
       <x:c r="N49" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="O49" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4322,239 +4322,239 @@
       </x:c>
       <x:c r="O50" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:15">
       <x:c r="A51" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F51" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="G51" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H51" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I51" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J51" s="4" t="n">
         <x:v>659989.88</x:v>
       </x:c>
       <x:c r="K51" s="4" t="n">
         <x:v>659989.88</x:v>
       </x:c>
       <x:c r="L51" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M51" s="4" t="n">
-        <x:v>7622.21</x:v>
+        <x:v>8380.99</x:v>
       </x:c>
       <x:c r="N51" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O51" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:15">
       <x:c r="A52" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F52" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G52" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H52" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I52" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J52" s="4" t="n">
         <x:v>11248421.38</x:v>
       </x:c>
       <x:c r="K52" s="4" t="n">
         <x:v>11248421.38</x:v>
       </x:c>
       <x:c r="L52" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M52" s="4" t="n">
         <x:v>6164875.35</x:v>
       </x:c>
       <x:c r="N52" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O52" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:15">
       <x:c r="A53" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F53" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G53" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H53" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I53" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J53" s="4" t="n">
         <x:v>9510028.99</x:v>
       </x:c>
       <x:c r="K53" s="4" t="n">
         <x:v>9510028.99</x:v>
       </x:c>
       <x:c r="L53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M53" s="4" t="n">
         <x:v>7141068.54</x:v>
       </x:c>
       <x:c r="N53" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O53" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:15">
       <x:c r="A54" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F54" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="G54" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H54" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I54" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J54" s="4" t="n">
         <x:v>4882582.26</x:v>
       </x:c>
       <x:c r="K54" s="4" t="n">
         <x:v>4882582.26</x:v>
       </x:c>
       <x:c r="L54" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M54" s="4" t="n">
         <x:v>4882582.26</x:v>
       </x:c>
       <x:c r="N54" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O54" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:15">
       <x:c r="A55" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F55" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G55" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H55" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I55" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J55" s="4" t="n">
         <x:v>8316682.73</x:v>
       </x:c>
       <x:c r="K55" s="4" t="n">
         <x:v>8316682.73</x:v>
       </x:c>
       <x:c r="L55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M55" s="4" t="n">
         <x:v>8316682.73</x:v>
       </x:c>
       <x:c r="N55" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O55" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4581,98 +4581,98 @@
       <x:c r="G56" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H56" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I56" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J56" s="4" t="n">
         <x:v>613079.93</x:v>
       </x:c>
       <x:c r="K56" s="4" t="n">
         <x:v>613079.93</x:v>
       </x:c>
       <x:c r="L56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M56" s="4" t="n">
         <x:v>79031.66</x:v>
       </x:c>
       <x:c r="N56" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O56" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:15">
       <x:c r="A57" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E57" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F57" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="G57" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H57" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I57" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J57" s="4" t="n">
         <x:v>2105538.7</x:v>
       </x:c>
       <x:c r="K57" s="4" t="n">
         <x:v>2105538.7</x:v>
       </x:c>
       <x:c r="L57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M57" s="4" t="n">
-        <x:v>263331.5</x:v>
+        <x:v>457329.39</x:v>
       </x:c>
       <x:c r="N57" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O57" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:15">
       <x:c r="A58" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C58" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D58" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E58" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F58" s="3" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="G58" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H58" s="3" t="s">
@@ -4680,445 +4680,445 @@
       </x:c>
       <x:c r="I58" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J58" s="4" t="n">
         <x:v>76495.24</x:v>
       </x:c>
       <x:c r="K58" s="4" t="n">
         <x:v>76495.24</x:v>
       </x:c>
       <x:c r="L58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M58" s="4" t="n">
         <x:v>62991.82</x:v>
       </x:c>
       <x:c r="N58" s="5" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="O58" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:15">
       <x:c r="A59" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E59" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F59" s="3" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="G59" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H59" s="3" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I59" s="3" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J59" s="4" t="n">
         <x:v>74980.95</x:v>
       </x:c>
       <x:c r="K59" s="4" t="n">
         <x:v>74980.95</x:v>
       </x:c>
       <x:c r="L59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M59" s="4" t="n">
         <x:v>70508.01</x:v>
       </x:c>
       <x:c r="N59" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O59" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:15">
       <x:c r="A60" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C60" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D60" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E60" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F60" s="3" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="G60" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H60" s="3" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I60" s="3" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="J60" s="4" t="n">
         <x:v>65511.42</x:v>
       </x:c>
       <x:c r="K60" s="4" t="n">
         <x:v>65511.42</x:v>
       </x:c>
       <x:c r="L60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M60" s="4" t="n">
         <x:v>63228.48</x:v>
       </x:c>
       <x:c r="N60" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O60" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:15">
       <x:c r="A61" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E61" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F61" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G61" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H61" s="3" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I61" s="3" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J61" s="4" t="n">
         <x:v>99764.49</x:v>
       </x:c>
       <x:c r="K61" s="4" t="n">
         <x:v>99764.49</x:v>
       </x:c>
       <x:c r="L61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M61" s="4" t="n">
         <x:v>97028.19</x:v>
       </x:c>
       <x:c r="N61" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O61" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:15">
       <x:c r="A62" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C62" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D62" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E62" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F62" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="G62" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H62" s="3" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I62" s="3" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J62" s="4" t="n">
         <x:v>498737.34</x:v>
       </x:c>
       <x:c r="K62" s="4" t="n">
         <x:v>498737.34</x:v>
       </x:c>
       <x:c r="L62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M62" s="4" t="n">
         <x:v>498737.34</x:v>
       </x:c>
       <x:c r="N62" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="O62" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:15">
       <x:c r="A63" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E63" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F63" s="3" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="G63" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H63" s="3" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I63" s="3" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J63" s="4" t="n">
         <x:v>1212543.46</x:v>
       </x:c>
       <x:c r="K63" s="4" t="n">
         <x:v>1212543.46</x:v>
       </x:c>
       <x:c r="L63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M63" s="4" t="n">
         <x:v>1212543.44</x:v>
       </x:c>
       <x:c r="N63" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="O63" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:15">
       <x:c r="A64" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C64" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D64" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E64" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F64" s="3" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="G64" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H64" s="3" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I64" s="3" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J64" s="4" t="n">
         <x:v>520162.21</x:v>
       </x:c>
       <x:c r="K64" s="4" t="n">
         <x:v>520162.21</x:v>
       </x:c>
       <x:c r="L64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M64" s="4" t="n">
         <x:v>361960.06</x:v>
       </x:c>
       <x:c r="N64" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="O64" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:15">
       <x:c r="A65" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E65" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F65" s="3" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="G65" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H65" s="3" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I65" s="3" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J65" s="4" t="n">
         <x:v>27452.97</x:v>
       </x:c>
       <x:c r="K65" s="4" t="n">
         <x:v>27452.97</x:v>
       </x:c>
       <x:c r="L65" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M65" s="4" t="n">
         <x:v>27452.97</x:v>
       </x:c>
       <x:c r="N65" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="O65" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:15">
       <x:c r="A66" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C66" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D66" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E66" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F66" s="3" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G66" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H66" s="3" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I66" s="3" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J66" s="4" t="n">
         <x:v>309914.71</x:v>
       </x:c>
       <x:c r="K66" s="4" t="n">
         <x:v>309914.71</x:v>
       </x:c>
       <x:c r="L66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M66" s="4" t="n">
         <x:v>309914.72</x:v>
       </x:c>
       <x:c r="N66" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O66" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:15">
       <x:c r="A67" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E67" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F67" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G67" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H67" s="3" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I67" s="3" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J67" s="4" t="n">
         <x:v>240493.96</x:v>
       </x:c>
       <x:c r="K67" s="4" t="n">
         <x:v>240493.96</x:v>
       </x:c>
       <x:c r="L67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M67" s="4" t="n">
         <x:v>240493.98</x:v>
       </x:c>
       <x:c r="N67" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O67" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5168,51 +5168,51 @@
       </x:c>
       <x:c r="O68" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:15">
       <x:c r="A69" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E69" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F69" s="3" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="G69" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H69" s="3" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I69" s="3" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M69" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N69" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O69" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -5262,51 +5262,51 @@
       </x:c>
       <x:c r="O70" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:15">
       <x:c r="A71" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E71" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F71" s="3" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="G71" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H71" s="3" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I71" s="3" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M71" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N71" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O71" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -5333,51 +5333,51 @@
       <x:c r="G72" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H72" s="3" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I72" s="3" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="J72" s="4" t="n">
         <x:v>520875.62</x:v>
       </x:c>
       <x:c r="K72" s="4" t="n">
         <x:v>520875.62</x:v>
       </x:c>
       <x:c r="L72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M72" s="4" t="n">
         <x:v>83494.19</x:v>
       </x:c>
       <x:c r="N72" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="O72" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:15">
       <x:c r="A73" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E73" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F73" s="3" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="G73" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H73" s="3" t="s">
@@ -5427,497 +5427,497 @@
       <x:c r="G74" s="3" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H74" s="3" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I74" s="3" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J74" s="4" t="n">
         <x:v>89791.88</x:v>
       </x:c>
       <x:c r="K74" s="4" t="n">
         <x:v>89791.88</x:v>
       </x:c>
       <x:c r="L74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M74" s="4" t="n">
         <x:v>89791.88</x:v>
       </x:c>
       <x:c r="N74" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O74" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:15">
       <x:c r="A75" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E75" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F75" s="3" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="G75" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H75" s="3" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I75" s="3" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J75" s="4" t="n">
         <x:v>95251.85</x:v>
       </x:c>
       <x:c r="K75" s="4" t="n">
         <x:v>95251.85</x:v>
       </x:c>
       <x:c r="L75" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M75" s="4" t="n">
         <x:v>93983.45</x:v>
       </x:c>
       <x:c r="N75" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O75" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:15">
       <x:c r="A76" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C76" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D76" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E76" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F76" s="3" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="G76" s="3" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="H76" s="3" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I76" s="3" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J76" s="4" t="n">
         <x:v>374191.67</x:v>
       </x:c>
       <x:c r="K76" s="4" t="n">
         <x:v>374191.67</x:v>
       </x:c>
       <x:c r="L76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M76" s="4" t="n">
         <x:v>217606.6</x:v>
       </x:c>
       <x:c r="N76" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O76" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:15">
       <x:c r="A77" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E77" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F77" s="3" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="G77" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H77" s="3" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I77" s="3" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J77" s="4" t="n">
         <x:v>90195.13</x:v>
       </x:c>
       <x:c r="K77" s="4" t="n">
         <x:v>90195.13</x:v>
       </x:c>
       <x:c r="L77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M77" s="4" t="n">
         <x:v>88686.84</x:v>
       </x:c>
       <x:c r="N77" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O77" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:15">
       <x:c r="A78" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C78" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D78" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E78" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F78" s="3" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="G78" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H78" s="3" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I78" s="3" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J78" s="4" t="n">
         <x:v>96978.23</x:v>
       </x:c>
       <x:c r="K78" s="4" t="n">
         <x:v>96978.23</x:v>
       </x:c>
       <x:c r="L78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M78" s="4" t="n">
         <x:v>85683.75</x:v>
       </x:c>
       <x:c r="N78" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O78" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:15">
       <x:c r="A79" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E79" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F79" s="3" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G79" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H79" s="3" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I79" s="3" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J79" s="4" t="n">
         <x:v>102254.29</x:v>
       </x:c>
       <x:c r="K79" s="4" t="n">
         <x:v>102254.29</x:v>
       </x:c>
       <x:c r="L79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M79" s="4" t="n">
         <x:v>95930.98</x:v>
       </x:c>
       <x:c r="N79" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O79" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:15">
       <x:c r="A80" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C80" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D80" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E80" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F80" s="3" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="G80" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H80" s="3" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I80" s="3" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J80" s="4" t="n">
         <x:v>65341.14</x:v>
       </x:c>
       <x:c r="K80" s="4" t="n">
         <x:v>65341.14</x:v>
       </x:c>
       <x:c r="L80" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M80" s="4" t="n">
         <x:v>64834.5</x:v>
       </x:c>
       <x:c r="N80" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O80" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:15">
       <x:c r="A81" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E81" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F81" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="G81" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H81" s="3" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I81" s="3" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J81" s="4" t="n">
         <x:v>73216.65</x:v>
       </x:c>
       <x:c r="K81" s="4" t="n">
         <x:v>73216.65</x:v>
       </x:c>
       <x:c r="L81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M81" s="4" t="n">
         <x:v>69727.89</x:v>
       </x:c>
       <x:c r="N81" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O81" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:15">
       <x:c r="A82" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C82" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D82" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E82" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F82" s="3" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="G82" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H82" s="3" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I82" s="3" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J82" s="4" t="n">
         <x:v>90927.17</x:v>
       </x:c>
       <x:c r="K82" s="4" t="n">
         <x:v>90927.17</x:v>
       </x:c>
       <x:c r="L82" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M82" s="4" t="n">
         <x:v>90927.15</x:v>
       </x:c>
       <x:c r="N82" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="O82" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:15">
       <x:c r="A83" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E83" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F83" s="3" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="G83" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H83" s="3" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I83" s="3" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J83" s="4" t="n">
         <x:v>5206659.74</x:v>
       </x:c>
       <x:c r="K83" s="4" t="n">
         <x:v>5206659.74</x:v>
       </x:c>
       <x:c r="L83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M83" s="4" t="n">
         <x:v>5206659.73</x:v>
       </x:c>
       <x:c r="N83" s="5" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="O83" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:15">
       <x:c r="A84" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C84" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D84" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E84" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F84" s="3" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="G84" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H84" s="3" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I84" s="3" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J84" s="4" t="n">
         <x:v>102232.81</x:v>
       </x:c>
       <x:c r="K84" s="4" t="n">
         <x:v>102232.81</x:v>
       </x:c>
       <x:c r="L84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M84" s="4" t="n">
         <x:v>97812.36</x:v>
       </x:c>
       <x:c r="N84" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O84" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5944,2283 +5944,2283 @@
       <x:c r="G85" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H85" s="3" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I85" s="3" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J85" s="4" t="n">
         <x:v>19158909.01</x:v>
       </x:c>
       <x:c r="K85" s="4" t="n">
         <x:v>19158909.01</x:v>
       </x:c>
       <x:c r="L85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M85" s="4" t="n">
         <x:v>6771087.11</x:v>
       </x:c>
       <x:c r="N85" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O85" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:15">
       <x:c r="A86" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C86" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D86" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E86" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F86" s="3" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="G86" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H86" s="3" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I86" s="3" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J86" s="4" t="n">
         <x:v>706333.19</x:v>
       </x:c>
       <x:c r="K86" s="4" t="n">
         <x:v>706333.19</x:v>
       </x:c>
       <x:c r="L86" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M86" s="4" t="n">
         <x:v>706333.18</x:v>
       </x:c>
       <x:c r="N86" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="O86" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:15">
       <x:c r="A87" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E87" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F87" s="3" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="G87" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H87" s="3" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I87" s="3" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J87" s="4" t="n">
         <x:v>380451.6</x:v>
       </x:c>
       <x:c r="K87" s="4" t="n">
         <x:v>380451.6</x:v>
       </x:c>
       <x:c r="L87" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M87" s="4" t="n">
         <x:v>380451.61</x:v>
       </x:c>
       <x:c r="N87" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O87" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:15">
       <x:c r="A88" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C88" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D88" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E88" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F88" s="3" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="G88" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H88" s="3" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I88" s="3" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J88" s="4" t="n">
         <x:v>65528.04</x:v>
       </x:c>
       <x:c r="K88" s="4" t="n">
         <x:v>65528.04</x:v>
       </x:c>
       <x:c r="L88" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M88" s="4" t="n">
         <x:v>36985.17</x:v>
       </x:c>
       <x:c r="N88" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O88" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:15">
       <x:c r="A89" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E89" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F89" s="3" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="G89" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H89" s="3" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I89" s="3" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J89" s="4" t="n">
         <x:v>1850720.28</x:v>
       </x:c>
       <x:c r="K89" s="4" t="n">
         <x:v>1850720.28</x:v>
       </x:c>
       <x:c r="L89" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M89" s="4" t="n">
         <x:v>1850720.29</x:v>
       </x:c>
       <x:c r="N89" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O89" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:15">
       <x:c r="A90" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C90" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D90" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E90" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F90" s="3" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="G90" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H90" s="3" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I90" s="3" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J90" s="4" t="n">
         <x:v>342515.47</x:v>
       </x:c>
       <x:c r="K90" s="4" t="n">
         <x:v>342515.47</x:v>
       </x:c>
       <x:c r="L90" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M90" s="4" t="n">
         <x:v>342515.46</x:v>
       </x:c>
       <x:c r="N90" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O90" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:15">
       <x:c r="A91" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E91" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F91" s="3" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="G91" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H91" s="3" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I91" s="3" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J91" s="4" t="n">
         <x:v>392152.03</x:v>
       </x:c>
       <x:c r="K91" s="4" t="n">
         <x:v>392152.03</x:v>
       </x:c>
       <x:c r="L91" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M91" s="4" t="n">
         <x:v>392152.05</x:v>
       </x:c>
       <x:c r="N91" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="O91" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:15">
       <x:c r="A92" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C92" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D92" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E92" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F92" s="3" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="G92" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H92" s="3" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I92" s="3" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J92" s="4" t="n">
-        <x:v>4087212.75</x:v>
+        <x:v>4087212.72</x:v>
       </x:c>
       <x:c r="K92" s="4" t="n">
-        <x:v>4087212.75</x:v>
+        <x:v>4087212.72</x:v>
       </x:c>
       <x:c r="L92" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M92" s="4" t="n">
         <x:v>870530.88</x:v>
       </x:c>
       <x:c r="N92" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="O92" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:15">
       <x:c r="A93" s="3" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E93" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F93" s="3" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="G93" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H93" s="3" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I93" s="3" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J93" s="4" t="n">
         <x:v>592443.87</x:v>
       </x:c>
       <x:c r="K93" s="4" t="n">
         <x:v>592443.87</x:v>
       </x:c>
       <x:c r="L93" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M93" s="4" t="n">
         <x:v>674787.78</x:v>
       </x:c>
       <x:c r="N93" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="O93" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:15">
       <x:c r="A94" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C94" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D94" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E94" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F94" s="3" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="G94" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H94" s="3" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I94" s="3" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J94" s="4" t="n">
         <x:v>69259.11</x:v>
       </x:c>
       <x:c r="K94" s="4" t="n">
         <x:v>69259.11</x:v>
       </x:c>
       <x:c r="L94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N94" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O94" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:15">
       <x:c r="A95" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E95" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F95" s="3" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="G95" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H95" s="3" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I95" s="3" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J95" s="4" t="n">
         <x:v>100174.12</x:v>
       </x:c>
       <x:c r="K95" s="4" t="n">
         <x:v>100174.12</x:v>
       </x:c>
       <x:c r="L95" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M95" s="4" t="n">
         <x:v>77507.61</x:v>
       </x:c>
       <x:c r="N95" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O95" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:15">
       <x:c r="A96" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C96" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D96" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E96" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F96" s="3" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="G96" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H96" s="3" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I96" s="3" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J96" s="4" t="n">
         <x:v>21398019.06</x:v>
       </x:c>
       <x:c r="K96" s="4" t="n">
         <x:v>21398019.06</x:v>
       </x:c>
       <x:c r="L96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M96" s="4" t="n">
         <x:v>5409835.84</x:v>
       </x:c>
       <x:c r="N96" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="O96" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:15">
       <x:c r="A97" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E97" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F97" s="3" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G97" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H97" s="3" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="I97" s="3" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="J97" s="4" t="n">
         <x:v>263826.61</x:v>
       </x:c>
       <x:c r="K97" s="4" t="n">
         <x:v>263826.61</x:v>
       </x:c>
       <x:c r="L97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M97" s="4" t="n">
         <x:v>87467.64</x:v>
       </x:c>
       <x:c r="N97" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="O97" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:15">
       <x:c r="A98" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C98" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D98" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E98" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F98" s="3" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="G98" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H98" s="3" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="H98" s="3" t="s">
+      <x:c r="I98" s="3" t="s">
         <x:v>357</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>358</x:v>
       </x:c>
       <x:c r="J98" s="4" t="n">
         <x:v>720003.32</x:v>
       </x:c>
       <x:c r="K98" s="4" t="n">
         <x:v>720003.32</x:v>
       </x:c>
       <x:c r="L98" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M98" s="4" t="n">
         <x:v>720003.32</x:v>
       </x:c>
       <x:c r="N98" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="O98" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:15">
       <x:c r="A99" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E99" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F99" s="3" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="G99" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H99" s="3" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="G99" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H99" s="3" t="s">
+      <x:c r="I99" s="3" t="s">
         <x:v>361</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>362</x:v>
       </x:c>
       <x:c r="J99" s="4" t="n">
         <x:v>82830.94</x:v>
       </x:c>
       <x:c r="K99" s="4" t="n">
         <x:v>82830.94</x:v>
       </x:c>
       <x:c r="L99" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M99" s="4" t="n">
         <x:v>82830.93</x:v>
       </x:c>
       <x:c r="N99" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O99" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:15">
       <x:c r="A100" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C100" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D100" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E100" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F100" s="3" t="s">
-        <x:v>360</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="G100" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H100" s="3" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="I100" s="3" t="s">
         <x:v>363</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>364</x:v>
       </x:c>
       <x:c r="J100" s="4" t="n">
         <x:v>63783.04</x:v>
       </x:c>
       <x:c r="K100" s="4" t="n">
         <x:v>63783.04</x:v>
       </x:c>
       <x:c r="L100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M100" s="4" t="n">
         <x:v>63783.04</x:v>
       </x:c>
       <x:c r="N100" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="O100" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:15">
       <x:c r="A101" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
-        <x:v>365</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E101" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F101" s="3" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="G101" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H101" s="3" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="G101" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H101" s="3" t="s">
+      <x:c r="I101" s="3" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>368</x:v>
       </x:c>
       <x:c r="J101" s="4" t="n">
         <x:v>1533875.64</x:v>
       </x:c>
       <x:c r="K101" s="4" t="n">
         <x:v>1533875.64</x:v>
       </x:c>
       <x:c r="L101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M101" s="4" t="n">
         <x:v>899125.81</x:v>
       </x:c>
       <x:c r="N101" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="O101" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:15">
       <x:c r="A102" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C102" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D102" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E102" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F102" s="3" t="s">
-        <x:v>370</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="G102" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H102" s="3" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="I102" s="3" t="s">
         <x:v>371</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
       <x:c r="J102" s="4" t="n">
         <x:v>647106.22</x:v>
       </x:c>
       <x:c r="K102" s="4" t="n">
         <x:v>647106.22</x:v>
       </x:c>
       <x:c r="L102" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M102" s="4" t="n">
         <x:v>647106.22</x:v>
       </x:c>
       <x:c r="N102" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="O102" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:15">
       <x:c r="A103" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E103" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F103" s="3" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="G103" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H103" s="3" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="G103" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H103" s="3" t="s">
+      <x:c r="I103" s="3" t="s">
         <x:v>374</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
       <x:c r="J103" s="4" t="n">
         <x:v>836852.36</x:v>
       </x:c>
       <x:c r="K103" s="4" t="n">
         <x:v>836852.36</x:v>
       </x:c>
       <x:c r="L103" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M103" s="4" t="n">
         <x:v>836852.33</x:v>
       </x:c>
       <x:c r="N103" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O103" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:15">
       <x:c r="A104" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
-        <x:v>369</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C104" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D104" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E104" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F104" s="3" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="G104" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H104" s="3" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="G104" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H104" s="3" t="s">
+      <x:c r="I104" s="3" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="J104" s="4" t="n">
         <x:v>4015632.03</x:v>
       </x:c>
       <x:c r="K104" s="4" t="n">
         <x:v>4015632.03</x:v>
       </x:c>
       <x:c r="L104" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M104" s="4" t="n">
         <x:v>4015632.03</x:v>
       </x:c>
       <x:c r="N104" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O104" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:15">
       <x:c r="A105" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E105" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F105" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G105" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H105" s="3" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="I105" s="3" t="s">
         <x:v>381</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
       <x:c r="J105" s="4" t="n">
         <x:v>834151.58</x:v>
       </x:c>
       <x:c r="K105" s="4" t="n">
         <x:v>834151.58</x:v>
       </x:c>
       <x:c r="L105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M105" s="4" t="n">
         <x:v>834151.59</x:v>
       </x:c>
       <x:c r="N105" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O105" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:15">
       <x:c r="A106" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C106" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D106" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E106" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F106" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G106" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H106" s="3" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="I106" s="3" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
       <x:c r="J106" s="4" t="n">
         <x:v>217650.57</x:v>
       </x:c>
       <x:c r="K106" s="4" t="n">
         <x:v>217650.57</x:v>
       </x:c>
       <x:c r="L106" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M106" s="4" t="n">
         <x:v>217650.56</x:v>
       </x:c>
       <x:c r="N106" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O106" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:15">
       <x:c r="A107" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E107" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F107" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G107" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H107" s="3" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="I107" s="3" t="s">
         <x:v>385</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
       <x:c r="J107" s="4" t="n">
         <x:v>257728.15</x:v>
       </x:c>
       <x:c r="K107" s="4" t="n">
         <x:v>257728.15</x:v>
       </x:c>
       <x:c r="L107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M107" s="4" t="n">
         <x:v>257728.16</x:v>
       </x:c>
       <x:c r="N107" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="O107" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:15">
       <x:c r="A108" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C108" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D108" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E108" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F108" s="3" t="s">
-        <x:v>380</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="G108" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H108" s="3" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="I108" s="3" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="I108" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J108" s="4" t="n">
-        <x:v>607673.8</x:v>
+        <x:v>607673.79</x:v>
       </x:c>
       <x:c r="K108" s="4" t="n">
-        <x:v>607673.8</x:v>
+        <x:v>607673.79</x:v>
       </x:c>
       <x:c r="L108" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M108" s="4" t="n">
         <x:v>35790.43</x:v>
       </x:c>
       <x:c r="N108" s="5" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="O108" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:15">
       <x:c r="A109" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E109" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F109" s="3" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="G109" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H109" s="3" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="G109" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H109" s="3" t="s">
+      <x:c r="I109" s="3" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
       <x:c r="J109" s="4" t="n">
         <x:v>532074.75</x:v>
       </x:c>
       <x:c r="K109" s="4" t="n">
         <x:v>532074.75</x:v>
       </x:c>
       <x:c r="L109" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M109" s="4" t="n">
         <x:v>532074.77</x:v>
       </x:c>
       <x:c r="N109" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="O109" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:15">
       <x:c r="A110" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C110" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D110" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E110" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F110" s="3" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="G110" s="3" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="G110" s="3" t="s">
+      <x:c r="H110" s="3" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="H110" s="3" t="s">
+      <x:c r="I110" s="3" t="s">
         <x:v>396</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>397</x:v>
       </x:c>
       <x:c r="J110" s="4" t="n">
         <x:v>1067207.86</x:v>
       </x:c>
       <x:c r="K110" s="4" t="n">
         <x:v>1067207.86</x:v>
       </x:c>
       <x:c r="L110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M110" s="4" t="n">
-        <x:v>158195.03</x:v>
+        <x:v>196965.49</x:v>
       </x:c>
       <x:c r="N110" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="O110" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:15">
       <x:c r="A111" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
-        <x:v>398</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E111" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F111" s="3" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="G111" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H111" s="3" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="G111" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H111" s="3" t="s">
+      <x:c r="I111" s="3" t="s">
         <x:v>400</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
       <x:c r="J111" s="4" t="n">
         <x:v>567229.2</x:v>
       </x:c>
       <x:c r="K111" s="4" t="n">
         <x:v>567229.2</x:v>
       </x:c>
       <x:c r="L111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M111" s="4" t="n">
         <x:v>567229.19</x:v>
       </x:c>
       <x:c r="N111" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="O111" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:15">
       <x:c r="A112" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
-        <x:v>402</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C112" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D112" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E112" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F112" s="3" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="G112" s="3" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H112" s="3" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="G112" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H112" s="3" t="s">
+      <x:c r="I112" s="3" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J112" s="4" t="n">
         <x:v>132084.58</x:v>
       </x:c>
       <x:c r="K112" s="4" t="n">
         <x:v>126994.95</x:v>
       </x:c>
       <x:c r="L112" s="4" t="n">
         <x:v>5089.63</x:v>
       </x:c>
       <x:c r="M112" s="4" t="n">
         <x:v>126994.94</x:v>
       </x:c>
       <x:c r="N112" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O112" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:15">
       <x:c r="A113" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
-        <x:v>406</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E113" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F113" s="3" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="G113" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H113" s="3" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="G113" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H113" s="3" t="s">
+      <x:c r="I113" s="3" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>409</x:v>
       </x:c>
       <x:c r="J113" s="4" t="n">
         <x:v>2064180.09</x:v>
       </x:c>
       <x:c r="K113" s="4" t="n">
         <x:v>2064180.09</x:v>
       </x:c>
       <x:c r="L113" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M113" s="4" t="n">
         <x:v>2064180.14</x:v>
       </x:c>
       <x:c r="N113" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="O113" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:15">
       <x:c r="A114" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
-        <x:v>410</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C114" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D114" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E114" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F114" s="3" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="G114" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H114" s="3" t="s">
         <x:v>411</x:v>
       </x:c>
-      <x:c r="G114" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H114" s="3" t="s">
+      <x:c r="I114" s="3" t="s">
         <x:v>412</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>413</x:v>
       </x:c>
       <x:c r="J114" s="4" t="n">
         <x:v>71452.19</x:v>
       </x:c>
       <x:c r="K114" s="4" t="n">
         <x:v>71452.19</x:v>
       </x:c>
       <x:c r="L114" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M114" s="4" t="n">
         <x:v>71452.15</x:v>
       </x:c>
       <x:c r="N114" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="O114" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:15">
       <x:c r="A115" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E115" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F115" s="3" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="G115" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H115" s="3" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="G115" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H115" s="3" t="s">
+      <x:c r="I115" s="3" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>417</x:v>
       </x:c>
       <x:c r="J115" s="4" t="n">
         <x:v>98200.89</x:v>
       </x:c>
       <x:c r="K115" s="4" t="n">
         <x:v>98200.89</x:v>
       </x:c>
       <x:c r="L115" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M115" s="4" t="n">
         <x:v>98200.88</x:v>
       </x:c>
       <x:c r="N115" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="O115" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:15">
       <x:c r="A116" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C116" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D116" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E116" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F116" s="3" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="G116" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H116" s="3" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="G116" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H116" s="3" t="s">
+      <x:c r="I116" s="3" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="I116" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J116" s="4" t="n">
-        <x:v>3646814.88</x:v>
+        <x:v>3646814.91</x:v>
       </x:c>
       <x:c r="K116" s="4" t="n">
-        <x:v>3646814.88</x:v>
+        <x:v>3646814.91</x:v>
       </x:c>
       <x:c r="L116" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M116" s="4" t="n">
         <x:v>274705.72</x:v>
       </x:c>
       <x:c r="N116" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="O116" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:15">
       <x:c r="A117" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C117" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D117" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="E117" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F117" s="3" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="C117" s="3" t="s">
-[...8 lines deleted...]
-      <x:c r="F117" s="3" t="s">
+      <x:c r="G117" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H117" s="3" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="G117" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H117" s="3" t="s">
+      <x:c r="I117" s="3" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="J117" s="4" t="n">
         <x:v>74248.95</x:v>
       </x:c>
       <x:c r="K117" s="4" t="n">
         <x:v>74248.95</x:v>
       </x:c>
       <x:c r="L117" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M117" s="4" t="n">
         <x:v>71478.56</x:v>
       </x:c>
       <x:c r="N117" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O117" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:15">
       <x:c r="A118" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
-        <x:v>426</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C118" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D118" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E118" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F118" s="3" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="G118" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H118" s="3" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="G118" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H118" s="3" t="s">
+      <x:c r="I118" s="3" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
       <x:c r="J118" s="4" t="n">
         <x:v>87023.41</x:v>
       </x:c>
       <x:c r="K118" s="4" t="n">
         <x:v>87023.41</x:v>
       </x:c>
       <x:c r="L118" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M118" s="4" t="n">
         <x:v>83825.76</x:v>
       </x:c>
       <x:c r="N118" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O118" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:15">
       <x:c r="A119" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
-        <x:v>430</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E119" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F119" s="3" t="s">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="G119" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H119" s="3" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="G119" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H119" s="3" t="s">
+      <x:c r="I119" s="3" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>433</x:v>
       </x:c>
       <x:c r="J119" s="4" t="n">
         <x:v>101235.8</x:v>
       </x:c>
       <x:c r="K119" s="4" t="n">
         <x:v>101235.8</x:v>
       </x:c>
       <x:c r="L119" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M119" s="4" t="n">
         <x:v>95007.75</x:v>
       </x:c>
       <x:c r="N119" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O119" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:15">
       <x:c r="A120" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
-        <x:v>434</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C120" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D120" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E120" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F120" s="3" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="G120" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H120" s="3" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="G120" s="3" t="s">
-[...2 lines deleted...]
-      <x:c r="H120" s="3" t="s">
+      <x:c r="I120" s="3" t="s">
         <x:v>436</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>437</x:v>
       </x:c>
       <x:c r="J120" s="4" t="n">
         <x:v>101491.44</x:v>
       </x:c>
       <x:c r="K120" s="4" t="n">
         <x:v>101491.44</x:v>
       </x:c>
       <x:c r="L120" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M120" s="4" t="n">
         <x:v>75620.08</x:v>
       </x:c>
       <x:c r="N120" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O120" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:15">
       <x:c r="A121" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
-        <x:v>438</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E121" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F121" s="3" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="G121" s="3" t="s">
         <x:v>439</x:v>
       </x:c>
-      <x:c r="G121" s="3" t="s">
+      <x:c r="H121" s="3" t="s">
         <x:v>440</x:v>
       </x:c>
-      <x:c r="H121" s="3" t="s">
+      <x:c r="I121" s="3" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>442</x:v>
       </x:c>
       <x:c r="J121" s="4" t="n">
         <x:v>85113.85</x:v>
       </x:c>
       <x:c r="K121" s="4" t="n">
         <x:v>85113.85</x:v>
       </x:c>
       <x:c r="L121" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M121" s="4" t="n">
         <x:v>85113.85</x:v>
       </x:c>
       <x:c r="N121" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O121" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:15">
       <x:c r="A122" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
-        <x:v>443</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C122" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D122" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E122" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F122" s="3" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="G122" s="3" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
       <x:c r="H122" s="3" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I122" s="3" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="J122" s="4" t="n">
         <x:v>524387.4</x:v>
       </x:c>
       <x:c r="K122" s="4" t="n">
         <x:v>495070.36</x:v>
       </x:c>
       <x:c r="L122" s="4" t="n">
         <x:v>29317.04</x:v>
       </x:c>
       <x:c r="M122" s="4" t="n">
         <x:v>484481.24</x:v>
       </x:c>
       <x:c r="N122" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O122" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:15">
       <x:c r="A123" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E123" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F123" s="3" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="G123" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H123" s="3" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I123" s="3" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J123" s="4" t="n">
         <x:v>101573.24</x:v>
       </x:c>
       <x:c r="K123" s="4" t="n">
         <x:v>101573.24</x:v>
       </x:c>
       <x:c r="L123" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M123" s="4" t="n">
         <x:v>81157.28</x:v>
       </x:c>
       <x:c r="N123" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O123" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:15">
       <x:c r="A124" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C124" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D124" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E124" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F124" s="3" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="G124" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H124" s="3" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I124" s="3" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J124" s="4" t="n">
         <x:v>101685.72</x:v>
       </x:c>
       <x:c r="K124" s="4" t="n">
         <x:v>101685.72</x:v>
       </x:c>
       <x:c r="L124" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M124" s="4" t="n">
         <x:v>77485.93</x:v>
       </x:c>
       <x:c r="N124" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O124" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:15">
       <x:c r="A125" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E125" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F125" s="3" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="G125" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H125" s="3" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I125" s="3" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="J125" s="4" t="n">
         <x:v>99834.02</x:v>
       </x:c>
       <x:c r="K125" s="4" t="n">
         <x:v>99834.02</x:v>
       </x:c>
       <x:c r="L125" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M125" s="4" t="n">
         <x:v>99833.64</x:v>
       </x:c>
       <x:c r="N125" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O125" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:15">
       <x:c r="A126" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C126" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D126" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E126" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F126" s="3" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="G126" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H126" s="3" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I126" s="3" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J126" s="4" t="n">
         <x:v>100668.25</x:v>
       </x:c>
       <x:c r="K126" s="4" t="n">
         <x:v>100668.25</x:v>
       </x:c>
       <x:c r="L126" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M126" s="4" t="n">
         <x:v>97456.23</x:v>
       </x:c>
       <x:c r="N126" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O126" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:15">
       <x:c r="A127" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E127" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F127" s="3" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="G127" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H127" s="3" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I127" s="3" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J127" s="4" t="n">
         <x:v>388853.59</x:v>
       </x:c>
       <x:c r="K127" s="4" t="n">
         <x:v>382564.43</x:v>
       </x:c>
       <x:c r="L127" s="4" t="n">
         <x:v>6289.16</x:v>
       </x:c>
       <x:c r="M127" s="4" t="n">
         <x:v>382564.4</x:v>
       </x:c>
       <x:c r="N127" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O127" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:15">
       <x:c r="A128" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C128" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D128" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E128" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F128" s="3" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="G128" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H128" s="3" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I128" s="3" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="J128" s="4" t="n">
         <x:v>99993.59</x:v>
       </x:c>
       <x:c r="K128" s="4" t="n">
         <x:v>99993.59</x:v>
       </x:c>
       <x:c r="L128" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M128" s="4" t="n">
         <x:v>91918.24</x:v>
       </x:c>
       <x:c r="N128" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O128" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:15">
       <x:c r="A129" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E129" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F129" s="3" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G129" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H129" s="3" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I129" s="3" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J129" s="4" t="n">
         <x:v>79382.16</x:v>
       </x:c>
       <x:c r="K129" s="4" t="n">
         <x:v>79382.16</x:v>
       </x:c>
       <x:c r="L129" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M129" s="4" t="n">
         <x:v>64838.64</x:v>
       </x:c>
       <x:c r="N129" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O129" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:15">
       <x:c r="A130" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C130" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D130" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E130" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F130" s="3" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="G130" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H130" s="3" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I130" s="3" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J130" s="4" t="n">
         <x:v>271559.99</x:v>
       </x:c>
       <x:c r="K130" s="4" t="n">
         <x:v>263372.22</x:v>
       </x:c>
       <x:c r="L130" s="4" t="n">
         <x:v>8187.77</x:v>
       </x:c>
       <x:c r="M130" s="4" t="n">
         <x:v>263372.2</x:v>
       </x:c>
       <x:c r="N130" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O130" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:15">
       <x:c r="A131" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E131" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F131" s="3" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="G131" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H131" s="3" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I131" s="3" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J131" s="4" t="n">
         <x:v>55732.93</x:v>
       </x:c>
       <x:c r="K131" s="4" t="n">
         <x:v>55732.93</x:v>
       </x:c>
       <x:c r="L131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M131" s="4" t="n">
         <x:v>55732.95</x:v>
       </x:c>
       <x:c r="N131" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O131" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:15">
       <x:c r="A132" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C132" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D132" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E132" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F132" s="3" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="G132" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H132" s="3" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I132" s="3" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M132" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N132" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O132" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:15">
       <x:c r="A133" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E133" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F133" s="3" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="G133" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H133" s="3" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I133" s="3" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J133" s="4" t="n">
         <x:v>87793.92</x:v>
       </x:c>
       <x:c r="K133" s="4" t="n">
         <x:v>87793.92</x:v>
       </x:c>
       <x:c r="L133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M133" s="4" t="n">
         <x:v>86522.1</x:v>
       </x:c>
       <x:c r="N133" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O133" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -8247,215 +8247,215 @@
       <x:c r="G134" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H134" s="3" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I134" s="3" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="J134" s="4" t="n">
         <x:v>509725.57</x:v>
       </x:c>
       <x:c r="K134" s="4" t="n">
         <x:v>480502.47</x:v>
       </x:c>
       <x:c r="L134" s="4" t="n">
         <x:v>29223.1</x:v>
       </x:c>
       <x:c r="M134" s="4" t="n">
         <x:v>447290.87</x:v>
       </x:c>
       <x:c r="N134" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O134" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:15">
       <x:c r="A135" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E135" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F135" s="3" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="G135" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H135" s="3" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I135" s="3" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="J135" s="4" t="n">
         <x:v>74003.08</x:v>
       </x:c>
       <x:c r="K135" s="4" t="n">
         <x:v>74003.08</x:v>
       </x:c>
       <x:c r="L135" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M135" s="4" t="n">
         <x:v>73766.59</x:v>
       </x:c>
       <x:c r="N135" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O135" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:15">
       <x:c r="A136" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C136" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D136" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E136" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F136" s="3" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="G136" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H136" s="3" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I136" s="3" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="J136" s="4" t="n">
         <x:v>98111.79</x:v>
       </x:c>
       <x:c r="K136" s="4" t="n">
         <x:v>98111.79</x:v>
       </x:c>
       <x:c r="L136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M136" s="4" t="n">
         <x:v>90188.03</x:v>
       </x:c>
       <x:c r="N136" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O136" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:15">
       <x:c r="A137" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E137" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F137" s="3" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="G137" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H137" s="3" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="I137" s="3" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="J137" s="4" t="n">
         <x:v>83284.66</x:v>
       </x:c>
       <x:c r="K137" s="4" t="n">
         <x:v>83284.66</x:v>
       </x:c>
       <x:c r="L137" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M137" s="4" t="n">
         <x:v>83284.7</x:v>
       </x:c>
       <x:c r="N137" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="O137" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:15">
       <x:c r="A138" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C138" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D138" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E138" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F138" s="3" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="G138" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H138" s="3" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I138" s="3" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J138" s="4" t="n">
         <x:v>100668.26</x:v>
       </x:c>
       <x:c r="K138" s="4" t="n">
         <x:v>100668.26</x:v>
       </x:c>
       <x:c r="L138" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M138" s="4" t="n">
         <x:v>75278.7</x:v>
       </x:c>
       <x:c r="N138" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O138" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -8505,944 +8505,944 @@
       </x:c>
       <x:c r="O139" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:15">
       <x:c r="A140" s="3" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C140" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D140" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E140" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F140" s="3" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="G140" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H140" s="3" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I140" s="3" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="J140" s="4" t="n">
         <x:v>428718.63</x:v>
       </x:c>
       <x:c r="K140" s="4" t="n">
         <x:v>415003.61</x:v>
       </x:c>
       <x:c r="L140" s="4" t="n">
         <x:v>13715.02</x:v>
       </x:c>
       <x:c r="M140" s="4" t="n">
         <x:v>415003.65</x:v>
       </x:c>
       <x:c r="N140" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="O140" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:15">
       <x:c r="A141" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E141" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F141" s="3" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="G141" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H141" s="3" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I141" s="3" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="J141" s="4" t="n">
         <x:v>101528.83</x:v>
       </x:c>
       <x:c r="K141" s="4" t="n">
         <x:v>101528.83</x:v>
       </x:c>
       <x:c r="L141" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M141" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N141" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O141" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:15">
       <x:c r="A142" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C142" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D142" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E142" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F142" s="3" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="G142" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H142" s="3" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I142" s="3" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J142" s="4" t="n">
         <x:v>98086.22</x:v>
       </x:c>
       <x:c r="K142" s="4" t="n">
         <x:v>98086.22</x:v>
       </x:c>
       <x:c r="L142" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M142" s="4" t="n">
         <x:v>67693.1</x:v>
       </x:c>
       <x:c r="N142" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O142" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:15">
       <x:c r="A143" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E143" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F143" s="3" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="G143" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H143" s="3" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I143" s="3" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="J143" s="4" t="n">
         <x:v>99180.39</x:v>
       </x:c>
       <x:c r="K143" s="4" t="n">
         <x:v>99180.39</x:v>
       </x:c>
       <x:c r="L143" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M143" s="4" t="n">
         <x:v>99173.06</x:v>
       </x:c>
       <x:c r="N143" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O143" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:15">
       <x:c r="A144" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C144" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D144" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E144" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F144" s="3" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="G144" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H144" s="3" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I144" s="3" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J144" s="4" t="n">
         <x:v>96275.84</x:v>
       </x:c>
       <x:c r="K144" s="4" t="n">
         <x:v>96275.84</x:v>
       </x:c>
       <x:c r="L144" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M144" s="4" t="n">
         <x:v>95031.86</x:v>
       </x:c>
       <x:c r="N144" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O144" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:15">
       <x:c r="A145" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="E145" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F145" s="3" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="G145" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H145" s="3" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I145" s="3" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="J145" s="4" t="n">
         <x:v>95267.48</x:v>
       </x:c>
       <x:c r="K145" s="4" t="n">
         <x:v>95267.48</x:v>
       </x:c>
       <x:c r="L145" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M145" s="4" t="n">
         <x:v>93388.19</x:v>
       </x:c>
       <x:c r="N145" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O145" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:15">
       <x:c r="A146" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C146" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D146" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="E146" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F146" s="3" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="G146" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H146" s="3" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I146" s="3" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J146" s="4" t="n">
         <x:v>141067.13</x:v>
       </x:c>
       <x:c r="K146" s="4" t="n">
         <x:v>141067.13</x:v>
       </x:c>
       <x:c r="L146" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M146" s="4" t="n">
         <x:v>141067.14</x:v>
       </x:c>
       <x:c r="N146" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O146" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:15">
       <x:c r="A147" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E147" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F147" s="3" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="G147" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H147" s="3" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I147" s="3" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="J147" s="4" t="n">
         <x:v>99930.99</x:v>
       </x:c>
       <x:c r="K147" s="4" t="n">
         <x:v>99930.99</x:v>
       </x:c>
       <x:c r="L147" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M147" s="4" t="n">
         <x:v>88826.29</x:v>
       </x:c>
       <x:c r="N147" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O147" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:15">
       <x:c r="A148" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C148" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D148" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E148" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F148" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="G148" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H148" s="3" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I148" s="3" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="J148" s="4" t="n">
         <x:v>99983.62</x:v>
       </x:c>
       <x:c r="K148" s="4" t="n">
         <x:v>99983.62</x:v>
       </x:c>
       <x:c r="L148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M148" s="4" t="n">
         <x:v>88030.16</x:v>
       </x:c>
       <x:c r="N148" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O148" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:15">
       <x:c r="A149" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E149" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F149" s="3" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="G149" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H149" s="3" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I149" s="3" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J149" s="4" t="n">
         <x:v>101787.99</x:v>
       </x:c>
       <x:c r="K149" s="4" t="n">
         <x:v>101787.99</x:v>
       </x:c>
       <x:c r="L149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M149" s="4" t="n">
         <x:v>93698.26</x:v>
       </x:c>
       <x:c r="N149" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O149" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:15">
       <x:c r="A150" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C150" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D150" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E150" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F150" s="3" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="G150" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H150" s="3" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I150" s="3" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J150" s="4" t="n">
         <x:v>96076.5</x:v>
       </x:c>
       <x:c r="K150" s="4" t="n">
         <x:v>96076.5</x:v>
       </x:c>
       <x:c r="L150" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M150" s="4" t="n">
         <x:v>95907.91</x:v>
       </x:c>
       <x:c r="N150" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O150" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:15">
       <x:c r="A151" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E151" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F151" s="3" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="G151" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H151" s="3" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I151" s="3" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="J151" s="4" t="n">
         <x:v>86025.47</x:v>
       </x:c>
       <x:c r="K151" s="4" t="n">
         <x:v>86025.47</x:v>
       </x:c>
       <x:c r="L151" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M151" s="4" t="n">
         <x:v>85255.51</x:v>
       </x:c>
       <x:c r="N151" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O151" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:15">
       <x:c r="A152" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C152" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D152" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E152" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F152" s="3" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="G152" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H152" s="3" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I152" s="3" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="J152" s="4" t="n">
         <x:v>80234.43</x:v>
       </x:c>
       <x:c r="K152" s="4" t="n">
         <x:v>80234.43</x:v>
       </x:c>
       <x:c r="L152" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M152" s="4" t="n">
         <x:v>74730.12</x:v>
       </x:c>
       <x:c r="N152" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="O152" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:15">
       <x:c r="A153" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E153" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F153" s="3" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="G153" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H153" s="3" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I153" s="3" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J153" s="4" t="n">
         <x:v>101629.48</x:v>
       </x:c>
       <x:c r="K153" s="4" t="n">
         <x:v>101629.48</x:v>
       </x:c>
       <x:c r="L153" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M153" s="4" t="n">
         <x:v>101628.48</x:v>
       </x:c>
       <x:c r="N153" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O153" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:15">
       <x:c r="A154" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C154" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D154" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E154" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F154" s="3" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="G154" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H154" s="3" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I154" s="3" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J154" s="4" t="n">
         <x:v>99589.48</x:v>
       </x:c>
       <x:c r="K154" s="4" t="n">
         <x:v>99589.48</x:v>
       </x:c>
       <x:c r="L154" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M154" s="4" t="n">
         <x:v>92877.95</x:v>
       </x:c>
       <x:c r="N154" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="O154" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:15">
       <x:c r="A155" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E155" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F155" s="3" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="G155" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H155" s="3" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="I155" s="3" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="J155" s="4" t="n">
         <x:v>92931.48</x:v>
       </x:c>
       <x:c r="K155" s="4" t="n">
         <x:v>92931.48</x:v>
       </x:c>
       <x:c r="L155" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M155" s="4" t="n">
         <x:v>92270.46</x:v>
       </x:c>
       <x:c r="N155" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O155" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:15">
       <x:c r="A156" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C156" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D156" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E156" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F156" s="3" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="G156" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H156" s="3" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I156" s="3" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="J156" s="4" t="n">
         <x:v>102200.09</x:v>
       </x:c>
       <x:c r="K156" s="4" t="n">
         <x:v>102200.09</x:v>
       </x:c>
       <x:c r="L156" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M156" s="4" t="n">
         <x:v>101924.57</x:v>
       </x:c>
       <x:c r="N156" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O156" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:15">
       <x:c r="A157" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E157" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F157" s="3" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="G157" s="3" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H157" s="3" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="I157" s="3" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="J157" s="4" t="n">
         <x:v>96715.97</x:v>
       </x:c>
       <x:c r="K157" s="4" t="n">
         <x:v>96715.97</x:v>
       </x:c>
       <x:c r="L157" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M157" s="4" t="n">
         <x:v>96585.01</x:v>
       </x:c>
       <x:c r="N157" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O157" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:15">
       <x:c r="A158" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C158" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D158" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E158" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F158" s="3" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="G158" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H158" s="3" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I158" s="3" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="J158" s="4" t="n">
         <x:v>77733.28</x:v>
       </x:c>
       <x:c r="K158" s="4" t="n">
         <x:v>77733.28</x:v>
       </x:c>
       <x:c r="L158" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M158" s="4" t="n">
         <x:v>76471.22</x:v>
       </x:c>
       <x:c r="N158" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="O158" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:15">
       <x:c r="A159" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E159" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F159" s="3" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="G159" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H159" s="3" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="I159" s="3" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="J159" s="4" t="n">
         <x:v>184229.94</x:v>
       </x:c>
       <x:c r="K159" s="4" t="n">
         <x:v>176838.88</x:v>
       </x:c>
       <x:c r="L159" s="4" t="n">
         <x:v>7391.06</x:v>
       </x:c>
       <x:c r="M159" s="4" t="n">
         <x:v>176838.87</x:v>
       </x:c>
       <x:c r="N159" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O159" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -9474,868 +9474,868 @@
       </x:c>
       <x:c r="I160" s="3" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="J160" s="4" t="n">
         <x:v>183185.05</x:v>
       </x:c>
       <x:c r="K160" s="4" t="n">
         <x:v>183185.05</x:v>
       </x:c>
       <x:c r="L160" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M160" s="4" t="n">
         <x:v>183184.97</x:v>
       </x:c>
       <x:c r="N160" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O160" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:15">
       <x:c r="A161" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E161" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F161" s="3" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="G161" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H161" s="3" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I161" s="3" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J161" s="4" t="n">
         <x:v>102033.85</x:v>
       </x:c>
       <x:c r="K161" s="4" t="n">
         <x:v>102033.85</x:v>
       </x:c>
       <x:c r="L161" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M161" s="4" t="n">
         <x:v>101918.79</x:v>
       </x:c>
       <x:c r="N161" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O161" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:15">
       <x:c r="A162" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C162" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D162" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E162" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F162" s="3" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="G162" s="3" t="s">
-        <x:v>235</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H162" s="3" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="I162" s="3" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="J162" s="4" t="n">
         <x:v>176397.95</x:v>
       </x:c>
       <x:c r="K162" s="4" t="n">
         <x:v>158424.44</x:v>
       </x:c>
       <x:c r="L162" s="4" t="n">
         <x:v>17973.51</x:v>
       </x:c>
       <x:c r="M162" s="4" t="n">
         <x:v>158424.41</x:v>
       </x:c>
       <x:c r="N162" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O162" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:15">
       <x:c r="A163" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E163" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F163" s="3" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="G163" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H163" s="3" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="I163" s="3" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="J163" s="4" t="n">
         <x:v>99405.03</x:v>
       </x:c>
       <x:c r="K163" s="4" t="n">
         <x:v>99405.03</x:v>
       </x:c>
       <x:c r="L163" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M163" s="4" t="n">
         <x:v>99008.81</x:v>
       </x:c>
       <x:c r="N163" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O163" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:15">
       <x:c r="A164" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B164" s="3" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C164" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D164" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E164" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F164" s="3" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="G164" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H164" s="3" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="I164" s="3" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J164" s="4" t="n">
         <x:v>99393.74</x:v>
       </x:c>
       <x:c r="K164" s="4" t="n">
         <x:v>99393.74</x:v>
       </x:c>
       <x:c r="L164" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M164" s="4" t="n">
         <x:v>98998.16</x:v>
       </x:c>
       <x:c r="N164" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O164" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:15">
       <x:c r="A165" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B165" s="3" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E165" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F165" s="3" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="G165" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H165" s="3" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="I165" s="3" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="J165" s="4" t="n">
         <x:v>89216.79</x:v>
       </x:c>
       <x:c r="K165" s="4" t="n">
         <x:v>89216.79</x:v>
       </x:c>
       <x:c r="L165" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M165" s="4" t="n">
         <x:v>83007.24</x:v>
       </x:c>
       <x:c r="N165" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O165" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:15">
       <x:c r="A166" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B166" s="3" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C166" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D166" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E166" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F166" s="3" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="G166" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H166" s="3" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I166" s="3" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J166" s="4" t="n">
         <x:v>94850.62</x:v>
       </x:c>
       <x:c r="K166" s="4" t="n">
         <x:v>94850.62</x:v>
       </x:c>
       <x:c r="L166" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M166" s="4" t="n">
         <x:v>83198.94</x:v>
       </x:c>
       <x:c r="N166" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O166" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:15">
       <x:c r="A167" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B167" s="3" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E167" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F167" s="3" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="G167" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H167" s="3" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="I167" s="3" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="J167" s="4" t="n">
         <x:v>101612.92</x:v>
       </x:c>
       <x:c r="K167" s="4" t="n">
         <x:v>101612.92</x:v>
       </x:c>
       <x:c r="L167" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M167" s="4" t="n">
         <x:v>93799.42</x:v>
       </x:c>
       <x:c r="N167" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O167" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:15">
       <x:c r="A168" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B168" s="3" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C168" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D168" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E168" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F168" s="3" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="G168" s="3" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="H168" s="3" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="I168" s="3" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="J168" s="4" t="n">
         <x:v>97596.91</x:v>
       </x:c>
       <x:c r="K168" s="4" t="n">
         <x:v>97596.91</x:v>
       </x:c>
       <x:c r="L168" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M168" s="4" t="n">
         <x:v>88770.5</x:v>
       </x:c>
       <x:c r="N168" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O168" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:15">
       <x:c r="A169" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B169" s="3" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E169" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F169" s="3" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="G169" s="3" t="s">
-        <x:v>440</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H169" s="3" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I169" s="3" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="J169" s="4" t="n">
         <x:v>99607.57</x:v>
       </x:c>
       <x:c r="K169" s="4" t="n">
         <x:v>99607.57</x:v>
       </x:c>
       <x:c r="L169" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M169" s="4" t="n">
         <x:v>98201.24</x:v>
       </x:c>
       <x:c r="N169" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O169" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:15">
       <x:c r="A170" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B170" s="3" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C170" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D170" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E170" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F170" s="3" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="G170" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H170" s="3" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I170" s="3" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="J170" s="4" t="n">
         <x:v>98547.42</x:v>
       </x:c>
       <x:c r="K170" s="4" t="n">
         <x:v>98547.42</x:v>
       </x:c>
       <x:c r="L170" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M170" s="4" t="n">
         <x:v>95583.47</x:v>
       </x:c>
       <x:c r="N170" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="O170" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:15">
       <x:c r="A171" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B171" s="3" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="E171" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F171" s="3" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="G171" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H171" s="3" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I171" s="3" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="J171" s="4" t="n">
         <x:v>101235.79</x:v>
       </x:c>
       <x:c r="K171" s="4" t="n">
         <x:v>101235.79</x:v>
       </x:c>
       <x:c r="L171" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M171" s="4" t="n">
         <x:v>99454.17</x:v>
       </x:c>
       <x:c r="N171" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O171" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:15">
       <x:c r="A172" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B172" s="3" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="C172" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D172" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E172" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F172" s="3" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="G172" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H172" s="3" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I172" s="3" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J172" s="4" t="n">
         <x:v>99200.91</x:v>
       </x:c>
       <x:c r="K172" s="4" t="n">
         <x:v>99200.91</x:v>
       </x:c>
       <x:c r="L172" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M172" s="4" t="n">
         <x:v>98987.64</x:v>
       </x:c>
       <x:c r="N172" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O172" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:15">
       <x:c r="A173" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B173" s="3" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E173" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F173" s="3" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="G173" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H173" s="3" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="I173" s="3" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J173" s="4" t="n">
         <x:v>101162.18</x:v>
       </x:c>
       <x:c r="K173" s="4" t="n">
         <x:v>101162.18</x:v>
       </x:c>
       <x:c r="L173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M173" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N173" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="O173" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:15">
       <x:c r="A174" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B174" s="3" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C174" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="D174" s="3" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E174" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F174" s="3" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="G174" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H174" s="3" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I174" s="3" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="J174" s="4" t="n">
         <x:v>157355.35</x:v>
       </x:c>
       <x:c r="K174" s="4" t="n">
         <x:v>157355.35</x:v>
       </x:c>
       <x:c r="L174" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M174" s="4" t="n">
         <x:v>157355.36</x:v>
       </x:c>
       <x:c r="N174" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O174" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:15">
       <x:c r="A175" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B175" s="3" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="E175" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F175" s="3" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="G175" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H175" s="3" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="I175" s="3" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="J175" s="4" t="n">
         <x:v>176580.52</x:v>
       </x:c>
       <x:c r="K175" s="4" t="n">
         <x:v>176580.52</x:v>
       </x:c>
       <x:c r="L175" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M175" s="4" t="n">
         <x:v>176580.46</x:v>
       </x:c>
       <x:c r="N175" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="O175" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:15">
       <x:c r="A176" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B176" s="3" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C176" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D176" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="E176" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F176" s="3" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="G176" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H176" s="3" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I176" s="3" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J176" s="4" t="n">
         <x:v>79979.33</x:v>
       </x:c>
       <x:c r="K176" s="4" t="n">
         <x:v>79979.33</x:v>
       </x:c>
       <x:c r="L176" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M176" s="4" t="n">
         <x:v>56205.89</x:v>
       </x:c>
       <x:c r="N176" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O176" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:15">
       <x:c r="A177" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B177" s="3" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E177" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F177" s="3" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="G177" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H177" s="3" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I177" s="3" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="J177" s="4" t="n">
         <x:v>71577.24</x:v>
       </x:c>
       <x:c r="K177" s="4" t="n">
         <x:v>71577.24</x:v>
       </x:c>
       <x:c r="L177" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M177" s="4" t="n">
         <x:v>69828.96</x:v>
       </x:c>
       <x:c r="N177" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O177" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:15">
       <x:c r="A178" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B178" s="3" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C178" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D178" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E178" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F178" s="3" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="G178" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H178" s="3" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="I178" s="3" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="J178" s="4" t="n">
         <x:v>99974.06</x:v>
       </x:c>
       <x:c r="K178" s="4" t="n">
         <x:v>99974.06</x:v>
       </x:c>
       <x:c r="L178" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M178" s="4" t="n">
         <x:v>94305.07</x:v>
       </x:c>
       <x:c r="N178" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O178" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -10367,868 +10367,868 @@
       </x:c>
       <x:c r="I179" s="3" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="J179" s="4" t="n">
         <x:v>6867076.22</x:v>
       </x:c>
       <x:c r="K179" s="4" t="n">
         <x:v>6867076.22</x:v>
       </x:c>
       <x:c r="L179" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M179" s="4" t="n">
         <x:v>6867076.24</x:v>
       </x:c>
       <x:c r="N179" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="O179" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:15">
       <x:c r="A180" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B180" s="3" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C180" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D180" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E180" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F180" s="3" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G180" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H180" s="3" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I180" s="3" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="J180" s="4" t="n">
         <x:v>97710.77</x:v>
       </x:c>
       <x:c r="K180" s="4" t="n">
         <x:v>97710.77</x:v>
       </x:c>
       <x:c r="L180" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M180" s="4" t="n">
         <x:v>96945.84</x:v>
       </x:c>
       <x:c r="N180" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O180" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:15">
       <x:c r="A181" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B181" s="3" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E181" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F181" s="3" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="G181" s="3" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="H181" s="3" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="I181" s="3" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="J181" s="4" t="n">
         <x:v>44505.34</x:v>
       </x:c>
       <x:c r="K181" s="4" t="n">
         <x:v>44505.34</x:v>
       </x:c>
       <x:c r="L181" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M181" s="4" t="n">
         <x:v>36358.01</x:v>
       </x:c>
       <x:c r="N181" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O181" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:15">
       <x:c r="A182" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B182" s="3" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C182" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D182" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E182" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F182" s="3" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="G182" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H182" s="3" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="I182" s="3" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="J182" s="4" t="n">
         <x:v>81298.02</x:v>
       </x:c>
       <x:c r="K182" s="4" t="n">
         <x:v>81298.02</x:v>
       </x:c>
       <x:c r="L182" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M182" s="4" t="n">
         <x:v>69157.64</x:v>
       </x:c>
       <x:c r="N182" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O182" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:15">
       <x:c r="A183" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B183" s="3" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E183" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F183" s="3" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="G183" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H183" s="3" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="I183" s="3" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="J183" s="4" t="n">
         <x:v>86098.28</x:v>
       </x:c>
       <x:c r="K183" s="4" t="n">
         <x:v>86098.28</x:v>
       </x:c>
       <x:c r="L183" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M183" s="4" t="n">
         <x:v>57921.39</x:v>
       </x:c>
       <x:c r="N183" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O183" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:15">
       <x:c r="A184" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B184" s="3" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C184" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D184" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E184" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F184" s="3" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="G184" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H184" s="3" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I184" s="3" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J184" s="4" t="n">
         <x:v>187356.76</x:v>
       </x:c>
       <x:c r="K184" s="4" t="n">
         <x:v>168621.12</x:v>
       </x:c>
       <x:c r="L184" s="4" t="n">
         <x:v>18735.64</x:v>
       </x:c>
       <x:c r="M184" s="4" t="n">
         <x:v>168621.09</x:v>
       </x:c>
       <x:c r="N184" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="O184" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:15">
       <x:c r="A185" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B185" s="3" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E185" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F185" s="3" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="G185" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H185" s="3" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="I185" s="3" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="J185" s="4" t="n">
         <x:v>102248.13</x:v>
       </x:c>
       <x:c r="K185" s="4" t="n">
         <x:v>102248.13</x:v>
       </x:c>
       <x:c r="L185" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M185" s="4" t="n">
         <x:v>99668.17</x:v>
       </x:c>
       <x:c r="N185" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="O185" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:15">
       <x:c r="A186" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B186" s="3" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C186" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D186" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E186" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F186" s="3" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="G186" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H186" s="3" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="I186" s="3" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="J186" s="4" t="n">
         <x:v>93261.49</x:v>
       </x:c>
       <x:c r="K186" s="4" t="n">
         <x:v>93261.49</x:v>
       </x:c>
       <x:c r="L186" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M186" s="4" t="n">
         <x:v>84850.74</x:v>
       </x:c>
       <x:c r="N186" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="O186" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:15">
       <x:c r="A187" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B187" s="3" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E187" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F187" s="3" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="G187" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H187" s="3" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I187" s="3" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="J187" s="4" t="n">
         <x:v>54486.32</x:v>
       </x:c>
       <x:c r="K187" s="4" t="n">
         <x:v>54486.32</x:v>
       </x:c>
       <x:c r="L187" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M187" s="4" t="n">
         <x:v>50318.51</x:v>
       </x:c>
       <x:c r="N187" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O187" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:15">
       <x:c r="A188" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="3" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C188" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D188" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E188" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F188" s="3" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="G188" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H188" s="3" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I188" s="3" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="J188" s="4" t="n">
         <x:v>70813.93</x:v>
       </x:c>
       <x:c r="K188" s="4" t="n">
         <x:v>70813.93</x:v>
       </x:c>
       <x:c r="L188" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M188" s="4" t="n">
         <x:v>70811.74</x:v>
       </x:c>
       <x:c r="N188" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O188" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:15">
       <x:c r="A189" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B189" s="3" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E189" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F189" s="3" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="G189" s="3" t="s">
-        <x:v>356</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H189" s="3" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="I189" s="3" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="J189" s="4" t="n">
         <x:v>58720.86</x:v>
       </x:c>
       <x:c r="K189" s="4" t="n">
         <x:v>57914.39</x:v>
       </x:c>
       <x:c r="L189" s="4" t="n">
         <x:v>806.47</x:v>
       </x:c>
       <x:c r="M189" s="4" t="n">
         <x:v>57914.4</x:v>
       </x:c>
       <x:c r="N189" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="O189" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:15">
       <x:c r="A190" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B190" s="3" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C190" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D190" s="3" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="E190" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F190" s="3" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="G190" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H190" s="3" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="I190" s="3" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="J190" s="4" t="n">
         <x:v>183117.12</x:v>
       </x:c>
       <x:c r="K190" s="4" t="n">
         <x:v>183117.12</x:v>
       </x:c>
       <x:c r="L190" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M190" s="4" t="n">
         <x:v>183117.1</x:v>
       </x:c>
       <x:c r="N190" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="O190" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:15">
       <x:c r="A191" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B191" s="3" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E191" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F191" s="3" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="G191" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H191" s="3" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="I191" s="3" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="J191" s="4" t="n">
         <x:v>99987.82</x:v>
       </x:c>
       <x:c r="K191" s="4" t="n">
         <x:v>99987.82</x:v>
       </x:c>
       <x:c r="L191" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M191" s="4" t="n">
         <x:v>97275.18</x:v>
       </x:c>
       <x:c r="N191" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O191" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:15">
       <x:c r="A192" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B192" s="3" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C192" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D192" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E192" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F192" s="3" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="G192" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H192" s="3" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I192" s="3" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="J192" s="4" t="n">
         <x:v>70190.68</x:v>
       </x:c>
       <x:c r="K192" s="4" t="n">
         <x:v>70190.68</x:v>
       </x:c>
       <x:c r="L192" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M192" s="4" t="n">
         <x:v>54915.92</x:v>
       </x:c>
       <x:c r="N192" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O192" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:15">
       <x:c r="A193" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B193" s="3" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E193" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F193" s="3" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="G193" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H193" s="3" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="I193" s="3" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="J193" s="4" t="n">
         <x:v>97962.49</x:v>
       </x:c>
       <x:c r="K193" s="4" t="n">
         <x:v>97962.49</x:v>
       </x:c>
       <x:c r="L193" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M193" s="4" t="n">
         <x:v>89186.87</x:v>
       </x:c>
       <x:c r="N193" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="O193" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:15">
       <x:c r="A194" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B194" s="3" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C194" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D194" s="3" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E194" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F194" s="3" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="G194" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H194" s="3" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="I194" s="3" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="J194" s="4" t="n">
         <x:v>101351.06</x:v>
       </x:c>
       <x:c r="K194" s="4" t="n">
         <x:v>101351.06</x:v>
       </x:c>
       <x:c r="L194" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M194" s="4" t="n">
         <x:v>83955.27</x:v>
       </x:c>
       <x:c r="N194" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="O194" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:15">
       <x:c r="A195" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B195" s="3" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="E195" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F195" s="3" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="G195" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H195" s="3" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="I195" s="3" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="J195" s="4" t="n">
         <x:v>92160.87</x:v>
       </x:c>
       <x:c r="K195" s="4" t="n">
         <x:v>92160.87</x:v>
       </x:c>
       <x:c r="L195" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M195" s="4" t="n">
         <x:v>84538.54</x:v>
       </x:c>
       <x:c r="N195" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="O195" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:15">
       <x:c r="A196" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B196" s="3" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C196" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D196" s="3" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E196" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F196" s="3" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="G196" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H196" s="3" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="I196" s="3" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="J196" s="4" t="n">
         <x:v>60744.02</x:v>
       </x:c>
       <x:c r="K196" s="4" t="n">
         <x:v>60744.02</x:v>
       </x:c>
       <x:c r="L196" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M196" s="4" t="n">
         <x:v>57494.6</x:v>
       </x:c>
       <x:c r="N196" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O196" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:15">
       <x:c r="A197" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B197" s="3" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E197" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="F197" s="3" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="G197" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H197" s="3" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I197" s="3" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J197" s="4" t="n">
         <x:v>83518.46</x:v>
       </x:c>
       <x:c r="K197" s="4" t="n">
         <x:v>83518.46</x:v>
       </x:c>
       <x:c r="L197" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M197" s="4" t="n">
         <x:v>69318.23</x:v>
       </x:c>
       <x:c r="N197" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O197" s="3" t="s">
         <x:v>36</x:v>
       </x:c>