--- v0 (2025-10-13)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae6d6bebed14fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f87252c75af74f109957bde9a8b42e2b.psmdcp" Id="R8e641a27c0a24d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea888861dd04448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd8e8aa2bcbd495d8c52a7ccf72b6bc4.psmdcp" Id="R52cb45275305480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="134">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
@@ -121,78 +121,78 @@
   <x:si>
     <x:t>Разработване на онлайн образователен пазар</x:t>
   </x:si>
   <x:si>
     <x:t>206980168 АЛГО ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Мъглиж, 6180, ул. 3-ти март №6</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.243-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Доставка на компютърно оборудване и иновативна софтуерна платформа за имейл маркетинг с изкуствен интелект за развитие на дейността на АЛГО ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>Сключен</x:t>
   </x:si>
   <x:si>
     <x:t>206109880 ВТА Секюрити Глобал ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Мъглиж, 6180, Лев Попов, номер 84</x:t>
   </x:si>
   <x:si>
-    <x:t>гр.Гурково,гр.Крън,гр.Мъглиж,гр.Шипка</x:t>
+    <x:t>гр.Крън,гр.Мъглиж,гр.Гурково,гр.Шипка</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-1.124-0003</x:t>
   </x:si>
   <x:si>
     <x:t>"Осигуряване на трудова заетост на безработни и неактивни лица"</x:t>
   </x:si>
   <x:si>
     <x:t>206401831 ДИДЖИТАЛ ЛАБС ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Мъглиж, 6169, Област Стара Загора, общ. Мъглиж, с. Шаново</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-2.105-0005</x:t>
   </x:si>
   <x:si>
     <x:t>Цифровизация и EHR за достъпна интер-телемедицина</x:t>
   </x:si>
   <x:si>
     <x:t>203634079 Евгени Агро 86 ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Дъбово, 6178, Не е приложимо.  Населеното място не поддържа улична номерация.</x:t>
   </x:si>
   <x:si>
-    <x:t>гр.Мъглиж,с.Дъбово (общ.Мъглиж),с.Тулово</x:t>
+    <x:t>с.Дъбово (общ.Мъглиж),гр.Мъглиж,с.Тулово</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-2.102-0002</x:t>
   </x:si>
   <x:si>
     <x:t>"Грижа за хората в уязвимо положение"</x:t>
   </x:si>
   <x:si>
     <x:t>Прекратен (към дата на прекратяване)</x:t>
   </x:si>
   <x:si>
     <x:t>208173700 ЕТ "ЕКОСТРОЙ - ПЕТЪР СТАНЧЕВ"</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Мъглиж, 6180, ул. ЦАР СИМЕОН ВЕЛИКИ № 9</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.862-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на машина с оборудване за земни работи в строителството</x:t>
   </x:si>
   <x:si>
     <x:t>208173604 ЕТ "ХИДРОСТРОЙ - ХРИСТО ЧОЛАКОВ"</x:t>
   </x:si>
@@ -305,51 +305,51 @@
     <x:t>Мъглиж</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.134-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Ремонт на съществуващ парк, находящ се в УПИ V, кв. 370 по плана на гр. Мъглиж, община Мъглиж</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.134-0002</x:t>
   </x:si>
   <x:si>
     <x:t>Реконструкция и рехабилитация на улици и тротоари в Община Мъглиж, Област Стара Загора, Подобект 3: с. Дъбово: Участък: Улица "Девети Септември" от ОТ 6 до ОТ 221 - ляво платно с приблизителна дължина 610 м</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.134-0004</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">
 Ремонт на съществуващ парк, находящ се в УПИ I, кв. 42 по плана на гр. Мъглиж, община Мъглиж</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Мъглиж, 6180, гр. Мъглиж, пл. „Трети март” №32</x:t>
   </x:si>
   <x:si>
-    <x:t>гр.Мъглиж,с.Ветрен (общ.Мъглиж),с.Дъбово (общ.Мъглиж)</x:t>
+    <x:t>с.Ветрен (общ.Мъглиж),гр.Мъглиж,с.Дъбово (общ.Мъглиж)</x:t>
   </x:si>
   <x:si>
     <x:t>BG05M9OP001-2.102-0001</x:t>
   </x:si>
   <x:si>
     <x:t>"Интегрирани мерки за преодоляване на социалната изолация на маргинализирани общности на територията на Община Мъглиж"</x:t>
   </x:si>
   <x:si>
     <x:t>000817867 ОБЩИНА МЪГЛИЖ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Мъглиж, 6180, пл. ТРЕТИ МАРТ, номер 32</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.652-0001</x:t>
   </x:si>
   <x:si>
     <x:t>„Основен ремонт на съществуваща обществена сграда свързана с културния живот в община Мъглиж“</x:t>
   </x:si>
   <x:si>
     <x:t>гр.Мъглиж,с.Ягода</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.606-0001</x:t>
   </x:si>
@@ -407,51 +407,51 @@
   <x:si>
     <x:t>BG06RDNP001-19.201-0008</x:t>
   </x:si>
   <x:si>
     <x:t>Изграждане на стопански сгради и закупуване на специализирана техника за отглеждане на медицински култури</x:t>
   </x:si>
   <x:si>
     <x:t>206633819 Фандсмедия ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Овощник, 6138, ул.Иван Вазов, номер 32</x:t>
   </x:si>
   <x:si>
     <x:t>BG16RFOP002-2.105-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Специализирана медия за проектно финансиране</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите е на база последна актуализация на договора за БФП</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -951,270 +951,270 @@
       </x:c>
       <x:c r="J4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>367660</x:v>
+        <x:v>187981.57</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
-        <x:v>330894</x:v>
+        <x:v>169183.41</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>36766</x:v>
+        <x:v>18798.16</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
-        <x:v>330894</x:v>
+        <x:v>169183.42</x:v>
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K5" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>323799.6</x:v>
+        <x:v>165556.1</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>291419.64</x:v>
+        <x:v>149000.49</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>32379.96</x:v>
+        <x:v>16555.61</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>291419.64</x:v>
+        <x:v>149000.5</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>390526.24</x:v>
+        <x:v>199672.89</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>351473.61</x:v>
+        <x:v>179705.58</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>39052.63</x:v>
+        <x:v>19967.31</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>351473.61</x:v>
+        <x:v>179705.6</x:v>
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K7" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>221000</x:v>
+        <x:v>112995.5</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>198900</x:v>
+        <x:v>101695.95</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>22100</x:v>
+        <x:v>11299.55</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>198900</x:v>
+        <x:v>101695.96</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>389455</x:v>
+        <x:v>199125.18</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>292083.75</x:v>
+        <x:v>149340.05</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>97371.25</x:v>
+        <x:v>49785.13</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>203188.59</x:v>
+        <x:v>103888.68</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>203188.59</x:v>
+        <x:v>103888.68</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>203188.59</x:v>
+        <x:v>103888.68</x:v>
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="K10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>387660</x:v>
+        <x:v>198207.42</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>348894</x:v>
+        <x:v>178386.68</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>38766</x:v>
+        <x:v>19820.74</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>348894</x:v>
+        <x:v>178386.67</x:v>
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
@@ -1266,162 +1266,162 @@
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K13" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>350000</x:v>
+        <x:v>178952.16</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>89476.08</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>175000</x:v>
+        <x:v>89476.08</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>323120</x:v>
+        <x:v>165208.64</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>161560</x:v>
+        <x:v>82604.32</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>161560</x:v>
+        <x:v>82604.32</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K15" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>364850</x:v>
+        <x:v>186544.84</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>182425</x:v>
+        <x:v>93272.41</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>182425</x:v>
+        <x:v>93272.43</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>93272.42</x:v>
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K16" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>347929.06</x:v>
+        <x:v>177893.31</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>173964.53</x:v>
+        <x:v>88946.66</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>173964.53</x:v>
+        <x:v>88946.65</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
@@ -1441,445 +1441,445 @@
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>345602.26</x:v>
+        <x:v>176703.62</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>189518.24</x:v>
+        <x:v>96899.13</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>156084.02</x:v>
+        <x:v>79804.49</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>156084.01</x:v>
+        <x:v>79804.49</x:v>
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>81201.46</x:v>
+        <x:v>41517.66</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>81201.46</x:v>
+        <x:v>41517.66</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>81201.46</x:v>
+        <x:v>41517.65</x:v>
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="K20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>268636.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>268636.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>134318.09</x:v>
+        <x:v>68675.75</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>27690.39</x:v>
+        <x:v>14157.87</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>27690.39</x:v>
+        <x:v>14157.87</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>27690.39</x:v>
+        <x:v>14157.87</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K22" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>269405.91</x:v>
+        <x:v>137745.06</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>269405.91</x:v>
+        <x:v>137745.06</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
-        <x:v>269405.91</x:v>
+        <x:v>137745.05</x:v>
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K23" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>29814.18</x:v>
+        <x:v>15243.74</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>29814.18</x:v>
+        <x:v>15243.74</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>28906.37</x:v>
+        <x:v>14779.59</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>379477.09</x:v>
+        <x:v>194023.56</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>379477.09</x:v>
+        <x:v>194023.56</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>379477.09</x:v>
+        <x:v>194023.56</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>375629.99</x:v>
+        <x:v>192056.57</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>375629.99</x:v>
+        <x:v>192056.57</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
-        <x:v>375629.99</x:v>
+        <x:v>192056.56</x:v>
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K26" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>199600.45</x:v>
+        <x:v>102054.09</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>199600.45</x:v>
+        <x:v>102054.09</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
-        <x:v>199576.45</x:v>
+        <x:v>102041.82</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>378926.95</x:v>
+        <x:v>193742.27</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>378926.95</x:v>
+        <x:v>193742.27</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
-        <x:v>378926.95</x:v>
+        <x:v>193742.27</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K28" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>166999.59</x:v>
+        <x:v>85385.53</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>166999.59</x:v>
+        <x:v>85385.53</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>85250.43</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K29" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>298149.71</x:v>
+        <x:v>152441.52</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>298149.71</x:v>
+        <x:v>152441.52</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>152441.53</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
@@ -1931,95 +1931,95 @@
       </x:c>
       <x:c r="J32" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>340213</x:v>
+        <x:v>173948.15</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>170106.5</x:v>
+        <x:v>86974.08</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>170106.5</x:v>
+        <x:v>86974.07</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K33" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>384060</x:v>
+        <x:v>196366.75</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>345654</x:v>
+        <x:v>176730.08</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>38406</x:v>
+        <x:v>19636.67</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>345654</x:v>
+        <x:v>176730.09</x:v>
       </x:c>
       <x:c r="J34" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>130</x:v>
       </x:c>