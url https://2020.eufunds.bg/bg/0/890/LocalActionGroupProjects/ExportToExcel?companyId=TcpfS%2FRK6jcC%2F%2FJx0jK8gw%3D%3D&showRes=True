--- v0 (2025-10-13)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f685d0163cc4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d317aaedb2ca4617b57117b1fd240556.psmdcp" Id="Ra76e8ef8c55f4b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d115d072794186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e47fba62ba9c4054a66ed9cbc6f23816.psmdcp" Id="R07fe6b12f2ba4085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
@@ -344,51 +344,51 @@
   <x:si>
     <x:t>Закупуване на нови машини, необходими за подобряване на земеделския производствен процес, включително за опазване компонентите на околната среда, необходими за земеделските дейности на стопанството и подобряване на енергийната ефективност</x:t>
   </x:si>
   <x:si>
     <x:t>СЛАВ</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Стоил войвода, 8940, УЛ.ЗЛАТИ ВОЙВОДА 8</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.179-0006</x:t>
   </x:si>
   <x:si>
     <x:t>179242279 СЛАВ ДИНЕВ ПОПОВ</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.827-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите е на база последна актуализация на договора за БФП</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -888,935 +888,935 @@
       </x:c>
       <x:c r="J4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>130153.28</x:v>
+        <x:v>66546.29</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
-        <x:v>97614.97</x:v>
+        <x:v>49909.72</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>32538.31</x:v>
+        <x:v>16636.57</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
-        <x:v>88858.92</x:v>
+        <x:v>45432.84</x:v>
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>280636.99</x:v>
+        <x:v>143487.41</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>97791.49</x:v>
+        <x:v>49999.99</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>182845.5</x:v>
+        <x:v>93487.42</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>97791.49</x:v>
+        <x:v>49999.99</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>356261.46</x:v>
+        <x:v>182153.59</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>94153.66</x:v>
+        <x:v>48140</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>262107.8</x:v>
+        <x:v>134013.59</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>94153.64</x:v>
+        <x:v>48139.99</x:v>
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K7" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>68750</x:v>
+        <x:v>35151.32</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>51562.5</x:v>
+        <x:v>26363.49</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>17187.5</x:v>
+        <x:v>8787.83</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>51562.5</x:v>
+        <x:v>26363.49</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>195002.12</x:v>
+        <x:v>99703</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>97501.05</x:v>
+        <x:v>49851.5</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>97501.07</x:v>
+        <x:v>49851.5</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>49851.5</x:v>
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>153000</x:v>
+        <x:v>78227.66</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>62000</x:v>
+        <x:v>31700.1</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>91000</x:v>
+        <x:v>46527.56</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>78463.5</x:v>
+        <x:v>40117.76</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>58847.62</x:v>
+        <x:v>30088.31</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>19615.88</x:v>
+        <x:v>10029.45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>58847.62</x:v>
+        <x:v>30088.31</x:v>
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>140000</x:v>
+        <x:v>71580.86</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>35790.43</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>35790.43</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>70000</x:v>
+        <x:v>35790.43</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>195162.62</x:v>
+        <x:v>99785.06</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>97581.31</x:v>
+        <x:v>49892.53</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>97581.31</x:v>
+        <x:v>49892.53</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>49892.53</x:v>
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>200274.2</x:v>
+        <x:v>102398.58</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>97072.89</x:v>
+        <x:v>49632.59</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>103201.31</x:v>
+        <x:v>52765.99</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>199055</x:v>
+        <x:v>101775.2</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>97775.82</x:v>
+        <x:v>49991.98</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>101279.18</x:v>
+        <x:v>51783.22</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>97775.81</x:v>
+        <x:v>49991.98</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>183483.69</x:v>
+        <x:v>93813.72</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>91741.84</x:v>
+        <x:v>46906.86</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>91741.85</x:v>
+        <x:v>46906.86</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
-        <x:v>91741.84</x:v>
+        <x:v>46906.86</x:v>
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>130534.81</x:v>
+        <x:v>66741.39</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>130534.81</x:v>
+        <x:v>66741.39</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>117703.83</x:v>
+        <x:v>60181.01</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>63777.78</x:v>
+        <x:v>32609.06</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>63777.78</x:v>
+        <x:v>32609.06</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>63777.77</x:v>
+        <x:v>32609.06</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>331674.69</x:v>
+        <x:v>169582.58</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>331674.69</x:v>
+        <x:v>169582.58</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>331674.69</x:v>
+        <x:v>169582.58</x:v>
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>381140.74</x:v>
+        <x:v>194874.17</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>381140.74</x:v>
+        <x:v>194874.17</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>379436.34</x:v>
+        <x:v>194002.72</x:v>
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>252004.7</x:v>
+        <x:v>128847.96</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>252004.7</x:v>
+        <x:v>128847.96</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>218958.71</x:v>
+        <x:v>111951.81</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>237945.27</x:v>
+        <x:v>121659.48</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>237945.27</x:v>
+        <x:v>121659.48</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>200564.95</x:v>
+        <x:v>102547.23</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>258052.51</x:v>
+        <x:v>131940.15</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>258052.51</x:v>
+        <x:v>131940.15</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K23" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>66380.96</x:v>
+        <x:v>33940.04</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>66380.96</x:v>
+        <x:v>33940.04</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>61237.42</x:v>
+        <x:v>31310.2</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>319395.49</x:v>
+        <x:v>163304.32</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>319395.49</x:v>
+        <x:v>163304.32</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>163304.32</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>154641.94</x:v>
+        <x:v>79067.17</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>154641.94</x:v>
+        <x:v>79067.17</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="K26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>98213.87</x:v>
+        <x:v>50215.96</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>46402.73</x:v>
+        <x:v>23725.34</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>51811.14</x:v>
+        <x:v>26490.62</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
-        <x:v>46402.73</x:v>
+        <x:v>23725.34</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>167908.01</x:v>
+        <x:v>85850</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>83954</x:v>
+        <x:v>42925</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
-        <x:v>83954.01</x:v>
+        <x:v>42925</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
-        <x:v>83954</x:v>
+        <x:v>42925</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K28" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>152554.74</x:v>
+        <x:v>78000</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>76277.37</x:v>
+        <x:v>39000</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>76277.37</x:v>
+        <x:v>39000</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>76277.37</x:v>
+        <x:v>39000</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>145000</x:v>
+        <x:v>74137.32</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>72500</x:v>
+        <x:v>37068.66</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
-        <x:v>72500</x:v>
+        <x:v>37068.66</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>37068.66</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>109</x:v>
       </x:c>