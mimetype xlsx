--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126fe9847d71496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fa466c9cfbf14dcc94f678875371e139.psmdcp" Id="Rcd3dab33b6394a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9954f7b9f1bf4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/003276fd4d9a49cb821f31efd8d5a150.psmdcp" Id="R98d457e244bd417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="231" uniqueCount="231">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
     <x:t>Седалище</x:t>
   </x:si>
   <x:si>
     <x:t>Местонахождение</x:t>
   </x:si>
   <x:si>
     <x:t>Номер на проектно предложение</x:t>
   </x:si>
   <x:si>
     <x:t>Наименование на проекта</x:t>
   </x:si>
   <x:si>
     <x:t>Обща стойност</x:t>
   </x:si>
   <x:si>
     <x:t>БФП</x:t>
   </x:si>
   <x:si>
@@ -113,51 +113,51 @@
     <x:t xml:space="preserve">„Повишаване на конкурентоспособността на фирма от територията на МИГ Белене-Никопол“
 </x:t>
   </x:si>
   <x:si>
     <x:t>205325925 "Мобилиери" ООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Въбел, 5953, ул. Ленин №7</x:t>
   </x:si>
   <x:si>
     <x:t>с.Въбел</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.136-0002</x:t>
   </x:si>
   <x:si>
     <x:t>„Устойчив растеж и развитие на фирма за производство на мебели- „МОБИЛИЕРИ“ ООД на територията на МИГ Белене-Никопол“</x:t>
   </x:si>
   <x:si>
     <x:t>114084963 „Народно Читалище Напредък 1871”</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Никопол, 5940, ул.”Христо Ботев”№6</x:t>
   </x:si>
   <x:si>
-    <x:t>гр.Никопол,с.Асеново (общ.Никопол),с.Въбел,с.Дебово,с.Муселиево,с.Новачене (общ.Никопол)</x:t>
+    <x:t>с.Въбел,с.Дебово,с.Муселиево,гр.Никопол,с.Асеново (общ.Никопол),с.Новачене (общ.Никопол)</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.319-0004</x:t>
   </x:si>
   <x:si>
     <x:t>"Дунавски перли - пътуване във времето с песни, танци и традиции"</x:t>
   </x:si>
   <x:si>
     <x:t>В изпълнение (от дата на стартиране)</x:t>
   </x:si>
   <x:si>
     <x:t>114618890 ET ''MOНИ - БРАНИМИР БОЯНОВ''</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Въбел, 5953, УЛ.''ШИПКА" №6</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.105-0006</x:t>
   </x:si>
   <x:si>
     <x:t>Въвеждане на иновативен подход при отглеждане на овце за производство на сурово овче мляко.</x:t>
   </x:si>
   <x:si>
     <x:t>203931002 АГРИТРЕЙДИНГ ООД</x:t>
   </x:si>
@@ -597,50 +597,53 @@
     <x:t>България, гр.Никопол, 5940, ул. "Александър Стамболийски" № 5</x:t>
   </x:si>
   <x:si>
     <x:t>гр.Никопол,с.Черковица</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.319-0002</x:t>
   </x:si>
   <x:si>
     <x:t>„Опознай природните забележителности с лодка по река Дунав“</x:t>
   </x:si>
   <x:si>
     <x:t>Никопол</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.319-0007</x:t>
   </x:si>
   <x:si>
     <x:t>„Инвестиции за публично ползване в туристическа инфраструктура в Община Никопол за обект „Музей на открито – Археологически парк Пристани на времето“</x:t>
   </x:si>
   <x:si>
     <x:t>000413885 ОБЩИНА НИКОПОЛ</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Никопол, 5940, ул. АЛЕКСАНДЪР СТАМБОЛИЙСКИ № 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>с.Черковица,гр.Никопол</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.253-0001</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">„Реконструкция, рехабилитация и обновяване  на обекти на територията на община Никопол“
 Подобект 1„Реконструкция и рехабилитация на  улица „Васил Левски“ село Черковица, Община Никопол“ 
 Подобект 2 „Обновяване на крайбрежен парк „Ливингстън“
 </x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Никопол, 5940, ул. АЛЕКСАНДЪР СТАМБОЛИЙСКИ, номер 5</x:t>
   </x:si>
   <x:si>
     <x:t>BG16M1OP002-3.030-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Подобряване на природозащитното състояние на Натура 2000 видове в община Никопол</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.566-0002</x:t>
   </x:si>
   <x:si>
     <x:t>„Реконструкция на участък от улица Александър Стамболийски в гр. Никопол“</x:t>
   </x:si>
@@ -675,51 +678,51 @@
     <x:t>България, гр.Белене, 5930, Възраждане №64</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.105-0001</x:t>
   </x:si>
   <x:si>
     <x:t>178778594 Тони Красимиров Рупов ЗП</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Белене, 5930, ул. Александър Стамболийски №39</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.564-0002</x:t>
   </x:si>
   <x:si>
     <x:t>„Повишаване на конкурентоспособността  и ефективността в земеделско стопанство от територията на МИГ Белене – Никопол“</x:t>
   </x:si>
   <x:si>
     <x:t>114609578 ФОНДАЦИЯ ЗА ОКОЛНА СРЕДА И ЗЕМЕДЕЛИЕ</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">България, с.Любеново, 5955, ул.  "Лазар Деков" № 8
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Белене,Никопол</x:t>
+    <x:t>Никопол,Белене</x:t>
   </x:si>
   <x:si>
     <x:t>BG16M1OP002-3.030-0003</x:t>
   </x:si>
   <x:si>
     <x:t>"Подобряване на природозащитното състояние на местообитанията на целеви видове земноводни и влечуги в защитени зони "Персина", "Обнова-Карамандол" и "Никополско плато".</x:t>
   </x:si>
   <x:si>
     <x:t>114673666 Цветков - М ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Белене, 5930, ул. "Шипка" №14</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.136-0008</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на оборудване на цех за производство на PVC и алуминиева дограма</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
@@ -1701,66 +1704,66 @@
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>123000</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>86100</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>36900</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>146075</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>73037.5</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
@@ -2016,66 +2019,66 @@
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K26" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>49300</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>36975</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>12325</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>108062.86</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
         <x:v>54031.43</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
@@ -2156,60 +2159,60 @@
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>77500.62</x:v>
+        <x:v>77243.76</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>58125.47</x:v>
+        <x:v>57932.76</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>19375.15</x:v>
+        <x:v>19311</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>57932.74</x:v>
       </x:c>
       <x:c r="J31" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K31" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
@@ -2585,51 +2588,51 @@
       <x:c r="A43" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>76512.9</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
         <x:v>76512.9</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>76512.9</x:v>
       </x:c>
       <x:c r="J43" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K43" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
@@ -2742,484 +2745,484 @@
       </x:c>
       <x:c r="G47" s="4" t="n">
         <x:v>64937.87</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J47" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K47" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
-        <x:v>188</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>355940</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
         <x:v>355940</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
         <x:v>352573.55</x:v>
       </x:c>
       <x:c r="J48" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K48" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>763739.8</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
         <x:v>763739.8</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
         <x:v>763739.8</x:v>
       </x:c>
       <x:c r="J49" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K49" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="3" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>318933</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
         <x:v>318933</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
         <x:v>318933</x:v>
       </x:c>
       <x:c r="J50" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K50" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11">
       <x:c r="A51" s="3" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E51" s="3" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>145651.6</x:v>
       </x:c>
       <x:c r="G51" s="4" t="n">
         <x:v>58237.52</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
         <x:v>87414.08</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
         <x:v>58237.51</x:v>
       </x:c>
       <x:c r="J51" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K51" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="3" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C52" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D52" s="3" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E52" s="3" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
         <x:v>389412</x:v>
       </x:c>
       <x:c r="G52" s="4" t="n">
         <x:v>350470.8</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
         <x:v>38941.2</x:v>
       </x:c>
       <x:c r="I52" s="4" t="n">
         <x:v>350361</x:v>
       </x:c>
       <x:c r="J52" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K52" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:11">
       <x:c r="A53" s="3" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E53" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
         <x:v>138262.74</x:v>
       </x:c>
       <x:c r="G53" s="4" t="n">
         <x:v>69131.37</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
         <x:v>69131.37</x:v>
       </x:c>
       <x:c r="I53" s="4" t="n">
         <x:v>69131.37</x:v>
       </x:c>
       <x:c r="J53" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K53" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:11">
       <x:c r="A54" s="3" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C54" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D54" s="3" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E54" s="3" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
         <x:v>146650</x:v>
       </x:c>
       <x:c r="G54" s="4" t="n">
         <x:v>73325</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
         <x:v>73325</x:v>
       </x:c>
       <x:c r="I54" s="4" t="n">
         <x:v>73325</x:v>
       </x:c>
       <x:c r="J54" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K54" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:11">
       <x:c r="A55" s="3" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="E55" s="3" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
         <x:v>341555.09</x:v>
       </x:c>
       <x:c r="G55" s="4" t="n">
         <x:v>341555.09</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I55" s="4" t="n">
         <x:v>341555.09</x:v>
       </x:c>
       <x:c r="J55" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K55" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:11">
       <x:c r="A56" s="3" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C56" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D56" s="3" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="E56" s="3" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
         <x:v>80968</x:v>
       </x:c>
       <x:c r="G56" s="4" t="n">
         <x:v>60726</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
         <x:v>20242</x:v>
       </x:c>
       <x:c r="I56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J56" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K56" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="58" spans="1:11">
       <x:c r="A58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="F58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="G58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="H58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:11">
       <x:c r="A59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:11">
       <x:c r="A60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="G60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J60" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:11">
       <x:c r="A61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="8">
     <x:mergeCell ref="A1:J1"/>
     <x:mergeCell ref="A2:J2"/>
     <x:mergeCell ref="A3:J3"/>
     <x:mergeCell ref="A57:J57"/>
     <x:mergeCell ref="A58:J58"/>
     <x:mergeCell ref="A59:J59"/>
     <x:mergeCell ref="A60:J60"/>
     <x:mergeCell ref="A61:J61"/>
   </x:mergeCells>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>