--- v0 (2025-10-13)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12e5f2d262d4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4c61d78f68f74b249875a1dee4cab25b.psmdcp" Id="R4bce30548b9c42ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90b1431ac9c041a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5567b6bbf79e49fe8bb804d0d0bf9eb7.psmdcp" Id="R7ffb28b92fa847cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
@@ -468,51 +468,51 @@
   <x:si>
     <x:t>България, гр.Харманли, 6450, бул. "България", номер 11, вх.В, ет.3, ап.16</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.013-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на оборудване и съоръжения за модернизация на винарна</x:t>
   </x:si>
   <x:si>
     <x:t>България, гр.Харманли, 6450, Бул, "България", №11, вх,В, ет,3, ап,16</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.718-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Оборудване на зала за видеоконференции и работни срещи</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите е на база последна актуализация на договора за БФП</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1012,95 +1012,95 @@
       </x:c>
       <x:c r="J4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>163211.38</x:v>
+        <x:v>83448.65</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
-        <x:v>59196.78</x:v>
+        <x:v>30266.83</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>104014.6</x:v>
+        <x:v>53181.82</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
-        <x:v>58257.96</x:v>
+        <x:v>29786.82</x:v>
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K5" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>110240</x:v>
+        <x:v>56364.82</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>55120</x:v>
+        <x:v>28182.41</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>55120</x:v>
+        <x:v>28182.41</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>55120</x:v>
+        <x:v>28182.41</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
@@ -1117,60 +1117,60 @@
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>27316.67</x:v>
+        <x:v>13966.79</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>20487.5</x:v>
+        <x:v>10475.09</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>6829.17</x:v>
+        <x:v>3491.7</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>7651.16</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
@@ -1187,165 +1187,165 @@
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>374344.27</x:v>
+        <x:v>191399.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>280758.2</x:v>
+        <x:v>143549.39</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>93586.07</x:v>
+        <x:v>47849.8</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>143291.4</x:v>
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K10" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>121289</x:v>
+        <x:v>62014.09</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>90966.75</x:v>
+        <x:v>46510.57</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>30322.25</x:v>
+        <x:v>15503.52</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>46510.56</x:v>
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>149738.88</x:v>
+        <x:v>76560.27</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>93586.8</x:v>
+        <x:v>47850.17</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>56152.08</x:v>
+        <x:v>28710.1</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>56152.08</x:v>
+        <x:v>28710.1</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>326043.5</x:v>
+        <x:v>166703.4</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>244532.63</x:v>
+        <x:v>125027.56</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>81510.87</x:v>
+        <x:v>41675.84</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>236402.33</x:v>
+        <x:v>120870.59</x:v>
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
@@ -1362,165 +1362,165 @@
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K14" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>47775</x:v>
+        <x:v>24426.99</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>35831.25</x:v>
+        <x:v>18320.25</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>11943.75</x:v>
+        <x:v>6106.74</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K15" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>43200</x:v>
+        <x:v>22087.81</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>32400</x:v>
+        <x:v>16565.86</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>10800</x:v>
+        <x:v>5521.95</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>16565.86</x:v>
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>69600</x:v>
+        <x:v>35585.91</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>41760</x:v>
+        <x:v>21351.54</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>27840</x:v>
+        <x:v>14234.37</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>81675.46</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>123883.2</x:v>
+        <x:v>63340.48</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>61941.6</x:v>
+        <x:v>31670.24</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>61941.6</x:v>
+        <x:v>31670.24</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>47911.75</x:v>
+        <x:v>24496.89</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
@@ -1537,95 +1537,95 @@
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>116340</x:v>
+        <x:v>59483.71</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>58170</x:v>
+        <x:v>29741.86</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>58170</x:v>
+        <x:v>29741.85</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>58170</x:v>
+        <x:v>29741.85</x:v>
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>327289.14</x:v>
+        <x:v>167340.29</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>245466.86</x:v>
+        <x:v>125505.22</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>81822.28</x:v>
+        <x:v>41835.07</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>123285.31</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
@@ -1677,585 +1677,585 @@
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>50700</x:v>
+        <x:v>25922.49</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>38025</x:v>
+        <x:v>19441.87</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>12675</x:v>
+        <x:v>6480.62</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>38025</x:v>
+        <x:v>19441.87</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>103155</x:v>
+        <x:v>52742.32</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>77366.25</x:v>
+        <x:v>39556.74</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>25788.75</x:v>
+        <x:v>13185.58</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>79113.5</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>374879.86</x:v>
+        <x:v>191673.03</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
-        <x:v>374879.86</x:v>
+        <x:v>191673.03</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
-        <x:v>364200.13</x:v>
+        <x:v>186212.57</x:v>
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K26" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>39115.99</x:v>
+        <x:v>19999.7</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>39115.99</x:v>
+        <x:v>19999.7</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
-        <x:v>39115.99</x:v>
+        <x:v>19999.68</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>235126.99</x:v>
+        <x:v>120218.53</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>235126.99</x:v>
+        <x:v>120218.53</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
-        <x:v>233343.45</x:v>
+        <x:v>119306.61</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K28" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>370891.61</x:v>
+        <x:v>189598.18</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>370891.61</x:v>
+        <x:v>189598.18</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>185445.79</x:v>
+        <x:v>94816.93</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K29" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>391019.37</x:v>
+        <x:v>199925.02</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>391019.37</x:v>
+        <x:v>199925.02</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>177087.43</x:v>
+        <x:v>178615.07</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>66639</x:v>
+        <x:v>34071.98</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>39983.4</x:v>
+        <x:v>20443.19</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>26655.6</x:v>
+        <x:v>13628.79</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
-        <x:v>39983.4</x:v>
+        <x:v>20443.19</x:v>
       </x:c>
       <x:c r="J31" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K31" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>73096.8</x:v>
+        <x:v>37373.8</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>54822.6</x:v>
+        <x:v>28030.35</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
-        <x:v>18274.2</x:v>
+        <x:v>9343.45</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>28030.78</x:v>
       </x:c>
       <x:c r="J32" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K32" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>48756</x:v>
+        <x:v>24928.52</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>46446</x:v>
+        <x:v>23747.44</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
-        <x:v>2310</x:v>
+        <x:v>1181.08</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
-        <x:v>46446</x:v>
+        <x:v>23747.46</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K33" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>38998.8</x:v>
+        <x:v>19939.78</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>37198.8</x:v>
+        <x:v>19019.45</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>1800</x:v>
+        <x:v>920.33</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>20550</x:v>
+        <x:v>10507.05</x:v>
       </x:c>
       <x:c r="J34" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>135707</x:v>
+        <x:v>69373.11</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>94386.59</x:v>
+        <x:v>48250.21</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
-        <x:v>41320.41</x:v>
+        <x:v>21122.9</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>48249.87</x:v>
       </x:c>
       <x:c r="J35" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>193319.25</x:v>
+        <x:v>98842.55</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>75336.5</x:v>
+        <x:v>38518.93</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
-        <x:v>117982.75</x:v>
+        <x:v>60323.62</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
-        <x:v>75336.49</x:v>
+        <x:v>38518.94</x:v>
       </x:c>
       <x:c r="J36" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>346532.5</x:v>
+        <x:v>177179.26</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>259899.38</x:v>
+        <x:v>132884.45</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>86633.12</x:v>
+        <x:v>44294.81</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>259882.87</x:v>
+        <x:v>132876</x:v>
       </x:c>
       <x:c r="J37" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K37" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>142813.76</x:v>
+        <x:v>73019.51</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>67893.5</x:v>
+        <x:v>34713.39</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
-        <x:v>74920.26</x:v>
+        <x:v>38306.12</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
-        <x:v>67871.74</x:v>
+        <x:v>34702.27</x:v>
       </x:c>
       <x:c r="J38" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K38" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>20202.71</x:v>
+        <x:v>10329.47</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>15152.03</x:v>
+        <x:v>7747.1</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
-        <x:v>5050.68</x:v>
+        <x:v>2582.37</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>15152.03</x:v>
+        <x:v>7747.11</x:v>
       </x:c>
       <x:c r="J39" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>