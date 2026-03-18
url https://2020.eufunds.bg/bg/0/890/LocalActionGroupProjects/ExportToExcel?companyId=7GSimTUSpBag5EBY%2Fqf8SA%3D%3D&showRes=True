--- v0 (2025-10-13)
+++ v1 (2026-03-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5349b24c1754417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1097b7382bfb4b46ba18698ad90dca14.psmdcp" Id="R2c1891e4094941da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e42bef7f9914358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9ee0f130856d43d8afdc72679591d052.psmdcp" Id="Refd3f978fbab458d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="195">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
@@ -287,75 +287,75 @@
   <x:si>
     <x:t>BG06RDNP001-19.244-0004</x:t>
   </x:si>
   <x:si>
     <x:t>„Модернизиране на земеделско стопанство в община Вълчи дол – закупуване на трактор и прикачен инвентар“</x:t>
   </x:si>
   <x:si>
     <x:t>103008551 ЗЕМЕДЕЛСКА ПРОИЗВОДСТВЕНА КООПЕРАЦИЯ "НИВА"</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Ветрино, 9220, Г.С.Раковски, номер 22</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.759-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на земеделска техника</x:t>
   </x:si>
   <x:si>
     <x:t>ЗП</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Оборище, 9147, с. Оборище</x:t>
   </x:si>
   <x:si>
-    <x:t>с.Бояна,с.Генерал Киселово,с.Оборище (общ.Вълчи дол),с.Страхил</x:t>
+    <x:t>с.Страхил,с.Генерал Киселово,с.Бояна,с.Оборище (общ.Вълчи дол)</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.244-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Подобряване на производствения капацитет на ЗП Мустафа Исмаилов Халилов</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Генерал Колево, 9295, -</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.244-0013</x:t>
   </x:si>
   <x:si>
     <x:t>Създаване на трайни насаждения и закупуване на земеделска техника за отглеждане на лавандула</x:t>
   </x:si>
   <x:si>
     <x:t>180357257 ЗП Николай Стоянов Щърбаков</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Генерал Колево, 9295, ----------</x:t>
   </x:si>
   <x:si>
-    <x:t>с.Венчан,с.Генерал Колево (общ.Вълчи дол)</x:t>
+    <x:t>с.Генерал Колево (общ.Вълчи дол),с.Венчан</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.759-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Развитие на земеделското стопанство на ЗП Николай Стоянов Щърбаков</x:t>
   </x:si>
   <x:si>
     <x:t>103008551 ЗПК Нива</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Ветрино, 9220, ул. Г.С.Раковски</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.759-0001</x:t>
   </x:si>
   <x:si>
     <x:t>ЗС</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Блъсково, 9240, ул. "Трета" №59</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.244-0006</x:t>
   </x:si>
@@ -446,51 +446,51 @@
   <x:si>
     <x:t>„Инвестиционна подкрепа за НАРОДНО ЧИТАЛИЩЕ "РАЗВИТИЕ-1903" за  съхраняване и развитие на местната идентичност и местното културно наследство»</x:t>
   </x:si>
   <x:si>
     <x:t>000084030 НАРОДНО ЧИТАЛИЩЕ "СВЕТЛИНА 1904"</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Белоградец, 9230, ул. ДУНАВ № 2</x:t>
   </x:si>
   <x:si>
     <x:t>с.Белоградец</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.280-0005</x:t>
   </x:si>
   <x:si>
     <x:t>„Обогатяване и популяризиране на фолклорното и етнографско културно наследство в село Белоградец“</x:t>
   </x:si>
   <x:si>
     <x:t>000093458 ОБЩИНА ВЕТРИНО</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Ветрино, 9220, ул. Г.С.РАКОВСКИ № 24</x:t>
   </x:si>
   <x:si>
-    <x:t>с.Белоградец,с.Ветрино</x:t>
+    <x:t>с.Ветрино,с.Белоградец</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.101-0004</x:t>
   </x:si>
   <x:si>
     <x:t>„Ремонт на обекти, свързани с културния живот в община Ветрино“</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.101-0003</x:t>
   </x:si>
   <x:si>
     <x:t>"Рехабилитация на детска площадка към ДГ "Щастливо детство" село Белоградец, община Ветрино"</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Ветрино, 9220, ул. Г.С.РАКОВСКИ, номер 24</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.290-0003</x:t>
   </x:si>
   <x:si>
     <x:t>„Екопътека „Голямо и Малко було“ в землището на село Невша, община Ветрино, област Варна“</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.550-0001</x:t>
   </x:si>
@@ -593,51 +593,51 @@
   <x:si>
     <x:t>BG06RDNP001-19.330-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Изграждане на ФвЕЦ за нуждите на преработвателно предприятие</x:t>
   </x:si>
   <x:si>
     <x:t>ТОДОР</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Стефан Караджа, 9293, село Стефан Караджа</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.244-0007</x:t>
   </x:si>
   <x:si>
     <x:t>"Модернизация на земеделското стопанство на ЗП Тодор Радев"</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите е на база последна актуализация на договора за БФП</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1172,130 +1172,130 @@
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K5" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>244678.07</x:v>
+        <x:v>125101.89</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>122339.02</x:v>
+        <x:v>62550.92</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>122339.05</x:v>
+        <x:v>62550.97</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>200912</x:v>
+        <x:v>102724.65</x:v>
       </x:c>
       <x:c r="G7" s="4" t="n">
-        <x:v>99853.27</x:v>
+        <x:v>51054.16</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>101058.73</x:v>
+        <x:v>51670.49</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>99853.24</x:v>
+        <x:v>51054.15</x:v>
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K7" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>220248.27</x:v>
+        <x:v>112611.11</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>99111.72</x:v>
+        <x:v>50674.99</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>121136.55</x:v>
+        <x:v>61936.12</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>97572.4</x:v>
+        <x:v>49887.98</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
@@ -1312,60 +1312,60 @@
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>89472.27</x:v>
+        <x:v>45746.44</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>44736.14</x:v>
+        <x:v>22873.22</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>44736.13</x:v>
+        <x:v>22873.22</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>44736.13</x:v>
+        <x:v>22873.22</x:v>
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
@@ -1382,60 +1382,60 @@
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>41000</x:v>
+        <x:v>20962.97</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>20500</x:v>
+        <x:v>10481.49</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>20500</x:v>
+        <x:v>10481.48</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>10481.48</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
@@ -1452,200 +1452,200 @@
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>174528</x:v>
+        <x:v>89234.74</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>87264</x:v>
+        <x:v>44617.37</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>87264</x:v>
+        <x:v>44617.37</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>44617.38</x:v>
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K14" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>49770</x:v>
+        <x:v>25447.01</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>24885</x:v>
+        <x:v>12723.51</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>24885</x:v>
+        <x:v>12723.5</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12723.5</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K15" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>62392.62</x:v>
+        <x:v>31900.84</x:v>
       </x:c>
       <x:c r="G16" s="4" t="n">
-        <x:v>31196.31</x:v>
+        <x:v>15950.42</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>31196.31</x:v>
+        <x:v>15950.42</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
-        <x:v>29980.74</x:v>
+        <x:v>15328.91</x:v>
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K16" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>49468</x:v>
+        <x:v>25292.58</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>24734</x:v>
+        <x:v>12646.29</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>24734</x:v>
+        <x:v>12646.29</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>24734</x:v>
+        <x:v>12646.29</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>113648.74</x:v>
+        <x:v>58107.7</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>56824.35</x:v>
+        <x:v>29053.85</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>56824.39</x:v>
+        <x:v>29053.85</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>41445.68</x:v>
+        <x:v>21190.84</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
@@ -1697,200 +1697,200 @@
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>231765.86</x:v>
+        <x:v>118500</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>100000</x:v>
+        <x:v>51129.19</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>131765.86</x:v>
+        <x:v>67370.81</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>51129.19</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>195427.17</x:v>
+        <x:v>99920.33</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>97713.59</x:v>
+        <x:v>49960.17</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>97713.58</x:v>
+        <x:v>49960.16</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>97713.58</x:v>
+        <x:v>49960.16</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K22" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>126630.96</x:v>
+        <x:v>64745.4</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>63315.49</x:v>
+        <x:v>32372.7</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
-        <x:v>63315.47</x:v>
+        <x:v>32372.7</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
-        <x:v>62997.88</x:v>
+        <x:v>32210.3</x:v>
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K23" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>197670.46</x:v>
+        <x:v>101067.29</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>98835.23</x:v>
+        <x:v>50533.66</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>98835.23</x:v>
+        <x:v>50533.63</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>50533.63</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
-        <x:v>36</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>150000</x:v>
+        <x:v>76693.78</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>38346.89</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>38346.89</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>75000</x:v>
+        <x:v>38346.89</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
@@ -1942,480 +1942,480 @@
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>58973.59</x:v>
+        <x:v>30152.72</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>29486.8</x:v>
+        <x:v>15076.36</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
-        <x:v>29486.79</x:v>
+        <x:v>15076.36</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
-        <x:v>29486.79</x:v>
+        <x:v>15076.36</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K28" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>25982.25</x:v>
+        <x:v>13284.51</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>25982.25</x:v>
+        <x:v>13284.51</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>25982.25</x:v>
+        <x:v>13284.51</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K29" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>32750.7</x:v>
+        <x:v>16745.16</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
-        <x:v>32750.7</x:v>
+        <x:v>16745.16</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>32750.7</x:v>
+        <x:v>16745.17</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>10039.2</x:v>
+        <x:v>5132.98</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>10039.2</x:v>
+        <x:v>5132.98</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J31" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K31" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>45071.6</x:v>
+        <x:v>23044.74</x:v>
       </x:c>
       <x:c r="G32" s="4" t="n">
-        <x:v>45071.6</x:v>
+        <x:v>23044.74</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
-        <x:v>45071.6</x:v>
+        <x:v>23044.74</x:v>
       </x:c>
       <x:c r="J32" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K32" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:11">
       <x:c r="A33" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E33" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>29783.52</x:v>
+        <x:v>15228.08</x:v>
       </x:c>
       <x:c r="G33" s="4" t="n">
-        <x:v>29783.52</x:v>
+        <x:v>15228.08</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
-        <x:v>29783.52</x:v>
+        <x:v>15228.07</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K33" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>31191.6</x:v>
+        <x:v>15948</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>31191.6</x:v>
+        <x:v>15948</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>30991.6</x:v>
+        <x:v>15845.75</x:v>
       </x:c>
       <x:c r="J34" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K34" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>234688.46</x:v>
+        <x:v>119994.28</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>234688.46</x:v>
+        <x:v>119994.28</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
-        <x:v>232987.18</x:v>
+        <x:v>119124.46</x:v>
       </x:c>
       <x:c r="J35" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K35" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>39582.75</x:v>
+        <x:v>20238.34</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>39582.75</x:v>
+        <x:v>20238.34</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J36" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K36" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>128353.8</x:v>
+        <x:v>65626.25</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>128353.8</x:v>
+        <x:v>65626.25</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>64176.9</x:v>
+        <x:v>32813.13</x:v>
       </x:c>
       <x:c r="J37" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K37" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>209699.1</x:v>
+        <x:v>107217.44</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>209699.1</x:v>
+        <x:v>107217.44</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J38" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K38" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>7945.84</x:v>
+        <x:v>4062.66</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>7945.84</x:v>
+        <x:v>4062.66</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>7945.85</x:v>
+        <x:v>4062.65</x:v>
       </x:c>
       <x:c r="J39" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K39" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>260667.15</x:v>
+        <x:v>133276.99</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>260667.15</x:v>
+        <x:v>133276.99</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
-        <x:v>240983.33</x:v>
+        <x:v>123212.82</x:v>
       </x:c>
       <x:c r="J40" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K40" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
@@ -2432,340 +2432,340 @@
       </x:c>
       <x:c r="J41" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K41" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>60407.5</x:v>
+        <x:v>30885.86</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>60407.5</x:v>
+        <x:v>30885.86</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
-        <x:v>54467.2</x:v>
+        <x:v>27848.64</x:v>
       </x:c>
       <x:c r="J42" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K42" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>219496.12</x:v>
+        <x:v>112226.58</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>219496.12</x:v>
+        <x:v>112226.58</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>109748.06</x:v>
+        <x:v>112226.58</x:v>
       </x:c>
       <x:c r="J43" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K43" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>59411</x:v>
+        <x:v>30376.38</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>59411</x:v>
+        <x:v>30376.38</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
-        <x:v>29705.5</x:v>
+        <x:v>44893.68</x:v>
       </x:c>
       <x:c r="J44" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>27100</x:v>
+        <x:v>13856.01</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>27100</x:v>
+        <x:v>13856.01</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>13856.01</x:v>
       </x:c>
       <x:c r="J45" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K45" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11">
       <x:c r="A46" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C46" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D46" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E46" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>333681.97</x:v>
+        <x:v>170608.88</x:v>
       </x:c>
       <x:c r="G46" s="4" t="n">
-        <x:v>333681.97</x:v>
+        <x:v>170608.88</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
-        <x:v>333681.97</x:v>
+        <x:v>170608.88</x:v>
       </x:c>
       <x:c r="J46" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K46" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="E47" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
-        <x:v>137297.53</x:v>
+        <x:v>70199.12</x:v>
       </x:c>
       <x:c r="G47" s="4" t="n">
-        <x:v>137297.53</x:v>
+        <x:v>70199.12</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
-        <x:v>137297.53</x:v>
+        <x:v>70199.11</x:v>
       </x:c>
       <x:c r="J47" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K47" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:11">
       <x:c r="A48" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C48" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D48" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E48" s="3" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>219398.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G48" s="4" t="n">
-        <x:v>219398.7</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J48" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K48" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:11">
       <x:c r="A49" s="3" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E49" s="3" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
-        <x:v>255626.92</x:v>
+        <x:v>130699.97</x:v>
       </x:c>
       <x:c r="G49" s="4" t="n">
-        <x:v>124745</x:v>
+        <x:v>63781.11</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
-        <x:v>130881.92</x:v>
+        <x:v>66918.86</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J49" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K49" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:11">
       <x:c r="A50" s="3" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C50" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="D50" s="3" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="E50" s="3" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
-        <x:v>80400</x:v>
+        <x:v>41107.87</x:v>
       </x:c>
       <x:c r="G50" s="4" t="n">
-        <x:v>38850.51</x:v>
+        <x:v>19863.95</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
-        <x:v>41549.49</x:v>
+        <x:v>21243.92</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
-        <x:v>32375.42</x:v>
+        <x:v>16553.29</x:v>
       </x:c>
       <x:c r="J50" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K50" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="52" spans="1:11">
       <x:c r="A52" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>191</x:v>
       </x:c>