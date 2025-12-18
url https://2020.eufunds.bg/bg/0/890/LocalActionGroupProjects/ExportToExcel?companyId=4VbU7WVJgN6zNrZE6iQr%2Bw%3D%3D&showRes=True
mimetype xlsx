--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeffd2a5de4640eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a65697a6ebbb426cbfaecb604e99cf85.psmdcp" Id="R4f8848cdcfc24608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ef08778731a4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/631b8c19fb2a42fcbb8a7d0231ce2799.psmdcp" Id="R5986a918db8d41da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="168">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
@@ -1757,66 +1757,66 @@
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>196894.85</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>98447.42</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>98447.43</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>19932</x:v>
       </x:c>
       <x:c r="G26" s="4" t="n">
         <x:v>19932</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
@@ -1941,51 +1941,51 @@
       <x:c r="A30" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>205698.62</x:v>
       </x:c>
       <x:c r="G30" s="4" t="n">
         <x:v>200505.28</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>5193.34</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>198323.24</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">