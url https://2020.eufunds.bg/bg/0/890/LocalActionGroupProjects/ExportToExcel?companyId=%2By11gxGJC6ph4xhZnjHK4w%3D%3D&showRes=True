--- v0 (2025-10-13)
+++ v1 (2026-03-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a9ea12b5117488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/144fedbdf14d465ea02af4be4067399e.psmdcp" Id="Rc32943a5640e480b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11276c646f3d47e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8a4ec858ee3346b49dafdf9f9bc7b161.psmdcp" Id="R6cd053df475f45eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <x:si>
     <x:t>Проекти</x:t>
   </x:si>
   <x:si>
     <x:t>Бенефициент</x:t>
   </x:si>
   <x:si>
@@ -405,51 +405,51 @@
   <x:si>
     <x:t>BG16RFOP002-2.030-0004</x:t>
   </x:si>
   <x:si>
     <x:t>Разширяване на производствения капацитет и подобряване на конкурентоспособността на Йълдъз България ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>202206677 МИНЕРАЛ ВИЛИДЖ ЕООД</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Минерални бани, 6343, ул. ОБОРИЩЕ, номер 4</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.114-0001</x:t>
   </x:si>
   <x:si>
     <x:t>Интегриранo предоставяне на услуги в туризма и спорта</x:t>
   </x:si>
   <x:si>
     <x:t>НЕДЯЛКО</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Минерални бани, 6343, ул. БУЗЛУДЖА № 10</x:t>
   </x:si>
   <x:si>
-    <x:t>с.Брястово (общ.Минерални бани),с.Спахиево,с.Сусам,с.Татарево (общ.Минерални бани)</x:t>
+    <x:t>с.Сусам,с.Татарево (общ.Минерални бани),с.Брястово (общ.Минерални бани),с.Спахиево</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.110-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Закупуване на телескопичен товарач за стопанство в землището на община Минерални бани, област Хасково</x:t>
   </x:si>
   <x:si>
     <x:t>000903743 Община Минерални бани</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Минерални бани, 6343, ул.Васил Левски №3</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.210-0001</x:t>
   </x:si>
   <x:si>
     <x:t>„Оползотворяване на туристическите ресурси на територията на Община Минерални бани“</x:t>
   </x:si>
   <x:si>
     <x:t>000903743 ОБЩИНА МИНЕРАЛНИ БАНИ</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Минерални бани, 6343, с. Минерални бани, област Хасково, бул. "Васил Левски" №3</x:t>
   </x:si>
@@ -570,51 +570,51 @@
   <x:si>
     <x:t>Закупуване на оборудване за сватбен салон в с. Каблешково, общ. Черноочене</x:t>
   </x:si>
   <x:si>
     <x:t>Харалан</x:t>
   </x:si>
   <x:si>
     <x:t>България, с.Сираково, 6359, ул. Първа 43</x:t>
   </x:si>
   <x:si>
     <x:t>с.Сираково (общ.Минерални бани)</x:t>
   </x:si>
   <x:si>
     <x:t>BG06RDNP001-19.636-0003</x:t>
   </x:si>
   <x:si>
     <x:t>Модернизация на земеделско стопанство</x:t>
   </x:si>
   <x:si>
     <x:t>Забележки:</x:t>
   </x:si>
   <x:si>
     <x:t>Елемент в светло синьо позволява показване на детайли при избирането му</x:t>
   </x:si>
   <x:si>
-    <x:t>Всички суми са в български лева (BGN) /1 EUR = 1,95583 BGN</x:t>
+    <x:t>Всички суми са в евро (EUR) /1 EUR = 1,95583 BGN</x:t>
   </x:si>
   <x:si>
     <x:t>Информацията за стойността на проектите е на база последна актуализация на договора за БФП</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#,##0.00"/>
     <x:numFmt numFmtId="166" formatCode="#,##0"/>
   </x:numFmts>
   <x:fonts count="4">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
@@ -1114,95 +1114,95 @@
       </x:c>
       <x:c r="J4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:11">
       <x:c r="A5" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E5" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>127344.7</x:v>
+        <x:v>65110.3</x:v>
       </x:c>
       <x:c r="G5" s="4" t="n">
-        <x:v>76406.81</x:v>
+        <x:v>39066.17</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>50937.89</x:v>
+        <x:v>26044.13</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K5" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:11">
       <x:c r="A6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>69012.3</x:v>
+        <x:v>35285.43</x:v>
       </x:c>
       <x:c r="G6" s="4" t="n">
-        <x:v>34506.15</x:v>
+        <x:v>17642.72</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>34506.15</x:v>
+        <x:v>17642.71</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17642.71</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:11">
       <x:c r="A7" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
@@ -1219,95 +1219,95 @@
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:11">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>193538.54</x:v>
+        <x:v>98954.68</x:v>
       </x:c>
       <x:c r="G8" s="4" t="n">
-        <x:v>145153.91</x:v>
+        <x:v>74216.01</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
-        <x:v>48384.63</x:v>
+        <x:v>24738.67</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>145153.9</x:v>
+        <x:v>74216.01</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:11">
       <x:c r="A9" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>147360</x:v>
+        <x:v>75343.97</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>110520</x:v>
+        <x:v>56507.99</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>36840</x:v>
+        <x:v>18835.98</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>110520</x:v>
+        <x:v>56507.98</x:v>
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:11">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
@@ -1324,200 +1324,200 @@
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K10" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:11">
       <x:c r="A11" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E11" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>193887.74</x:v>
+        <x:v>99133.22</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>96943.87</x:v>
+        <x:v>49566.6</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>96943.87</x:v>
+        <x:v>49566.62</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>96943.85</x:v>
+        <x:v>49566.6</x:v>
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:11">
       <x:c r="A12" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>194902</x:v>
+        <x:v>99651.79</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>146176.5</x:v>
+        <x:v>74738.84</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>48725.5</x:v>
+        <x:v>24912.95</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>146176.5</x:v>
+        <x:v>74738.86</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:11">
       <x:c r="A13" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>94500</x:v>
+        <x:v>48317.09</x:v>
       </x:c>
       <x:c r="G13" s="4" t="n">
-        <x:v>46777.5</x:v>
+        <x:v>23916.96</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
-        <x:v>47722.5</x:v>
+        <x:v>24400.13</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>46777.49</x:v>
+        <x:v>23916.95</x:v>
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:11">
       <x:c r="A14" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>102595</x:v>
+        <x:v>52455.99</x:v>
       </x:c>
       <x:c r="G14" s="4" t="n">
-        <x:v>76946.25</x:v>
+        <x:v>39341.99</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>25648.75</x:v>
+        <x:v>13114</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>39341.99</x:v>
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:11">
       <x:c r="A15" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>355992</x:v>
+        <x:v>182015.81</x:v>
       </x:c>
       <x:c r="G15" s="4" t="n">
-        <x:v>320392.8</x:v>
+        <x:v>163814.23</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
-        <x:v>35599.2</x:v>
+        <x:v>18201.58</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>320293.35</x:v>
+        <x:v>163763.39</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K15" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:11">
       <x:c r="A16" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
@@ -1534,340 +1534,340 @@
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K16" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:11">
       <x:c r="A17" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E17" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>195578.04</x:v>
+        <x:v>99997.47</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>146683.54</x:v>
+        <x:v>74998.11</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>48894.5</x:v>
+        <x:v>24999.36</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>146681.37</x:v>
+        <x:v>74996.99</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:11">
       <x:c r="A18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>162000</x:v>
+        <x:v>82829.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>121500</x:v>
+        <x:v>62121.97</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>40500</x:v>
+        <x:v>20707.32</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>121500</x:v>
+        <x:v>62121.96</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K18" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:11">
       <x:c r="A19" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E19" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>98999</x:v>
+        <x:v>50617.39</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>74249.25</x:v>
+        <x:v>37963.04</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>24749.75</x:v>
+        <x:v>12654.35</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K19" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:11">
       <x:c r="A20" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D20" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E20" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>120999.48</x:v>
+        <x:v>61866.06</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>60499.74</x:v>
+        <x:v>30933.03</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
-        <x:v>60499.74</x:v>
+        <x:v>30933.03</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>60499.74</x:v>
+        <x:v>30933.03</x:v>
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K20" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:11">
       <x:c r="A21" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E21" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>55071.6</x:v>
+        <x:v>28157.64</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>41303.7</x:v>
+        <x:v>21118.23</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
-        <x:v>13767.9</x:v>
+        <x:v>7039.41</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>21118.57</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K21" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:11">
       <x:c r="A22" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D22" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="E22" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>48875.67</x:v>
+        <x:v>24989.73</x:v>
       </x:c>
       <x:c r="G22" s="4" t="n">
-        <x:v>24437.83</x:v>
+        <x:v>12494.87</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>24437.84</x:v>
+        <x:v>12494.86</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>12494.85</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:11">
       <x:c r="A23" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="E23" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>156000</x:v>
+        <x:v>79761.52</x:v>
       </x:c>
       <x:c r="G23" s="4" t="n">
-        <x:v>78000</x:v>
+        <x:v>39880.77</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
-        <x:v>78000</x:v>
+        <x:v>39880.75</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>39880.77</x:v>
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:11">
       <x:c r="A24" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E24" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>133500</x:v>
+        <x:v>68257.47</x:v>
       </x:c>
       <x:c r="G24" s="4" t="n">
-        <x:v>100125</x:v>
+        <x:v>51193.1</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>33375</x:v>
+        <x:v>17064.37</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>100125</x:v>
+        <x:v>51193.1</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K24" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:11">
       <x:c r="A25" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E25" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>48335.79</x:v>
+        <x:v>23736.49</x:v>
       </x:c>
       <x:c r="G25" s="4" t="n">
-        <x:v>36251.84</x:v>
+        <x:v>17802.37</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
-        <x:v>12083.95</x:v>
+        <x:v>5934.12</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>17802.38</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K25" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:11">
       <x:c r="A26" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D26" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E26" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
@@ -1884,130 +1884,130 @@
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K26" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:11">
       <x:c r="A27" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="E27" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>195480</x:v>
+        <x:v>99947.33</x:v>
       </x:c>
       <x:c r="G27" s="4" t="n">
-        <x:v>146610</x:v>
+        <x:v>74960.5</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>48870</x:v>
+        <x:v>24986.83</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K27" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:11">
       <x:c r="A28" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D28" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="E28" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>113130</x:v>
+        <x:v>57842.48</x:v>
       </x:c>
       <x:c r="G28" s="4" t="n">
-        <x:v>84585</x:v>
+        <x:v>43247.66</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
-        <x:v>28545</x:v>
+        <x:v>14594.82</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K28" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:11">
       <x:c r="A29" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E29" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>290000</x:v>
+        <x:v>148274.66</x:v>
       </x:c>
       <x:c r="G29" s="4" t="n">
-        <x:v>261000</x:v>
+        <x:v>133447.18</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>29000</x:v>
+        <x:v>14827.48</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>260720.39</x:v>
+        <x:v>133304.21</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K29" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:11">
       <x:c r="A30" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D30" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E30" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
@@ -2024,60 +2024,60 @@
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K30" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:11">
       <x:c r="A31" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="E31" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>139996.16</x:v>
+        <x:v>71578.9</x:v>
       </x:c>
       <x:c r="G31" s="4" t="n">
-        <x:v>83997.7</x:v>
+        <x:v>42947.34</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
-        <x:v>55998.46</x:v>
+        <x:v>28631.56</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
-        <x:v>83997.69</x:v>
+        <x:v>42947.34</x:v>
       </x:c>
       <x:c r="J31" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K31" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:11">
       <x:c r="A32" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D32" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="E32" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
@@ -2129,445 +2129,445 @@
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K33" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:11">
       <x:c r="A34" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D34" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="E34" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>50240</x:v>
+        <x:v>25687.33</x:v>
       </x:c>
       <x:c r="G34" s="4" t="n">
-        <x:v>50240</x:v>
+        <x:v>25687.33</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>50035</x:v>
+        <x:v>25582.49</x:v>
       </x:c>
       <x:c r="J34" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:11">
       <x:c r="A35" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E35" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>390806.93</x:v>
+        <x:v>199816.41</x:v>
       </x:c>
       <x:c r="G35" s="4" t="n">
-        <x:v>390806.93</x:v>
+        <x:v>199816.41</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
-        <x:v>195403.46</x:v>
+        <x:v>197050.37</x:v>
       </x:c>
       <x:c r="J35" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:11">
       <x:c r="A36" s="3" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="D36" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E36" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>361358.1</x:v>
+        <x:v>184759.46</x:v>
       </x:c>
       <x:c r="G36" s="4" t="n">
-        <x:v>361358.1</x:v>
+        <x:v>184759.46</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
-        <x:v>180679.05</x:v>
+        <x:v>272615.89</x:v>
       </x:c>
       <x:c r="J36" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K36" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:11">
       <x:c r="A37" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E37" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>110025.66</x:v>
+        <x:v>56255.23</x:v>
       </x:c>
       <x:c r="G37" s="4" t="n">
-        <x:v>110025.66</x:v>
+        <x:v>56255.23</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>110025.66</x:v>
+        <x:v>56255.23</x:v>
       </x:c>
       <x:c r="J37" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K37" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:11">
       <x:c r="A38" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D38" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E38" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>40946</x:v>
+        <x:v>20935.4</x:v>
       </x:c>
       <x:c r="G38" s="4" t="n">
-        <x:v>40946</x:v>
+        <x:v>20935.4</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
-        <x:v>40946</x:v>
+        <x:v>20935.36</x:v>
       </x:c>
       <x:c r="J38" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K38" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:11">
       <x:c r="A39" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="E39" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>362013.09</x:v>
+        <x:v>185094.36</x:v>
       </x:c>
       <x:c r="G39" s="4" t="n">
-        <x:v>362013.09</x:v>
+        <x:v>185094.36</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>186359.71</x:v>
+        <x:v>185094.36</x:v>
       </x:c>
       <x:c r="J39" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K39" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:11">
       <x:c r="A40" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D40" s="3" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="E40" s="3" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>154163.02</x:v>
+        <x:v>78822.3</x:v>
       </x:c>
       <x:c r="G40" s="4" t="n">
-        <x:v>154163.02</x:v>
+        <x:v>78822.3</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
-        <x:v>154163.02</x:v>
+        <x:v>78822.3</x:v>
       </x:c>
       <x:c r="J40" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K40" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:11">
       <x:c r="A41" s="3" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E41" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>194360.61</x:v>
+        <x:v>99375.01</x:v>
       </x:c>
       <x:c r="G41" s="4" t="n">
-        <x:v>145770.46</x:v>
+        <x:v>74531.26</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
-        <x:v>48590.15</x:v>
+        <x:v>24843.75</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>145770.44</x:v>
+        <x:v>74531.24</x:v>
       </x:c>
       <x:c r="J41" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K41" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:11">
       <x:c r="A42" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D42" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="E42" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>238575.62</x:v>
+        <x:v>121981.78</x:v>
       </x:c>
       <x:c r="G42" s="4" t="n">
-        <x:v>214718.06</x:v>
+        <x:v>109783.6</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
-        <x:v>23857.56</x:v>
+        <x:v>12198.18</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
-        <x:v>214674.05</x:v>
+        <x:v>109761.1</x:v>
       </x:c>
       <x:c r="J42" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K42" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:11">
       <x:c r="A43" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="E43" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>87826</x:v>
+        <x:v>44904.71</x:v>
       </x:c>
       <x:c r="G43" s="4" t="n">
-        <x:v>65869.5</x:v>
+        <x:v>33678.53</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
-        <x:v>21956.5</x:v>
+        <x:v>11226.18</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>65862</x:v>
+        <x:v>33674.71</x:v>
       </x:c>
       <x:c r="J43" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:11">
       <x:c r="A44" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D44" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E44" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>160129.92</x:v>
+        <x:v>81873.09</x:v>
       </x:c>
       <x:c r="G44" s="4" t="n">
-        <x:v>120097.44</x:v>
+        <x:v>61404.83</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
-        <x:v>40032.48</x:v>
+        <x:v>20468.26</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
-        <x:v>120097.44</x:v>
+        <x:v>61404.85</x:v>
       </x:c>
       <x:c r="J44" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:11">
       <x:c r="A45" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="E45" s="3" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>108875.51</x:v>
+        <x:v>55667.16</x:v>
       </x:c>
       <x:c r="G45" s="4" t="n">
-        <x:v>54437.75</x:v>
+        <x:v>27833.58</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
-        <x:v>54437.76</x:v>
+        <x:v>27833.58</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>54437.75</x:v>
+        <x:v>27833.58</x:v>
       </x:c>
       <x:c r="J45" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K45" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:11" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="47" spans="1:11">
       <x:c r="A47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>