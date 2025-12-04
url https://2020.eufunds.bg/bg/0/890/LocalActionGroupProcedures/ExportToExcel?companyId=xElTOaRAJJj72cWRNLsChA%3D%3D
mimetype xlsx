--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305f2bd526504307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/014b898132464f9faf90a0c37d033be0.psmdcp" Id="R5daf9c2b10ca4d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a15768f88744de8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e0cee8d252a4409aebebc51a539feeb.psmdcp" Id="Rb655014f122447f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Финансово изпълнение по процедури</x:t>
   </x:si>
   <x:si>
     <x:t>Програма</x:t>
   </x:si>
   <x:si>
@@ -843,77 +843,77 @@
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B8" s="7" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C8" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D8" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E8" s="8" t="n">
         <x:v>311849.4</x:v>
       </x:c>
       <x:c r="F8" s="8" t="n">
         <x:v>306238.88</x:v>
       </x:c>
       <x:c r="G8" s="8" t="n">
         <x:v>98.2</x:v>
       </x:c>
       <x:c r="H8" s="8" t="n">
-        <x:v>0</x:v>
+        <x:v>156438.87</x:v>
       </x:c>
       <x:c r="I8" s="8" t="n">
-        <x:v>0</x:v>
+        <x:v>50.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="7" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="7" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="8" t="n">
         <x:v>856149</x:v>
       </x:c>
       <x:c r="F9" s="8" t="n">
-        <x:v>855927.57</x:v>
+        <x:v>779275.92</x:v>
       </x:c>
       <x:c r="G9" s="8" t="n">
-        <x:v>99.97</x:v>
+        <x:v>91.02</x:v>
       </x:c>
       <x:c r="H9" s="8" t="n">
         <x:v>458831.67</x:v>
       </x:c>
       <x:c r="I9" s="8" t="n">
         <x:v>53.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="7" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B10" s="7" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="7" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="D10" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="8" t="n">
         <x:v>1059661.75</x:v>
       </x:c>
       <x:c r="F10" s="8" t="n">