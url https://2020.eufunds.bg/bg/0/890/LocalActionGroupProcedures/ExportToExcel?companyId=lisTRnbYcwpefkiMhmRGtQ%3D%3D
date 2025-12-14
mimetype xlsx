--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d0e1cb2ad12465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e8d69b921a9340b9a2edd95923ccd6cc.psmdcp" Id="Rf81ae0ed4496418b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7630395a3fe2424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0a0d686625af440094e3afe4a21f5355.psmdcp" Id="R15f2fca2e0594c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Финансово изпълнение по процедури</x:t>
   </x:si>
   <x:si>
     <x:t>Програма</x:t>
   </x:si>
   <x:si>
@@ -854,54 +854,54 @@
       </x:c>
       <x:c r="H8" s="8" t="n">
         <x:v>154713.7</x:v>
       </x:c>
       <x:c r="I8" s="8" t="n">
         <x:v>35.16</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B9" s="7" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C9" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D9" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E9" s="8" t="n">
         <x:v>881884.04</x:v>
       </x:c>
       <x:c r="F9" s="8" t="n">
-        <x:v>305401.22</x:v>
+        <x:v>213403.02</x:v>
       </x:c>
       <x:c r="G9" s="8" t="n">
-        <x:v>34.63</x:v>
+        <x:v>24.2</x:v>
       </x:c>
       <x:c r="H9" s="8" t="n">
         <x:v>166949.85</x:v>
       </x:c>
       <x:c r="I9" s="8" t="n">
         <x:v>18.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="7" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C10" s="7" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D10" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E10" s="8" t="n">
         <x:v>293374.5</x:v>
       </x:c>
       <x:c r="F10" s="8" t="n">
@@ -1057,54 +1057,54 @@
       </x:c>
       <x:c r="H15" s="8" t="n">
         <x:v>391149.03</x:v>
       </x:c>
       <x:c r="I15" s="8" t="n">
         <x:v>48.73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B16" s="7" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C16" s="7" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D16" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E16" s="8" t="n">
         <x:v>576480</x:v>
       </x:c>
       <x:c r="F16" s="8" t="n">
-        <x:v>336511.72</x:v>
+        <x:v>335811.72</x:v>
       </x:c>
       <x:c r="G16" s="8" t="n">
-        <x:v>58.37</x:v>
+        <x:v>58.25</x:v>
       </x:c>
       <x:c r="H16" s="8" t="n">
         <x:v>204211.72</x:v>
       </x:c>
       <x:c r="I16" s="8" t="n">
         <x:v>35.42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B17" s="7" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C17" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D17" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E17" s="8" t="n">
         <x:v>133924</x:v>
       </x:c>
       <x:c r="F17" s="8" t="n">