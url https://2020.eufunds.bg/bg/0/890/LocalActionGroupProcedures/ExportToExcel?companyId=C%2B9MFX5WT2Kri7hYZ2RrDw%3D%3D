--- v0 (2025-10-13)
+++ v1 (2025-12-18)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f926ad0d56403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c8c2a8fde45747658c6a01e375598ec1.psmdcp" Id="Rb00d648c3e6042ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28beffeaa3414ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1c85cf044df427496633c270efcb151.psmdcp" Id="R0ae80331515545b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="procedures" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>Финансово изпълнение по процедури</x:t>
   </x:si>
   <x:si>
     <x:t>Програма</x:t>
   </x:si>
   <x:si>
@@ -1262,89 +1262,89 @@
       </x:c>
       <x:c r="H20" s="8" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I20" s="8" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B21" s="7" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C21" s="7" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D21" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E21" s="8" t="n">
         <x:v>1196928.85</x:v>
       </x:c>
       <x:c r="F21" s="8" t="n">
-        <x:v>746721.43</x:v>
+        <x:v>552833.82</x:v>
       </x:c>
       <x:c r="G21" s="8" t="n">
-        <x:v>62.39</x:v>
+        <x:v>46.19</x:v>
       </x:c>
       <x:c r="H21" s="8" t="n">
-        <x:v>0</x:v>
+        <x:v>57380.33</x:v>
       </x:c>
       <x:c r="I21" s="8" t="n">
-        <x:v>0</x:v>
+        <x:v>4.79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="7" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B22" s="7" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C22" s="7" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="D22" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E22" s="8" t="n">
         <x:v>492370</x:v>
       </x:c>
       <x:c r="F22" s="8" t="n">
-        <x:v>220857.6</x:v>
+        <x:v>220577.44</x:v>
       </x:c>
       <x:c r="G22" s="8" t="n">
-        <x:v>44.86</x:v>
+        <x:v>44.8</x:v>
       </x:c>
       <x:c r="H22" s="8" t="n">
-        <x:v>0</x:v>
+        <x:v>13980</x:v>
       </x:c>
       <x:c r="I22" s="8" t="n">
-        <x:v>0</x:v>
+        <x:v>2.84</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="7" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="7" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C23" s="7" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="D23" s="7" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E23" s="8" t="n">
         <x:v>469392</x:v>
       </x:c>
       <x:c r="F23" s="8" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G23" s="8" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H23" s="8" t="n">