--- v0 (2025-10-13)
+++ v1 (2026-01-31)
@@ -1,120 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R751ed5d5ff384029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c79fc68cd0cd406c88adf5cdb3d34978.psmdcp" Id="R9d05dd98f4a946ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaae364d8c8843c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/10064a03d7774bc992bc2b2ce19cb43b.psmdcp" Id="R94b8ec2114a747ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Проекти МИГ</x:t>
   </x:si>
   <x:si>
     <x:t>МИГ</x:t>
   </x:si>
   <x:si>
     <x:t>Програма</x:t>
   </x:si>
   <x:si>
     <x:t>Бюджет по програма</x:t>
   </x:si>
   <x:si>
     <x:t>Подадени проекти БФП/бюджет %</x:t>
   </x:si>
   <x:si>
     <x:t>Проекти подадени в МИГ (брой)</x:t>
   </x:si>
   <x:si>
-    <x:t>Проекти подадени в МИГ (сума субсидия/лева)</x:t>
+    <x:t>Проекти подадени в МИГ (сума субсидия/евро)</x:t>
   </x:si>
   <x:si>
     <x:t>Проекти одобрени за финансиране от МИГ (брой) *</x:t>
   </x:si>
   <x:si>
     <x:t>Одобрени за финансиране проекти/бюджет %</x:t>
   </x:si>
   <x:si>
-    <x:t>Проекти одобрени за финансиране от МИГ (сума субсидия/лева)</x:t>
+    <x:t>Проекти одобрени за финансиране от МИГ (сума субсидия/евро)</x:t>
   </x:si>
   <x:si>
     <x:t>Проекти подадени в ДФЗ - РА (брой) за одобрение</x:t>
   </x:si>
   <x:si>
     <x:t>Одобрени проекти от ДФЗ - РА (брой)</x:t>
   </x:si>
   <x:si>
     <x:t>Проекти оттеглени от бенефициентите (брой)</x:t>
   </x:si>
   <x:si>
     <x:t>Отхвърлени проекти от ДФЗ - РА (брой)</x:t>
   </x:si>
   <x:si>
-    <x:t>Одобрени проекти от ДФЗ - РА (сума субсидия / лева)</x:t>
+    <x:t>Одобрени проекти от ДФЗ - РА (сума субсидия / евро)</x:t>
   </x:si>
   <x:si>
     <x:t>Сключени договори (брой)</x:t>
   </x:si>
   <x:si>
     <x:t>Сключени договори / одобрени проекти %</x:t>
   </x:si>
   <x:si>
-    <x:t>Сключени договори (сума субсидия / лева)</x:t>
+    <x:t>Сключени договори (сума субсидия / евро)</x:t>
   </x:si>
   <x:si>
     <x:t>Сключени договори / бюджет по програмата %</x:t>
   </x:si>
   <x:si>
     <x:t>Изпълнени договори (бр.)</x:t>
   </x:si>
   <x:si>
-    <x:t>Изпълнени договори (сума субсидия / лева)</x:t>
+    <x:t>Изпълнени договори (сума субсидия / евро)</x:t>
   </x:si>
   <x:si>
     <x:t>Реално изплатени суми</x:t>
   </x:si>
   <x:si>
     <x:t>МИГ Аврен-Белослав</x:t>
   </x:si>
   <x:si>
     <x:t>Програма за развитие на селските райони (за мерки по чл. 9б, т.2 от ЗПЗП)</x:t>
   </x:si>
   <x:si>
     <x:t>Развитие на човешките ресурси 2014-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Иновации и конкурентоспособност 2014-2020</x:t>
   </x:si>
   <x:si>
     <x:t>МИГ Айтос</x:t>
   </x:si>
   <x:si>
     <x:t>МИГ Ардино-Джебел</x:t>
   </x:si>
   <x:si>
     <x:t>МИГ Балчик-Генерал Тошево</x:t>
   </x:si>
@@ -871,10375 +871,10375 @@
       </x:c>
       <x:c r="Q4" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="R4" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="S4" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="T4" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="U4" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
-        <x:v>3732550.47</x:v>
+        <x:v>1908422.75</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>171.51</x:v>
+        <x:v>335.45</x:v>
       </x:c>
       <x:c r="E5" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
         <x:v>6401860.68</x:v>
       </x:c>
       <x:c r="G5" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
         <x:v>96.5</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
-        <x:v>3601962.57</x:v>
+        <x:v>1841654.24</x:v>
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K5" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L5" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M5" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
-        <x:v>2300941.82</x:v>
+        <x:v>1176452.89</x:v>
       </x:c>
       <x:c r="O5" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
-        <x:v>101.88</x:v>
+        <x:v>101.02</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
-        <x:v>3669658.68</x:v>
+        <x:v>1860354.53</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
-        <x:v>98.32</x:v>
+        <x:v>97.48</x:v>
       </x:c>
       <x:c r="S5" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
-        <x:v>2295714.93</x:v>
+        <x:v>1216319.24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1486430.8</x:v>
+        <x:v>760000</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>76.82</x:v>
+        <x:v>150.25</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
         <x:v>1141914.39</x:v>
       </x:c>
       <x:c r="G6" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
         <x:v>76.69</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>1139934.39</x:v>
+        <x:v>582839.19</x:v>
       </x:c>
       <x:c r="J6" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K6" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L6" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M6" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N6" s="4" t="n">
-        <x:v>1139934.39</x:v>
+        <x:v>582839.19</x:v>
       </x:c>
       <x:c r="O6" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P6" s="4" t="n">
         <x:v>93.1</x:v>
       </x:c>
       <x:c r="Q6" s="4" t="n">
-        <x:v>1061238.06</x:v>
+        <x:v>542602.41</x:v>
       </x:c>
       <x:c r="R6" s="4" t="n">
         <x:v>71.4</x:v>
       </x:c>
       <x:c r="S6" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T6" s="4" t="n">
-        <x:v>1061238.06</x:v>
+        <x:v>542602.41</x:v>
       </x:c>
       <x:c r="U6" s="4" t="n">
-        <x:v>1061238.06</x:v>
+        <x:v>542602.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>105.11</x:v>
+        <x:v>205.57</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>2055684.55</x:v>
       </x:c>
       <x:c r="G7" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
         <x:v>39.28</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>768197.49</x:v>
+        <x:v>392773.13</x:v>
       </x:c>
       <x:c r="J7" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K7" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L7" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M7" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N7" s="4" t="n">
-        <x:v>768197.49</x:v>
+        <x:v>392773.13</x:v>
       </x:c>
       <x:c r="O7" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P7" s="4" t="n">
         <x:v>181.42</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="n">
-        <x:v>1393630.3</x:v>
+        <x:v>712551.86</x:v>
       </x:c>
       <x:c r="R7" s="4" t="n">
         <x:v>71.26</x:v>
       </x:c>
       <x:c r="S7" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T7" s="4" t="n">
-        <x:v>1340260.3</x:v>
+        <x:v>685264.21</x:v>
       </x:c>
       <x:c r="U7" s="4" t="n">
-        <x:v>1340049.32</x:v>
+        <x:v>685156.36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>140.35</x:v>
+        <x:v>274.5</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
         <x:v>5238914.29</x:v>
       </x:c>
       <x:c r="G8" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H8" s="4" t="n">
         <x:v>113.86</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
-        <x:v>4250127.79</x:v>
+        <x:v>2173055.82</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K8" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L8" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M8" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N8" s="4" t="n">
-        <x:v>724940.04</x:v>
+        <x:v>370655.96</x:v>
       </x:c>
       <x:c r="O8" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="4" t="n">
-        <x:v>88.4</x:v>
+        <x:v>88.39</x:v>
       </x:c>
       <x:c r="Q8" s="4" t="n">
-        <x:v>3756933.03</x:v>
+        <x:v>1920728.27</x:v>
       </x:c>
       <x:c r="R8" s="4" t="n">
-        <x:v>100.65</x:v>
+        <x:v>100.64</x:v>
       </x:c>
       <x:c r="S8" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U8" s="4" t="n">
-        <x:v>2309792.88</x:v>
+        <x:v>1474337.19</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2925000</x:v>
+        <x:v>1495528.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>161.66</x:v>
+        <x:v>316.19</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4728657.89</x:v>
       </x:c>
       <x:c r="G9" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
         <x:v>139.13</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>4069642.37</x:v>
+        <x:v>2080775.12</x:v>
       </x:c>
       <x:c r="J9" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K9" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L9" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M9" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N9" s="4" t="n">
-        <x:v>1150827.56</x:v>
+        <x:v>588408.78</x:v>
       </x:c>
       <x:c r="O9" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="4" t="n">
         <x:v>87.8</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="n">
-        <x:v>3573183.31</x:v>
+        <x:v>1826939.63</x:v>
       </x:c>
       <x:c r="R9" s="4" t="n">
         <x:v>122.16</x:v>
       </x:c>
       <x:c r="S9" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T9" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U9" s="4" t="n">
-        <x:v>2829528.33</x:v>
+        <x:v>1446714.86</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>900000</x:v>
+        <x:v>460162.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>114.59</x:v>
+        <x:v>224.12</x:v>
       </x:c>
       <x:c r="E10" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>1031303.87</x:v>
       </x:c>
       <x:c r="G10" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
         <x:v>105.93</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>953325.77</x:v>
+        <x:v>487427.74</x:v>
       </x:c>
       <x:c r="J10" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K10" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L10" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M10" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N10" s="4" t="n">
-        <x:v>953325.77</x:v>
+        <x:v>487427.74</x:v>
       </x:c>
       <x:c r="O10" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P10" s="4" t="n">
         <x:v>74.5</x:v>
       </x:c>
       <x:c r="Q10" s="4" t="n">
-        <x:v>710222.81</x:v>
+        <x:v>363131.17</x:v>
       </x:c>
       <x:c r="R10" s="4" t="n">
         <x:v>78.91</x:v>
       </x:c>
       <x:c r="S10" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T10" s="4" t="n">
-        <x:v>710222.81</x:v>
+        <x:v>363131.17</x:v>
       </x:c>
       <x:c r="U10" s="4" t="n">
-        <x:v>707858.05</x:v>
+        <x:v>361922.09</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1950000</x:v>
+        <x:v>997019.17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>251.56</x:v>
+        <x:v>492.02</x:v>
       </x:c>
       <x:c r="E11" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>4905506.72</x:v>
       </x:c>
       <x:c r="G11" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>32.79</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>639387.26</x:v>
+        <x:v>326913.51</x:v>
       </x:c>
       <x:c r="J11" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K11" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L11" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M11" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N11" s="4" t="n">
-        <x:v>639387.26</x:v>
+        <x:v>326913.51</x:v>
       </x:c>
       <x:c r="O11" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P11" s="4" t="n">
         <x:v>256.62</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="n">
-        <x:v>1640791.19</x:v>
+        <x:v>838923.2</x:v>
       </x:c>
       <x:c r="R11" s="4" t="n">
         <x:v>84.14</x:v>
       </x:c>
       <x:c r="S11" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T11" s="4" t="n">
-        <x:v>1640791.19</x:v>
+        <x:v>838923.2</x:v>
       </x:c>
       <x:c r="U11" s="4" t="n">
-        <x:v>1640791.19</x:v>
+        <x:v>838923.22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3672929.2</x:v>
+        <x:v>1877938.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>150.18</x:v>
+        <x:v>293.72</x:v>
       </x:c>
       <x:c r="E12" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>5515902.9</x:v>
       </x:c>
       <x:c r="G12" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
         <x:v>124.23</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>4563062.12</x:v>
+        <x:v>2333056.64</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K12" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L12" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M12" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N12" s="4" t="n">
-        <x:v>1433042.55</x:v>
+        <x:v>732703.03</x:v>
       </x:c>
       <x:c r="O12" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P12" s="4" t="n">
-        <x:v>80.07</x:v>
+        <x:v>80.04</x:v>
       </x:c>
       <x:c r="Q12" s="4" t="n">
-        <x:v>3653557.52</x:v>
+        <x:v>1867267.34</x:v>
       </x:c>
       <x:c r="R12" s="4" t="n">
-        <x:v>99.47</x:v>
+        <x:v>99.43</x:v>
       </x:c>
       <x:c r="S12" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U12" s="4" t="n">
-        <x:v>2067581.99</x:v>
+        <x:v>1593405.01</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>97.52</x:v>
+        <x:v>190.73</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>1449514.29</x:v>
       </x:c>
       <x:c r="G13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
         <x:v>99.97</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
-        <x:v>1485962.83</x:v>
+        <x:v>759760.73</x:v>
       </x:c>
       <x:c r="J13" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L13" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M13" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N13" s="4" t="n">
-        <x:v>1485962.83</x:v>
+        <x:v>759760.73</x:v>
       </x:c>
       <x:c r="O13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P13" s="4" t="n">
         <x:v>90.5</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="n">
-        <x:v>1344793.51</x:v>
+        <x:v>687582.01</x:v>
       </x:c>
       <x:c r="R13" s="4" t="n">
         <x:v>90.47</x:v>
       </x:c>
       <x:c r="S13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T13" s="4" t="n">
-        <x:v>1344793.51</x:v>
+        <x:v>687582.01</x:v>
       </x:c>
       <x:c r="U13" s="4" t="n">
-        <x:v>1326640.85</x:v>
+        <x:v>678300.68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>167.22</x:v>
+        <x:v>327.06</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
         <x:v>3270519.46</x:v>
       </x:c>
       <x:c r="G14" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
         <x:v>18.13</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>354514.5</x:v>
+        <x:v>181260.38</x:v>
       </x:c>
       <x:c r="J14" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K14" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L14" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M14" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O14" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P14" s="4" t="n">
         <x:v>514.51</x:v>
       </x:c>
       <x:c r="Q14" s="4" t="n">
-        <x:v>1824018.79</x:v>
+        <x:v>932605.99</x:v>
       </x:c>
       <x:c r="R14" s="4" t="n">
         <x:v>93.26</x:v>
       </x:c>
       <x:c r="S14" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T14" s="4" t="n">
-        <x:v>1824018.79</x:v>
+        <x:v>932605.99</x:v>
       </x:c>
       <x:c r="U14" s="4" t="n">
-        <x:v>1815406.33</x:v>
+        <x:v>928202.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>112.71</x:v>
+        <x:v>220.44</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>4207090.8</x:v>
       </x:c>
       <x:c r="G15" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
         <x:v>101.29</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
-        <x:v>3780887.66</x:v>
+        <x:v>1933137.16</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K15" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L15" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M15" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N15" s="4" t="n">
-        <x:v>1531385.73</x:v>
+        <x:v>782985.1</x:v>
       </x:c>
       <x:c r="O15" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P15" s="4" t="n">
-        <x:v>93.03</x:v>
+        <x:v>89.77</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="n">
-        <x:v>3517336.61</x:v>
+        <x:v>1735359.88</x:v>
       </x:c>
       <x:c r="R15" s="4" t="n">
-        <x:v>94.23</x:v>
+        <x:v>90.93</x:v>
       </x:c>
       <x:c r="S15" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U15" s="4" t="n">
-        <x:v>2538908.27</x:v>
+        <x:v>1366864.16</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1979987</x:v>
+        <x:v>1012351.28</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>214.67</x:v>
+        <x:v>419.86</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>4250498.6</x:v>
       </x:c>
       <x:c r="G16" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
         <x:v>189.21</x:v>
       </x:c>
       <x:c r="I16" s="4" t="n">
-        <x:v>3746236.6</x:v>
+        <x:v>1915420.35</x:v>
       </x:c>
       <x:c r="J16" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K16" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L16" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M16" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N16" s="4" t="n">
-        <x:v>3746236.6</x:v>
+        <x:v>1915420.35</x:v>
       </x:c>
       <x:c r="O16" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P16" s="4" t="n">
         <x:v>50.07</x:v>
       </x:c>
       <x:c r="Q16" s="4" t="n">
-        <x:v>1875885.86</x:v>
+        <x:v>959125.21</x:v>
       </x:c>
       <x:c r="R16" s="4" t="n">
         <x:v>94.74</x:v>
       </x:c>
       <x:c r="S16" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T16" s="4" t="n">
-        <x:v>1875885.86</x:v>
+        <x:v>959125.21</x:v>
       </x:c>
       <x:c r="U16" s="4" t="n">
-        <x:v>1875885.86</x:v>
+        <x:v>959125.21</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>103.27</x:v>
+        <x:v>201.98</x:v>
       </x:c>
       <x:c r="E17" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>2019750.61</x:v>
       </x:c>
       <x:c r="G17" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
         <x:v>69.57</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>1360763.01</x:v>
+        <x:v>695747.08</x:v>
       </x:c>
       <x:c r="J17" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K17" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L17" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M17" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N17" s="4" t="n">
-        <x:v>1360763.01</x:v>
+        <x:v>695747.08</x:v>
       </x:c>
       <x:c r="O17" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P17" s="4" t="n">
         <x:v>125.23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="n">
-        <x:v>1704045.3</x:v>
+        <x:v>871264.53</x:v>
       </x:c>
       <x:c r="R17" s="4" t="n">
         <x:v>87.13</x:v>
       </x:c>
       <x:c r="S17" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T17" s="4" t="n">
-        <x:v>1704045.3</x:v>
+        <x:v>871264.53</x:v>
       </x:c>
       <x:c r="U17" s="4" t="n">
-        <x:v>1702439.13</x:v>
+        <x:v>870443.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>183.64</x:v>
+        <x:v>359.16</x:v>
       </x:c>
       <x:c r="E18" s="5" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>6854626.63</x:v>
       </x:c>
       <x:c r="G18" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
         <x:v>98.56</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>3679127.55</x:v>
+        <x:v>1881108.02</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K18" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L18" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M18" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N18" s="4" t="n">
-        <x:v>1384145.84</x:v>
+        <x:v>707702.53</x:v>
       </x:c>
       <x:c r="O18" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P18" s="4" t="n">
-        <x:v>81.44</x:v>
+        <x:v>80.91</x:v>
       </x:c>
       <x:c r="Q18" s="4" t="n">
-        <x:v>2996461.46</x:v>
+        <x:v>1522070.76</x:v>
       </x:c>
       <x:c r="R18" s="4" t="n">
-        <x:v>80.28</x:v>
+        <x:v>79.75</x:v>
       </x:c>
       <x:c r="S18" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U18" s="4" t="n">
-        <x:v>2080291.91</x:v>
+        <x:v>1366751</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1372901.39</x:v>
+        <x:v>701953.33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>103.06</x:v>
+        <x:v>201.56</x:v>
       </x:c>
       <x:c r="E19" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1414877.79</x:v>
       </x:c>
       <x:c r="G19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>1372901.39</x:v>
+        <x:v>701953.34</x:v>
       </x:c>
       <x:c r="J19" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L19" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M19" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N19" s="4" t="n">
-        <x:v>1372901.39</x:v>
+        <x:v>701953.34</x:v>
       </x:c>
       <x:c r="O19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="P19" s="4" t="n">
         <x:v>98.58</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="n">
-        <x:v>1353405.62</x:v>
+        <x:v>691985.31</x:v>
       </x:c>
       <x:c r="R19" s="4" t="n">
         <x:v>98.58</x:v>
       </x:c>
       <x:c r="S19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T19" s="4" t="n">
-        <x:v>1353405.62</x:v>
+        <x:v>691985.31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="n">
-        <x:v>1300313.58</x:v>
+        <x:v>664839.79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2900000</x:v>
+        <x:v>1482746.46</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>211.04</x:v>
+        <x:v>412.76</x:v>
       </x:c>
       <x:c r="E20" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>6120224.31</x:v>
       </x:c>
       <x:c r="G20" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H20" s="4" t="n">
         <x:v>57.28</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>1661198.28</x:v>
+        <x:v>849357.19</x:v>
       </x:c>
       <x:c r="J20" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K20" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L20" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M20" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N20" s="4" t="n">
-        <x:v>1111572.5</x:v>
+        <x:v>568337.99</x:v>
       </x:c>
       <x:c r="O20" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P20" s="4" t="n">
         <x:v>184.74</x:v>
       </x:c>
       <x:c r="Q20" s="4" t="n">
-        <x:v>3068979.84</x:v>
+        <x:v>1569144.47</x:v>
       </x:c>
       <x:c r="R20" s="4" t="n">
         <x:v>105.83</x:v>
       </x:c>
       <x:c r="S20" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="T20" s="4" t="n">
-        <x:v>2716930.44</x:v>
+        <x:v>1389144.47</x:v>
       </x:c>
       <x:c r="U20" s="4" t="n">
-        <x:v>2707602.18</x:v>
+        <x:v>1384375.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>163.15</x:v>
+        <x:v>319.09</x:v>
       </x:c>
       <x:c r="E21" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>6089862.76</x:v>
       </x:c>
       <x:c r="G21" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H21" s="4" t="n">
         <x:v>107.73</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>4021089.84</x:v>
+        <x:v>2055950.59</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K21" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L21" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M21" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N21" s="4" t="n">
-        <x:v>766215.42</x:v>
+        <x:v>391759.72</x:v>
       </x:c>
       <x:c r="O21" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P21" s="4" t="n">
-        <x:v>89.99</x:v>
+        <x:v>87.56</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="n">
-        <x:v>3618480.36</x:v>
+        <x:v>1800248.66</x:v>
       </x:c>
       <x:c r="R21" s="4" t="n">
-        <x:v>96.94</x:v>
+        <x:v>94.33</x:v>
       </x:c>
       <x:c r="S21" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U21" s="4" t="n">
-        <x:v>2031899.86</x:v>
+        <x:v>1340329.45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>128.13</x:v>
+        <x:v>250.6</x:v>
       </x:c>
       <x:c r="E22" s="5" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>4782738.85</x:v>
       </x:c>
       <x:c r="G22" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
         <x:v>108.98</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>4067908.5</x:v>
+        <x:v>2079888.58</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K22" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L22" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M22" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N22" s="4" t="n">
-        <x:v>54133.51</x:v>
+        <x:v>27678.02</x:v>
       </x:c>
       <x:c r="O22" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P22" s="4" t="n">
-        <x:v>90.27</x:v>
+        <x:v>90.82</x:v>
       </x:c>
       <x:c r="Q22" s="4" t="n">
-        <x:v>3671963.5</x:v>
+        <x:v>1888922.08</x:v>
       </x:c>
       <x:c r="R22" s="4" t="n">
-        <x:v>98.37</x:v>
+        <x:v>98.97</x:v>
       </x:c>
       <x:c r="S22" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U22" s="4" t="n">
-        <x:v>2677232.15</x:v>
+        <x:v>1611729.42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>99.88</x:v>
+        <x:v>195.36</x:v>
       </x:c>
       <x:c r="E23" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>1953529.74</x:v>
       </x:c>
       <x:c r="G23" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
         <x:v>99.88</x:v>
       </x:c>
       <x:c r="I23" s="4" t="n">
-        <x:v>1953529.74</x:v>
+        <x:v>998823.89</x:v>
       </x:c>
       <x:c r="J23" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K23" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L23" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M23" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N23" s="4" t="n">
-        <x:v>899193.24</x:v>
+        <x:v>459750.2</x:v>
       </x:c>
       <x:c r="O23" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P23" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="n">
-        <x:v>1953492.3</x:v>
+        <x:v>998804.75</x:v>
       </x:c>
       <x:c r="R23" s="4" t="n">
         <x:v>99.88</x:v>
       </x:c>
       <x:c r="S23" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T23" s="4" t="n">
-        <x:v>1953492.3</x:v>
+        <x:v>998804.75</x:v>
       </x:c>
       <x:c r="U23" s="4" t="n">
-        <x:v>1953487.8</x:v>
+        <x:v>998802.45</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3732500</x:v>
+        <x:v>1908396.95</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>151.56</x:v>
+        <x:v>296.42</x:v>
       </x:c>
       <x:c r="E24" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
         <x:v>5656843.57</x:v>
       </x:c>
       <x:c r="G24" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
         <x:v>103.86</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>3876753.54</x:v>
+        <x:v>1982152.63</x:v>
       </x:c>
       <x:c r="J24" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L24" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M24" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N24" s="4" t="n">
-        <x:v>1711451.48</x:v>
+        <x:v>875051.25</x:v>
       </x:c>
       <x:c r="O24" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="4" t="n">
         <x:v>104.74</x:v>
       </x:c>
       <x:c r="Q24" s="4" t="n">
-        <x:v>4060573.39</x:v>
+        <x:v>2076138.23</x:v>
       </x:c>
       <x:c r="R24" s="4" t="n">
         <x:v>108.79</x:v>
       </x:c>
       <x:c r="S24" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U24" s="4" t="n">
-        <x:v>2913260.82</x:v>
+        <x:v>1602122.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>140.46</x:v>
+        <x:v>274.72</x:v>
       </x:c>
       <x:c r="E25" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>5243056.54</x:v>
       </x:c>
       <x:c r="G25" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
         <x:v>114.87</x:v>
       </x:c>
       <x:c r="I25" s="4" t="n">
-        <x:v>4287704.22</x:v>
+        <x:v>2192268.34</x:v>
       </x:c>
       <x:c r="J25" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K25" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="L25" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M25" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N25" s="4" t="n">
-        <x:v>2936163.68</x:v>
+        <x:v>1501236.65</x:v>
       </x:c>
       <x:c r="O25" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P25" s="4" t="n">
-        <x:v>78.18</x:v>
+        <x:v>73.06</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="n">
-        <x:v>3351939.22</x:v>
+        <x:v>1601642.53</x:v>
       </x:c>
       <x:c r="R25" s="4" t="n">
-        <x:v>89.8</x:v>
+        <x:v>83.92</x:v>
       </x:c>
       <x:c r="S25" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U25" s="4" t="n">
-        <x:v>2011469.05</x:v>
+        <x:v>1172751.26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>193.99</x:v>
+        <x:v>379.42</x:v>
       </x:c>
       <x:c r="E26" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>3794147.41</x:v>
       </x:c>
       <x:c r="G26" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
         <x:v>168.68</x:v>
       </x:c>
       <x:c r="I26" s="4" t="n">
-        <x:v>3298991.96</x:v>
+        <x:v>1686747.83</x:v>
       </x:c>
       <x:c r="J26" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K26" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L26" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="M26" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N26" s="4" t="n">
-        <x:v>790288.03</x:v>
+        <x:v>404067.85</x:v>
       </x:c>
       <x:c r="O26" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P26" s="4" t="n">
         <x:v>80.97</x:v>
       </x:c>
       <x:c r="Q26" s="4" t="n">
-        <x:v>2671181.79</x:v>
+        <x:v>1365753.56</x:v>
       </x:c>
       <x:c r="R26" s="4" t="n">
         <x:v>136.58</x:v>
       </x:c>
       <x:c r="S26" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U26" s="4" t="n">
-        <x:v>1902112.51</x:v>
+        <x:v>1046509.28</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>899680</x:v>
+        <x:v>459999.08</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>70.06</x:v>
+        <x:v>137.02</x:v>
       </x:c>
       <x:c r="E27" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>630283.26</x:v>
       </x:c>
       <x:c r="G27" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
         <x:v>52.25</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
-        <x:v>470052.44</x:v>
+        <x:v>240334</x:v>
       </x:c>
       <x:c r="J27" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K27" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L27" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M27" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N27" s="4" t="n">
-        <x:v>470052.44</x:v>
+        <x:v>240334</x:v>
       </x:c>
       <x:c r="O27" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P27" s="4" t="n">
         <x:v>96.24</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="n">
-        <x:v>452397.21</x:v>
+        <x:v>231307.03</x:v>
       </x:c>
       <x:c r="R27" s="4" t="n">
         <x:v>50.28</x:v>
       </x:c>
       <x:c r="S27" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T27" s="4" t="n">
-        <x:v>452397.21</x:v>
+        <x:v>231307.03</x:v>
       </x:c>
       <x:c r="U27" s="4" t="n">
-        <x:v>445631.91</x:v>
+        <x:v>227847.98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>586750</x:v>
+        <x:v>300000.51</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>112.11</x:v>
+        <x:v>219.27</x:v>
       </x:c>
       <x:c r="E28" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>657820.02</x:v>
       </x:c>
       <x:c r="G28" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H28" s="4" t="n">
         <x:v>98.22</x:v>
       </x:c>
       <x:c r="I28" s="4" t="n">
-        <x:v>576329.46</x:v>
+        <x:v>294672.57</x:v>
       </x:c>
       <x:c r="J28" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K28" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L28" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M28" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O28" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P28" s="4" t="n">
         <x:v>95.21</x:v>
       </x:c>
       <x:c r="Q28" s="4" t="n">
-        <x:v>548747.75</x:v>
+        <x:v>280570.27</x:v>
       </x:c>
       <x:c r="R28" s="4" t="n">
         <x:v>93.52</x:v>
       </x:c>
       <x:c r="S28" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T28" s="4" t="n">
-        <x:v>548747.75</x:v>
+        <x:v>280570.27</x:v>
       </x:c>
       <x:c r="U28" s="4" t="n">
-        <x:v>548747.75</x:v>
+        <x:v>280570.26</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>125.13</x:v>
+        <x:v>244.74</x:v>
       </x:c>
       <x:c r="E29" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>4670968.42</x:v>
       </x:c>
       <x:c r="G29" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
         <x:v>103.8</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>3874747.58</x:v>
+        <x:v>1981126.97</x:v>
       </x:c>
       <x:c r="J29" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K29" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L29" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M29" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N29" s="4" t="n">
-        <x:v>1188841.86</x:v>
+        <x:v>607845.19</x:v>
       </x:c>
       <x:c r="O29" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P29" s="4" t="n">
         <x:v>96.64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="n">
-        <x:v>3744465.69</x:v>
+        <x:v>1914514.91</x:v>
       </x:c>
       <x:c r="R29" s="4" t="n">
         <x:v>100.31</x:v>
       </x:c>
       <x:c r="S29" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U29" s="4" t="n">
-        <x:v>3548295.37</x:v>
+        <x:v>1883609.53</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1353635.39</x:v>
+        <x:v>692102.79</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>99.22</x:v>
+        <x:v>194.05</x:v>
       </x:c>
       <x:c r="E30" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>1343033.02</x:v>
       </x:c>
       <x:c r="G30" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>105.94</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>1433999.48</x:v>
+        <x:v>733192.29</x:v>
       </x:c>
       <x:c r="J30" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K30" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L30" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M30" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N30" s="4" t="n">
-        <x:v>1433999.48</x:v>
+        <x:v>733192.29</x:v>
       </x:c>
       <x:c r="O30" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P30" s="4" t="n">
         <x:v>95.14</x:v>
       </x:c>
       <x:c r="Q30" s="4" t="n">
-        <x:v>1364369.48</x:v>
+        <x:v>697591.04</x:v>
       </x:c>
       <x:c r="R30" s="4" t="n">
         <x:v>100.79</x:v>
       </x:c>
       <x:c r="S30" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="T30" s="4" t="n">
-        <x:v>1364369.48</x:v>
+        <x:v>697591.04</x:v>
       </x:c>
       <x:c r="U30" s="4" t="n">
-        <x:v>1353635.39</x:v>
+        <x:v>692102.75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2933745</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>174.87</x:v>
+        <x:v>342.01</x:v>
       </x:c>
       <x:c r="E31" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
         <x:v>5130207.04</x:v>
       </x:c>
       <x:c r="G31" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>11.99</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
-        <x:v>351817.46</x:v>
+        <x:v>179881.41</x:v>
       </x:c>
       <x:c r="J31" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K31" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L31" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M31" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O31" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="P31" s="4" t="n">
         <x:v>778.15</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="n">
-        <x:v>2737676.06</x:v>
+        <x:v>1399751.55</x:v>
       </x:c>
       <x:c r="R31" s="4" t="n">
         <x:v>93.32</x:v>
       </x:c>
       <x:c r="S31" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T31" s="4" t="n">
-        <x:v>2737676.06</x:v>
+        <x:v>1399751.55</x:v>
       </x:c>
       <x:c r="U31" s="4" t="n">
-        <x:v>2920482.89</x:v>
+        <x:v>1493219.19</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>158.56</x:v>
+        <x:v>310.12</x:v>
       </x:c>
       <x:c r="E32" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
         <x:v>5918719.38</x:v>
       </x:c>
       <x:c r="G32" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
         <x:v>106.4</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
-        <x:v>3971684.14</x:v>
+        <x:v>2030689.85</x:v>
       </x:c>
       <x:c r="J32" s="5" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K32" s="5" t="n">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L32" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M32" s="5" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N32" s="4" t="n">
-        <x:v>3614054.38</x:v>
+        <x:v>2030689.85</x:v>
       </x:c>
       <x:c r="O32" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P32" s="4" t="n">
-        <x:v>88.63</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="Q32" s="4" t="n">
-        <x:v>3519918.79</x:v>
+        <x:v>1738522.26</x:v>
       </x:c>
       <x:c r="R32" s="4" t="n">
-        <x:v>94.3</x:v>
+        <x:v>91.09</x:v>
       </x:c>
       <x:c r="S32" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U32" s="4" t="n">
-        <x:v>2300960.73</x:v>
+        <x:v>1191637.69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3732000</x:v>
+        <x:v>1908141.3</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>156.78</x:v>
+        <x:v>306.64</x:v>
       </x:c>
       <x:c r="E33" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>5851087.72</x:v>
       </x:c>
       <x:c r="G33" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
         <x:v>139.21</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
-        <x:v>5195208.85</x:v>
+        <x:v>2656268.12</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K33" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L33" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M33" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N33" s="4" t="n">
-        <x:v>725621.67</x:v>
+        <x:v>371004.45</x:v>
       </x:c>
       <x:c r="O33" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="4" t="n">
-        <x:v>70.49</x:v>
+        <x:v>69.54</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="n">
-        <x:v>3662274.29</x:v>
+        <x:v>1847134.62</x:v>
       </x:c>
       <x:c r="R33" s="4" t="n">
-        <x:v>98.13</x:v>
+        <x:v>96.8</x:v>
       </x:c>
       <x:c r="S33" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U33" s="4" t="n">
-        <x:v>2773377.29</x:v>
+        <x:v>1674544.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>1480000</x:v>
+        <x:v>756711.98</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>169.34</x:v>
+        <x:v>331.2</x:v>
       </x:c>
       <x:c r="E34" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>2506226.08</x:v>
       </x:c>
       <x:c r="G34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
         <x:v>98.07</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>1451365.38</x:v>
+        <x:v>742071.34</x:v>
       </x:c>
       <x:c r="J34" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L34" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M34" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N34" s="4" t="n">
-        <x:v>1451365.38</x:v>
+        <x:v>742071.34</x:v>
       </x:c>
       <x:c r="O34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P34" s="4" t="n">
         <x:v>69.75</x:v>
       </x:c>
       <x:c r="Q34" s="4" t="n">
-        <x:v>1012386.15</x:v>
+        <x:v>517624.82</x:v>
       </x:c>
       <x:c r="R34" s="4" t="n">
         <x:v>68.4</x:v>
       </x:c>
       <x:c r="S34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T34" s="4" t="n">
-        <x:v>1012386.15</x:v>
+        <x:v>517624.82</x:v>
       </x:c>
       <x:c r="U34" s="4" t="n">
-        <x:v>1012386.15</x:v>
+        <x:v>517624.84</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1950000</x:v>
+        <x:v>997019.17</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>188.56</x:v>
+        <x:v>368.8</x:v>
       </x:c>
       <x:c r="E35" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
         <x:v>3676996.91</x:v>
       </x:c>
       <x:c r="G35" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H35" s="4" t="n">
         <x:v>81.91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="n">
-        <x:v>1597237</x:v>
+        <x:v>816654.3</x:v>
       </x:c>
       <x:c r="J35" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K35" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L35" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M35" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N35" s="4" t="n">
-        <x:v>896488</x:v>
+        <x:v>458367.03</x:v>
       </x:c>
       <x:c r="O35" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P35" s="4" t="n">
         <x:v>99.8</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="n">
-        <x:v>1593985.96</x:v>
+        <x:v>814992.07</x:v>
       </x:c>
       <x:c r="R35" s="4" t="n">
         <x:v>81.74</x:v>
       </x:c>
       <x:c r="S35" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T35" s="4" t="n">
-        <x:v>1593985.96</x:v>
+        <x:v>814992.07</x:v>
       </x:c>
       <x:c r="U35" s="4" t="n">
-        <x:v>1590140.71</x:v>
+        <x:v>813026.02</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3731130.35</x:v>
+        <x:v>1907696.66</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>136.91</x:v>
+        <x:v>267.77</x:v>
       </x:c>
       <x:c r="E36" s="5" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
         <x:v>5108207.45</x:v>
       </x:c>
       <x:c r="G36" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H36" s="4" t="n">
         <x:v>117.25</x:v>
       </x:c>
       <x:c r="I36" s="4" t="n">
-        <x:v>4374606.43</x:v>
+        <x:v>2236700.74</x:v>
       </x:c>
       <x:c r="J36" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K36" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L36" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M36" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N36" s="4" t="n">
-        <x:v>601871.35</x:v>
+        <x:v>307731.93</x:v>
       </x:c>
       <x:c r="O36" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P36" s="4" t="n">
         <x:v>83.17</x:v>
       </x:c>
       <x:c r="Q36" s="4" t="n">
-        <x:v>3638575.53</x:v>
+        <x:v>1860374.16</x:v>
       </x:c>
       <x:c r="R36" s="4" t="n">
         <x:v>97.52</x:v>
       </x:c>
       <x:c r="S36" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U36" s="4" t="n">
-        <x:v>2553898.32</x:v>
+        <x:v>1379209.02</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>171.43</x:v>
+        <x:v>335.28</x:v>
       </x:c>
       <x:c r="E37" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>6398896.78</x:v>
       </x:c>
       <x:c r="G37" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>129.73</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>4842419.32</x:v>
+        <x:v>2475889.69</x:v>
       </x:c>
       <x:c r="J37" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K37" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L37" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M37" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O37" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P37" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>76.74</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="n">
-        <x:v>3737779.54</x:v>
+        <x:v>1899904.7</x:v>
       </x:c>
       <x:c r="R37" s="4" t="n">
-        <x:v>100.14</x:v>
+        <x:v>99.55</x:v>
       </x:c>
       <x:c r="S37" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U37" s="4" t="n">
-        <x:v>1957523.38</x:v>
+        <x:v>1580526.65</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>145.43</x:v>
+        <x:v>284.43</x:v>
       </x:c>
       <x:c r="E38" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>5428379.82</x:v>
       </x:c>
       <x:c r="G38" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
         <x:v>86.61</x:v>
       </x:c>
       <x:c r="I38" s="4" t="n">
-        <x:v>3233037.33</x:v>
+        <x:v>1653025.73</x:v>
       </x:c>
       <x:c r="J38" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="K38" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L38" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M38" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N38" s="4" t="n">
-        <x:v>1292392.86</x:v>
+        <x:v>660789.98</x:v>
       </x:c>
       <x:c r="O38" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="4" t="n">
-        <x:v>109.45</x:v>
+        <x:v>106.18</x:v>
       </x:c>
       <x:c r="Q38" s="4" t="n">
-        <x:v>3538457.83</x:v>
+        <x:v>1755213.61</x:v>
       </x:c>
       <x:c r="R38" s="4" t="n">
-        <x:v>94.8</x:v>
+        <x:v>91.97</x:v>
       </x:c>
       <x:c r="S38" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U38" s="4" t="n">
-        <x:v>1896199.84</x:v>
+        <x:v>1292831.87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>114.24</x:v>
+        <x:v>223.44</x:v>
       </x:c>
       <x:c r="E39" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>1698094.83</x:v>
       </x:c>
       <x:c r="G39" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
         <x:v>99.26</x:v>
       </x:c>
       <x:c r="I39" s="4" t="n">
-        <x:v>1475459.96</x:v>
+        <x:v>754390.71</x:v>
       </x:c>
       <x:c r="J39" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K39" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L39" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M39" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N39" s="4" t="n">
-        <x:v>1475459.96</x:v>
+        <x:v>754390.71</x:v>
       </x:c>
       <x:c r="O39" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P39" s="4" t="n">
         <x:v>91.67</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="n">
-        <x:v>1352577.22</x:v>
+        <x:v>691561.76</x:v>
       </x:c>
       <x:c r="R39" s="4" t="n">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S39" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T39" s="4" t="n">
-        <x:v>1352577.22</x:v>
+        <x:v>691561.76</x:v>
       </x:c>
       <x:c r="U39" s="4" t="n">
-        <x:v>1306772.27</x:v>
+        <x:v>668142.05</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>177.54</x:v>
+        <x:v>347.23</x:v>
       </x:c>
       <x:c r="E40" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>3472234.58</x:v>
       </x:c>
       <x:c r="G40" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H40" s="4" t="n">
         <x:v>17.91</x:v>
       </x:c>
       <x:c r="I40" s="4" t="n">
-        <x:v>350370.17</x:v>
+        <x:v>179141.42</x:v>
       </x:c>
       <x:c r="J40" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K40" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L40" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M40" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N40" s="4" t="n">
-        <x:v>350370.17</x:v>
+        <x:v>179141.42</x:v>
       </x:c>
       <x:c r="O40" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P40" s="4" t="n">
         <x:v>437.94</x:v>
       </x:c>
       <x:c r="Q40" s="4" t="n">
-        <x:v>1534409.68</x:v>
+        <x:v>784531.21</x:v>
       </x:c>
       <x:c r="R40" s="4" t="n">
         <x:v>78.45</x:v>
       </x:c>
       <x:c r="S40" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T40" s="4" t="n">
-        <x:v>1534409.68</x:v>
+        <x:v>784531.21</x:v>
       </x:c>
       <x:c r="U40" s="4" t="n">
-        <x:v>1534220.51</x:v>
+        <x:v>784434.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>172.69</x:v>
+        <x:v>337.75</x:v>
       </x:c>
       <x:c r="E41" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>5066114.23</x:v>
       </x:c>
       <x:c r="G41" s="5" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H41" s="4" t="n">
         <x:v>155.3</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
-        <x:v>4556112.77</x:v>
+        <x:v>2329503.44</x:v>
       </x:c>
       <x:c r="J41" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K41" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L41" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M41" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N41" s="4" t="n">
-        <x:v>1339933.77</x:v>
+        <x:v>685097.26</x:v>
       </x:c>
       <x:c r="O41" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P41" s="4" t="n">
-        <x:v>77.01</x:v>
+        <x:v>75.94</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="n">
-        <x:v>3508629.77</x:v>
+        <x:v>1769034.21</x:v>
       </x:c>
       <x:c r="R41" s="4" t="n">
-        <x:v>119.6</x:v>
+        <x:v>117.94</x:v>
       </x:c>
       <x:c r="S41" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U41" s="4" t="n">
-        <x:v>2095847.15</x:v>
+        <x:v>1301099.73</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>447202.48</x:v>
+        <x:v>228651</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>99.71</x:v>
+        <x:v>195.01</x:v>
       </x:c>
       <x:c r="E42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>445900.18</x:v>
       </x:c>
       <x:c r="G42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
         <x:v>99.71</x:v>
       </x:c>
       <x:c r="I42" s="4" t="n">
-        <x:v>445900.18</x:v>
+        <x:v>227985.14</x:v>
       </x:c>
       <x:c r="J42" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L42" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M42" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N42" s="4" t="n">
-        <x:v>445900.18</x:v>
+        <x:v>227985.14</x:v>
       </x:c>
       <x:c r="O42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P42" s="4" t="n">
         <x:v>93.13</x:v>
       </x:c>
       <x:c r="Q42" s="4" t="n">
-        <x:v>415285.88</x:v>
+        <x:v>212332.3</x:v>
       </x:c>
       <x:c r="R42" s="4" t="n">
         <x:v>92.86</x:v>
       </x:c>
       <x:c r="S42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T42" s="4" t="n">
-        <x:v>415285.88</x:v>
+        <x:v>212332.3</x:v>
       </x:c>
       <x:c r="U42" s="4" t="n">
-        <x:v>415285.88</x:v>
+        <x:v>212332.31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>269.1</x:v>
+        <x:v>526.31</x:v>
       </x:c>
       <x:c r="E43" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>3999915.37</x:v>
       </x:c>
       <x:c r="G43" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H43" s="4" t="n">
         <x:v>116.71</x:v>
       </x:c>
       <x:c r="I43" s="4" t="n">
-        <x:v>1734847.28</x:v>
+        <x:v>887013.32</x:v>
       </x:c>
       <x:c r="J43" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K43" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="L43" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M43" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="N43" s="4" t="n">
-        <x:v>1734847.28</x:v>
+        <x:v>887013.32</x:v>
       </x:c>
       <x:c r="O43" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P43" s="4" t="n">
         <x:v>57.79</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="n">
-        <x:v>1002568.76</x:v>
+        <x:v>512605.26</x:v>
       </x:c>
       <x:c r="R43" s="4" t="n">
         <x:v>67.45</x:v>
       </x:c>
       <x:c r="S43" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="T43" s="4" t="n">
-        <x:v>909258.91</x:v>
+        <x:v>464896.69</x:v>
       </x:c>
       <x:c r="U43" s="4" t="n">
-        <x:v>900124.13</x:v>
+        <x:v>460226.15</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>205.69</x:v>
+        <x:v>402.3</x:v>
       </x:c>
       <x:c r="E44" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>4022925.99</x:v>
       </x:c>
       <x:c r="G44" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H44" s="4" t="n">
         <x:v>40.95</x:v>
       </x:c>
       <x:c r="I44" s="4" t="n">
-        <x:v>800987.28</x:v>
+        <x:v>409538.29</x:v>
       </x:c>
       <x:c r="J44" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K44" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L44" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M44" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N44" s="4" t="n">
-        <x:v>133892.63</x:v>
+        <x:v>68458.21</x:v>
       </x:c>
       <x:c r="O44" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P44" s="4" t="n">
         <x:v>244.07</x:v>
       </x:c>
       <x:c r="Q44" s="4" t="n">
-        <x:v>1954943.61</x:v>
+        <x:v>999546.79</x:v>
       </x:c>
       <x:c r="R44" s="4" t="n">
         <x:v>99.96</x:v>
       </x:c>
       <x:c r="S44" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T44" s="4" t="n">
-        <x:v>1954943.61</x:v>
+        <x:v>999546.79</x:v>
       </x:c>
       <x:c r="U44" s="4" t="n">
-        <x:v>1945404.32</x:v>
+        <x:v>994669.42</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>520000</x:v>
+        <x:v>265871.78</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>90.33</x:v>
+        <x:v>176.66</x:v>
       </x:c>
       <x:c r="E45" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
         <x:v>469697.57</x:v>
       </x:c>
       <x:c r="G45" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H45" s="4" t="n">
         <x:v>84.99</x:v>
       </x:c>
       <x:c r="I45" s="4" t="n">
-        <x:v>441939.16</x:v>
+        <x:v>225959.91</x:v>
       </x:c>
       <x:c r="J45" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K45" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L45" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M45" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N45" s="4" t="n">
-        <x:v>297612</x:v>
+        <x:v>152166.6</x:v>
       </x:c>
       <x:c r="O45" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P45" s="4" t="n">
         <x:v>75.93</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="n">
-        <x:v>335562.29</x:v>
+        <x:v>171570.27</x:v>
       </x:c>
       <x:c r="R45" s="4" t="n">
         <x:v>64.53</x:v>
       </x:c>
       <x:c r="S45" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T45" s="4" t="n">
-        <x:v>335562.29</x:v>
+        <x:v>171570.27</x:v>
       </x:c>
       <x:c r="U45" s="4" t="n">
-        <x:v>335559.97</x:v>
+        <x:v>171569.09</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2754830</x:v>
+        <x:v>1408522.21</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>126.07</x:v>
+        <x:v>246.58</x:v>
       </x:c>
       <x:c r="E46" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>3473097.24</x:v>
       </x:c>
       <x:c r="G46" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H46" s="4" t="n">
         <x:v>99.72</x:v>
       </x:c>
       <x:c r="I46" s="4" t="n">
-        <x:v>2747129.14</x:v>
+        <x:v>1404584.79</x:v>
       </x:c>
       <x:c r="J46" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K46" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L46" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M46" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N46" s="4" t="n">
-        <x:v>136817.62</x:v>
+        <x:v>69953.74</x:v>
       </x:c>
       <x:c r="O46" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P46" s="4" t="n">
         <x:v>87.89</x:v>
       </x:c>
       <x:c r="Q46" s="4" t="n">
-        <x:v>2414490.04</x:v>
+        <x:v>1234509.16</x:v>
       </x:c>
       <x:c r="R46" s="4" t="n">
         <x:v>87.65</x:v>
       </x:c>
       <x:c r="S46" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U46" s="4" t="n">
-        <x:v>1878070.05</x:v>
+        <x:v>988364.07</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>129.2</x:v>
+        <x:v>252.7</x:v>
       </x:c>
       <x:c r="E47" s="5" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>4822836.29</x:v>
       </x:c>
       <x:c r="G47" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>102.98</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
-        <x:v>3844008.69</x:v>
+        <x:v>1965410.42</x:v>
       </x:c>
       <x:c r="J47" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L47" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M47" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N47" s="4" t="n">
-        <x:v>1324745.83</x:v>
+        <x:v>677331.81</x:v>
       </x:c>
       <x:c r="O47" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P47" s="4" t="n">
-        <x:v>94.71</x:v>
+        <x:v>91.48</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="n">
-        <x:v>3640734.13</x:v>
+        <x:v>1797873.26</x:v>
       </x:c>
       <x:c r="R47" s="4" t="n">
-        <x:v>97.54</x:v>
+        <x:v>94.2</x:v>
       </x:c>
       <x:c r="S47" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U47" s="4" t="n">
-        <x:v>2660829.04</x:v>
+        <x:v>1449039.51</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>158.31</x:v>
+        <x:v>309.63</x:v>
       </x:c>
       <x:c r="E48" s="5" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>5909376.35</x:v>
       </x:c>
       <x:c r="G48" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
         <x:v>101.43</x:v>
       </x:c>
       <x:c r="I48" s="4" t="n">
-        <x:v>3786200.44</x:v>
+        <x:v>1935853.54</x:v>
       </x:c>
       <x:c r="J48" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="K48" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="L48" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="M48" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N48" s="4" t="n">
-        <x:v>2077183.07</x:v>
+        <x:v>1062046.85</x:v>
       </x:c>
       <x:c r="O48" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P48" s="4" t="n">
         <x:v>91.33</x:v>
       </x:c>
       <x:c r="Q48" s="4" t="n">
-        <x:v>3457965.19</x:v>
+        <x:v>1768029.51</x:v>
       </x:c>
       <x:c r="R48" s="4" t="n">
         <x:v>92.64</x:v>
       </x:c>
       <x:c r="S48" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U48" s="4" t="n">
-        <x:v>2105718.76</x:v>
+        <x:v>1264519.73</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>184.51</x:v>
+        <x:v>360.87</x:v>
       </x:c>
       <x:c r="E49" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>6887256.79</x:v>
       </x:c>
       <x:c r="G49" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
         <x:v>125.36</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
-        <x:v>4679361.3</x:v>
+        <x:v>2392519.44</x:v>
       </x:c>
       <x:c r="J49" s="5" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K49" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L49" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M49" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N49" s="4" t="n">
-        <x:v>288441.8</x:v>
+        <x:v>147477.95</x:v>
       </x:c>
       <x:c r="O49" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P49" s="4" t="n">
-        <x:v>79.26</x:v>
+        <x:v>76.08</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="n">
-        <x:v>3708698.05</x:v>
+        <x:v>1820122.16</x:v>
       </x:c>
       <x:c r="R49" s="4" t="n">
-        <x:v>99.36</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="S49" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U49" s="4" t="n">
-        <x:v>2439808.8</x:v>
+        <x:v>1510893.92</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>3731000</x:v>
+        <x:v>1907630.01</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>117.28</x:v>
+        <x:v>229.38</x:v>
       </x:c>
       <x:c r="E50" s="5" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>4375808.23</x:v>
       </x:c>
       <x:c r="G50" s="5" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>114.27</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
-        <x:v>4263500.88</x:v>
+        <x:v>2179893.38</x:v>
       </x:c>
       <x:c r="J50" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K50" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L50" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N50" s="4" t="n">
-        <x:v>2351445.66</x:v>
+        <x:v>1202275.08</x:v>
       </x:c>
       <x:c r="O50" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P50" s="4" t="n">
-        <x:v>86.81</x:v>
+        <x:v>83.91</x:v>
       </x:c>
       <x:c r="Q50" s="4" t="n">
-        <x:v>3701023.04</x:v>
+        <x:v>1829141.6</x:v>
       </x:c>
       <x:c r="R50" s="4" t="n">
-        <x:v>99.2</x:v>
+        <x:v>95.89</x:v>
       </x:c>
       <x:c r="S50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U50" s="4" t="n">
-        <x:v>2812637.1</x:v>
+        <x:v>1438078.5</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>599247.52</x:v>
+        <x:v>306390.39</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>101</x:v>
+        <x:v>197.53</x:v>
       </x:c>
       <x:c r="E51" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>605221.59</x:v>
       </x:c>
       <x:c r="G51" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H51" s="4" t="n">
         <x:v>109.79</x:v>
       </x:c>
       <x:c r="I51" s="4" t="n">
-        <x:v>657909.09</x:v>
+        <x:v>336383.57</x:v>
       </x:c>
       <x:c r="J51" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K51" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L51" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M51" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N51" s="4" t="n">
-        <x:v>657909.09</x:v>
+        <x:v>336383.57</x:v>
       </x:c>
       <x:c r="O51" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P51" s="4" t="n">
         <x:v>73.36</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="n">
-        <x:v>482611.5</x:v>
+        <x:v>246755.34</x:v>
       </x:c>
       <x:c r="R51" s="4" t="n">
         <x:v>80.54</x:v>
       </x:c>
       <x:c r="S51" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T51" s="4" t="n">
-        <x:v>417258.83</x:v>
+        <x:v>213341.05</x:v>
       </x:c>
       <x:c r="U51" s="4" t="n">
-        <x:v>407008.53</x:v>
+        <x:v>208100.16</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1500000</x:v>
+        <x:v>766937.82</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>146.4</x:v>
+        <x:v>286.33</x:v>
       </x:c>
       <x:c r="E52" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
         <x:v>2195938.77</x:v>
       </x:c>
       <x:c r="G52" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H52" s="4" t="n">
         <x:v>53.82</x:v>
       </x:c>
       <x:c r="I52" s="4" t="n">
-        <x:v>807234.3</x:v>
+        <x:v>412732.34</x:v>
       </x:c>
       <x:c r="J52" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K52" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L52" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M52" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N52" s="4" t="n">
-        <x:v>696534.3</x:v>
+        <x:v>356132.33</x:v>
       </x:c>
       <x:c r="O52" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P52" s="4" t="n">
         <x:v>185.73</x:v>
       </x:c>
       <x:c r="Q52" s="4" t="n">
-        <x:v>1499304.6</x:v>
+        <x:v>766582.26</x:v>
       </x:c>
       <x:c r="R52" s="4" t="n">
         <x:v>99.95</x:v>
       </x:c>
       <x:c r="S52" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T52" s="4" t="n">
-        <x:v>1499304.6</x:v>
+        <x:v>766582.26</x:v>
       </x:c>
       <x:c r="U52" s="4" t="n">
-        <x:v>1499208.3</x:v>
+        <x:v>766533.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>139.55</x:v>
+        <x:v>272.94</x:v>
       </x:c>
       <x:c r="E53" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
         <x:v>4094107.44</x:v>
       </x:c>
       <x:c r="G53" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H53" s="4" t="n">
         <x:v>116.17</x:v>
       </x:c>
       <x:c r="I53" s="4" t="n">
-        <x:v>3408049.12</x:v>
+        <x:v>1742507.83</x:v>
       </x:c>
       <x:c r="J53" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L53" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="M53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O53" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P53" s="4" t="n">
-        <x:v>100.77</x:v>
+        <x:v>96.46</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="n">
-        <x:v>3434199.18</x:v>
+        <x:v>1680741.88</x:v>
       </x:c>
       <x:c r="R53" s="4" t="n">
-        <x:v>117.06</x:v>
+        <x:v>112.05</x:v>
       </x:c>
       <x:c r="S53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U53" s="4" t="n">
-        <x:v>1113959.9</x:v>
+        <x:v>1224770.78</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>98.4</x:v>
+        <x:v>192.45</x:v>
       </x:c>
       <x:c r="E54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
         <x:v>1462592</x:v>
       </x:c>
       <x:c r="G54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
         <x:v>98.4</x:v>
       </x:c>
       <x:c r="I54" s="4" t="n">
-        <x:v>1462592</x:v>
+        <x:v>747811.42</x:v>
       </x:c>
       <x:c r="J54" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L54" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M54" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N54" s="4" t="n">
-        <x:v>1462592</x:v>
+        <x:v>747811.42</x:v>
       </x:c>
       <x:c r="O54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="P54" s="4" t="n">
         <x:v>91.68</x:v>
       </x:c>
       <x:c r="Q54" s="4" t="n">
-        <x:v>1340924.61</x:v>
+        <x:v>685603.86</x:v>
       </x:c>
       <x:c r="R54" s="4" t="n">
         <x:v>90.21</x:v>
       </x:c>
       <x:c r="S54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T54" s="4" t="n">
-        <x:v>1340924.61</x:v>
+        <x:v>685603.86</x:v>
       </x:c>
       <x:c r="U54" s="4" t="n">
-        <x:v>1340924.61</x:v>
+        <x:v>685603.85</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>114.49</x:v>
+        <x:v>223.91</x:v>
       </x:c>
       <x:c r="E55" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
         <x:v>2239110.65</x:v>
       </x:c>
       <x:c r="G55" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H55" s="4" t="n">
         <x:v>9.99</x:v>
       </x:c>
       <x:c r="I55" s="4" t="n">
-        <x:v>195350.25</x:v>
+        <x:v>99881</x:v>
       </x:c>
       <x:c r="J55" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K55" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L55" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M55" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O55" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P55" s="4" t="n">
         <x:v>988.63</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="n">
-        <x:v>1931296.19</x:v>
+        <x:v>987456.07</x:v>
       </x:c>
       <x:c r="R55" s="4" t="n">
         <x:v>98.75</x:v>
       </x:c>
       <x:c r="S55" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T55" s="4" t="n">
-        <x:v>1931296.19</x:v>
+        <x:v>987456.07</x:v>
       </x:c>
       <x:c r="U55" s="4" t="n">
-        <x:v>1931296.19</x:v>
+        <x:v>987456.07</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B56" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>977900</x:v>
+        <x:v>499992.33</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>128.28</x:v>
+        <x:v>250.9</x:v>
       </x:c>
       <x:c r="E56" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
         <x:v>1254485.01</x:v>
       </x:c>
       <x:c r="G56" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H56" s="4" t="n">
         <x:v>92.45</x:v>
       </x:c>
       <x:c r="I56" s="4" t="n">
-        <x:v>904041.51</x:v>
+        <x:v>462229.08</x:v>
       </x:c>
       <x:c r="J56" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K56" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L56" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M56" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O56" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P56" s="4" t="n">
         <x:v>87.87</x:v>
       </x:c>
       <x:c r="Q56" s="4" t="n">
-        <x:v>794366.1</x:v>
+        <x:v>406152.94</x:v>
       </x:c>
       <x:c r="R56" s="4" t="n">
         <x:v>81.23</x:v>
       </x:c>
       <x:c r="S56" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" s="4" t="n">
-        <x:v>794366.1</x:v>
+        <x:v>406152.94</x:v>
       </x:c>
       <x:c r="U56" s="4" t="n">
-        <x:v>807675.06</x:v>
+        <x:v>406152.93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>183.11</x:v>
+        <x:v>358.13</x:v>
       </x:c>
       <x:c r="E57" s="5" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
         <x:v>6834931.16</x:v>
       </x:c>
       <x:c r="G57" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H57" s="4" t="n">
         <x:v>129.1</x:v>
       </x:c>
       <x:c r="I57" s="4" t="n">
-        <x:v>4818896.79</x:v>
+        <x:v>2463862.78</x:v>
       </x:c>
       <x:c r="J57" s="5" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K57" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L57" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M57" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N57" s="4" t="n">
-        <x:v>782183.8</x:v>
+        <x:v>399924.22</x:v>
       </x:c>
       <x:c r="O57" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P57" s="4" t="n">
-        <x:v>77.35</x:v>
+        <x:v>74.56</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="n">
-        <x:v>3727451.45</x:v>
+        <x:v>1837090.21</x:v>
       </x:c>
       <x:c r="R57" s="4" t="n">
-        <x:v>99.86</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="S57" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U57" s="4" t="n">
-        <x:v>2131874.49</x:v>
+        <x:v>1305040.89</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>96.98</x:v>
+        <x:v>189.67</x:v>
       </x:c>
       <x:c r="E58" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
         <x:v>1441460.49</x:v>
       </x:c>
       <x:c r="G58" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H58" s="4" t="n">
         <x:v>77.85</x:v>
       </x:c>
       <x:c r="I58" s="4" t="n">
-        <x:v>1157238.39</x:v>
+        <x:v>591686.59</x:v>
       </x:c>
       <x:c r="J58" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K58" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L58" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M58" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N58" s="4" t="n">
-        <x:v>1157238.39</x:v>
+        <x:v>591686.59</x:v>
       </x:c>
       <x:c r="O58" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P58" s="4" t="n">
         <x:v>127.59</x:v>
       </x:c>
       <x:c r="Q58" s="4" t="n">
-        <x:v>1476542.48</x:v>
+        <x:v>754944.18</x:v>
       </x:c>
       <x:c r="R58" s="4" t="n">
         <x:v>99.34</x:v>
       </x:c>
       <x:c r="S58" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T58" s="4" t="n">
-        <x:v>1476542.48</x:v>
+        <x:v>754944.18</x:v>
       </x:c>
       <x:c r="U58" s="4" t="n">
-        <x:v>1432991.01</x:v>
+        <x:v>732676.67</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B59" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>101.07</x:v>
+        <x:v>197.68</x:v>
       </x:c>
       <x:c r="E59" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F59" s="4" t="n">
         <x:v>1976808.29</x:v>
       </x:c>
       <x:c r="G59" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H59" s="4" t="n">
         <x:v>99.84</x:v>
       </x:c>
       <x:c r="I59" s="4" t="n">
-        <x:v>1952619.89</x:v>
+        <x:v>998358.71</x:v>
       </x:c>
       <x:c r="J59" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K59" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L59" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M59" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N59" s="4" t="n">
-        <x:v>1952619.89</x:v>
+        <x:v>998358.71</x:v>
       </x:c>
       <x:c r="O59" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P59" s="4" t="n">
         <x:v>99.22</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="n">
-        <x:v>1937484.95</x:v>
+        <x:v>990620.34</x:v>
       </x:c>
       <x:c r="R59" s="4" t="n">
         <x:v>99.06</x:v>
       </x:c>
       <x:c r="S59" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T59" s="4" t="n">
-        <x:v>1937484.95</x:v>
+        <x:v>990620.34</x:v>
       </x:c>
       <x:c r="U59" s="4" t="n">
-        <x:v>1865265.54</x:v>
+        <x:v>953695.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B60" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2754830</x:v>
+        <x:v>1408522.21</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>115.45</x:v>
+        <x:v>225.8</x:v>
       </x:c>
       <x:c r="E60" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
         <x:v>3180442.56</x:v>
       </x:c>
       <x:c r="G60" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="H60" s="4" t="n">
         <x:v>103.91</x:v>
       </x:c>
       <x:c r="I60" s="4" t="n">
-        <x:v>2862482.55</x:v>
+        <x:v>1463564.11</x:v>
       </x:c>
       <x:c r="J60" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O60" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="4" t="n">
-        <x:v>96.7</x:v>
+        <x:v>94.02</x:v>
       </x:c>
       <x:c r="Q60" s="4" t="n">
-        <x:v>2767894.32</x:v>
+        <x:v>1376010.54</x:v>
       </x:c>
       <x:c r="R60" s="4" t="n">
-        <x:v>100.47</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="S60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U60" s="4" t="n">
-        <x:v>1792241.07</x:v>
+        <x:v>1070198.93</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>549174.47</x:v>
+        <x:v>280788.45</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>204.97</x:v>
+        <x:v>400.88</x:v>
       </x:c>
       <x:c r="E61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
         <x:v>1125616.66</x:v>
       </x:c>
       <x:c r="G61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H61" s="4" t="n">
         <x:v>106.7</x:v>
       </x:c>
       <x:c r="I61" s="4" t="n">
-        <x:v>585944.37</x:v>
+        <x:v>299588.59</x:v>
       </x:c>
       <x:c r="J61" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L61" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M61" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N61" s="4" t="n">
-        <x:v>585944.37</x:v>
+        <x:v>299588.59</x:v>
       </x:c>
       <x:c r="O61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P61" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="n">
-        <x:v>585944.37</x:v>
+        <x:v>299588.59</x:v>
       </x:c>
       <x:c r="R61" s="4" t="n">
         <x:v>106.7</x:v>
       </x:c>
       <x:c r="S61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T61" s="4" t="n">
-        <x:v>585944.37</x:v>
+        <x:v>299588.59</x:v>
       </x:c>
       <x:c r="U61" s="4" t="n">
-        <x:v>549174.47</x:v>
+        <x:v>280788.46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B62" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>195583</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>195.57</x:v>
       </x:c>
       <x:c r="E62" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
         <x:v>195573.56</x:v>
       </x:c>
       <x:c r="G62" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H62" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I62" s="4" t="n">
-        <x:v>195573.56</x:v>
+        <x:v>99995.17</x:v>
       </x:c>
       <x:c r="J62" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K62" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L62" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M62" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N62" s="4" t="n">
-        <x:v>195573.56</x:v>
+        <x:v>99995.17</x:v>
       </x:c>
       <x:c r="O62" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P62" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q62" s="4" t="n">
-        <x:v>195573.56</x:v>
+        <x:v>99995.17</x:v>
       </x:c>
       <x:c r="R62" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S62" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T62" s="4" t="n">
-        <x:v>195573.56</x:v>
+        <x:v>99995.17</x:v>
       </x:c>
       <x:c r="U62" s="4" t="n">
-        <x:v>188584.2</x:v>
+        <x:v>96421.56</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B63" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>110.78</x:v>
+        <x:v>216.67</x:v>
       </x:c>
       <x:c r="E63" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
         <x:v>4135139.67</x:v>
       </x:c>
       <x:c r="G63" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H63" s="4" t="n">
         <x:v>102.67</x:v>
       </x:c>
       <x:c r="I63" s="4" t="n">
-        <x:v>3832356.65</x:v>
+        <x:v>1959452.84</x:v>
       </x:c>
       <x:c r="J63" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="K63" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L63" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M63" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N63" s="4" t="n">
-        <x:v>586829.03</x:v>
+        <x:v>300040.92</x:v>
       </x:c>
       <x:c r="O63" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="P63" s="4" t="n">
         <x:v>88.1</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="n">
-        <x:v>3376386.43</x:v>
+        <x:v>1726318.97</x:v>
       </x:c>
       <x:c r="R63" s="4" t="n">
         <x:v>90.45</x:v>
       </x:c>
       <x:c r="S63" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U63" s="4" t="n">
-        <x:v>1634684.6</x:v>
+        <x:v>1289244.63</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2925000</x:v>
+        <x:v>1495528.75</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>170.63</x:v>
+        <x:v>333.72</x:v>
       </x:c>
       <x:c r="E64" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
         <x:v>4990815.77</x:v>
       </x:c>
       <x:c r="G64" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H64" s="4" t="n">
         <x:v>121.49</x:v>
       </x:c>
       <x:c r="I64" s="4" t="n">
-        <x:v>3553478.28</x:v>
+        <x:v>1816864.6</x:v>
       </x:c>
       <x:c r="J64" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L64" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M64" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="N64" s="4" t="n">
-        <x:v>166740</x:v>
+        <x:v>85252.81</x:v>
       </x:c>
       <x:c r="O64" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P64" s="4" t="n">
-        <x:v>101.53</x:v>
+        <x:v>98.72</x:v>
       </x:c>
       <x:c r="Q64" s="4" t="n">
-        <x:v>3607920.46</x:v>
+        <x:v>1793608.85</x:v>
       </x:c>
       <x:c r="R64" s="4" t="n">
-        <x:v>123.35</x:v>
+        <x:v>119.93</x:v>
       </x:c>
       <x:c r="S64" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U64" s="4" t="n">
-        <x:v>895479.19</x:v>
+        <x:v>853605.91</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>900000</x:v>
+        <x:v>460162.69</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>157.62</x:v>
+        <x:v>308.27</x:v>
       </x:c>
       <x:c r="E65" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
         <x:v>1418542.63</x:v>
       </x:c>
       <x:c r="G65" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H65" s="4" t="n">
         <x:v>160.21</x:v>
       </x:c>
       <x:c r="I65" s="4" t="n">
-        <x:v>1441932.82</x:v>
+        <x:v>737248.54</x:v>
       </x:c>
       <x:c r="J65" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K65" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L65" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M65" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N65" s="4" t="n">
-        <x:v>1091094.32</x:v>
+        <x:v>557867.66</x:v>
       </x:c>
       <x:c r="O65" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P65" s="4" t="n">
         <x:v>70.56</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="n">
-        <x:v>1017443.55</x:v>
+        <x:v>520210.63</x:v>
       </x:c>
       <x:c r="R65" s="4" t="n">
         <x:v>113.05</x:v>
       </x:c>
       <x:c r="S65" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T65" s="4" t="n">
-        <x:v>620946.29</x:v>
+        <x:v>317484.8</x:v>
       </x:c>
       <x:c r="U65" s="4" t="n">
-        <x:v>620946.29</x:v>
+        <x:v>317484.81</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B66" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>1950000</x:v>
+        <x:v>997019.17</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>109.31</x:v>
+        <x:v>213.79</x:v>
       </x:c>
       <x:c r="E66" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F66" s="4" t="n">
         <x:v>2131521.67</x:v>
       </x:c>
       <x:c r="G66" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J66" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K66" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L66" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M66" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O66" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q66" s="4" t="n">
-        <x:v>1231492.64</x:v>
+        <x:v>629652.19</x:v>
       </x:c>
       <x:c r="R66" s="4" t="n">
         <x:v>63.15</x:v>
       </x:c>
       <x:c r="S66" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T66" s="4" t="n">
-        <x:v>1231492.64</x:v>
+        <x:v>629652.19</x:v>
       </x:c>
       <x:c r="U66" s="4" t="n">
-        <x:v>1616293.68</x:v>
+        <x:v>800833.25</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3732660</x:v>
+        <x:v>1908478.75</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>138.47</x:v>
+        <x:v>270.82</x:v>
       </x:c>
       <x:c r="E67" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
         <x:v>5168525.06</x:v>
       </x:c>
       <x:c r="G67" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H67" s="4" t="n">
         <x:v>102.46</x:v>
       </x:c>
       <x:c r="I67" s="4" t="n">
-        <x:v>3824655.76</x:v>
+        <x:v>1955515.46</x:v>
       </x:c>
       <x:c r="J67" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L67" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="M67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O67" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P67" s="4" t="n">
-        <x:v>78.8</x:v>
+        <x:v>78.78</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="n">
-        <x:v>3013846.98</x:v>
+        <x:v>1540556.29</x:v>
       </x:c>
       <x:c r="R67" s="4" t="n">
-        <x:v>80.74</x:v>
+        <x:v>80.72</x:v>
       </x:c>
       <x:c r="S67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U67" s="4" t="n">
-        <x:v>1219759.06</x:v>
+        <x:v>870260.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>762529.68</x:v>
+        <x:v>389875.23</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>199.93</x:v>
+        <x:v>391.02</x:v>
       </x:c>
       <x:c r="E68" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
         <x:v>1524491.31</x:v>
       </x:c>
       <x:c r="G68" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
         <x:v>126.45</x:v>
       </x:c>
       <x:c r="I68" s="4" t="n">
-        <x:v>964217.54</x:v>
+        <x:v>492996.61</x:v>
       </x:c>
       <x:c r="J68" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K68" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L68" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M68" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N68" s="4" t="n">
-        <x:v>964217.54</x:v>
+        <x:v>492996.61</x:v>
       </x:c>
       <x:c r="O68" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P68" s="4" t="n">
         <x:v>96.25</x:v>
       </x:c>
       <x:c r="Q68" s="4" t="n">
-        <x:v>928040.96</x:v>
+        <x:v>474499.82</x:v>
       </x:c>
       <x:c r="R68" s="4" t="n">
         <x:v>121.71</x:v>
       </x:c>
       <x:c r="S68" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="T68" s="4" t="n">
-        <x:v>928040.96</x:v>
+        <x:v>474499.82</x:v>
       </x:c>
       <x:c r="U68" s="4" t="n">
-        <x:v>762529.68</x:v>
+        <x:v>389875.23</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B69" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>1955000</x:v>
+        <x:v>999575.63</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>202.24</x:v>
+        <x:v>395.56</x:v>
       </x:c>
       <x:c r="E69" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
         <x:v>3953876.95</x:v>
       </x:c>
       <x:c r="G69" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H69" s="4" t="n">
         <x:v>126.14</x:v>
       </x:c>
       <x:c r="I69" s="4" t="n">
-        <x:v>2465980.18</x:v>
+        <x:v>1260835.64</x:v>
       </x:c>
       <x:c r="J69" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="K69" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L69" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M69" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N69" s="4" t="n">
-        <x:v>1364653.23</x:v>
+        <x:v>697736.11</x:v>
       </x:c>
       <x:c r="O69" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P69" s="4" t="n">
         <x:v>59.49</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="n">
-        <x:v>1466946.58</x:v>
+        <x:v>750037.88</x:v>
       </x:c>
       <x:c r="R69" s="4" t="n">
         <x:v>75.04</x:v>
       </x:c>
       <x:c r="S69" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T69" s="4" t="n">
-        <x:v>1466946.58</x:v>
+        <x:v>750037.88</x:v>
       </x:c>
       <x:c r="U69" s="4" t="n">
-        <x:v>1794917.77</x:v>
+        <x:v>917726.89</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B70" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>222.94</x:v>
+        <x:v>436.04</x:v>
       </x:c>
       <x:c r="E70" s="5" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
         <x:v>6540517.14</x:v>
       </x:c>
       <x:c r="G70" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H70" s="4" t="n">
         <x:v>152.91</x:v>
       </x:c>
       <x:c r="I70" s="4" t="n">
-        <x:v>4486029.58</x:v>
+        <x:v>2293670.48</x:v>
       </x:c>
       <x:c r="J70" s="5" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K70" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L70" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M70" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N70" s="4" t="n">
-        <x:v>263922.03</x:v>
+        <x:v>134941.19</x:v>
       </x:c>
       <x:c r="O70" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P70" s="4" t="n">
         <x:v>82.25</x:v>
       </x:c>
       <x:c r="Q70" s="4" t="n">
-        <x:v>3689943.16</x:v>
+        <x:v>1886623.68</x:v>
       </x:c>
       <x:c r="R70" s="4" t="n">
         <x:v>125.78</x:v>
       </x:c>
       <x:c r="S70" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U70" s="4" t="n">
-        <x:v>2448768.78</x:v>
+        <x:v>1700962.05</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>127.57</x:v>
+        <x:v>249.51</x:v>
       </x:c>
       <x:c r="E71" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
         <x:v>1896216.14</x:v>
       </x:c>
       <x:c r="G71" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
         <x:v>127.04</x:v>
       </x:c>
       <x:c r="I71" s="4" t="n">
-        <x:v>1888360.33</x:v>
+        <x:v>965503.32</x:v>
       </x:c>
       <x:c r="J71" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K71" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L71" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M71" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N71" s="4" t="n">
-        <x:v>1888360.33</x:v>
+        <x:v>965503.32</x:v>
       </x:c>
       <x:c r="O71" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P71" s="4" t="n">
         <x:v>80.75</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="n">
-        <x:v>1524919.24</x:v>
+        <x:v>779678.83</x:v>
       </x:c>
       <x:c r="R71" s="4" t="n">
         <x:v>102.59</x:v>
       </x:c>
       <x:c r="S71" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T71" s="4" t="n">
-        <x:v>912251.83</x:v>
+        <x:v>466426.95</x:v>
       </x:c>
       <x:c r="U71" s="4" t="n">
-        <x:v>892928.29</x:v>
+        <x:v>456546.97</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B72" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>99.71</x:v>
+        <x:v>195.02</x:v>
       </x:c>
       <x:c r="E72" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
         <x:v>1950212.67</x:v>
       </x:c>
       <x:c r="G72" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H72" s="4" t="n">
         <x:v>81.71</x:v>
       </x:c>
       <x:c r="I72" s="4" t="n">
-        <x:v>1598163.27</x:v>
+        <x:v>817127.89</x:v>
       </x:c>
       <x:c r="J72" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K72" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L72" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M72" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N72" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O72" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P72" s="4" t="n">
         <x:v>120.9</x:v>
       </x:c>
       <x:c r="Q72" s="4" t="n">
-        <x:v>1932255.56</x:v>
+        <x:v>987946.57</x:v>
       </x:c>
       <x:c r="R72" s="4" t="n">
         <x:v>98.8</x:v>
       </x:c>
       <x:c r="S72" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T72" s="4" t="n">
-        <x:v>1932255.56</x:v>
+        <x:v>987946.57</x:v>
       </x:c>
       <x:c r="U72" s="4" t="n">
-        <x:v>1932136.73</x:v>
+        <x:v>987885.84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B73" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>977915</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>116.39</x:v>
+        <x:v>227.63</x:v>
       </x:c>
       <x:c r="E73" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
         <x:v>1138171.96</x:v>
       </x:c>
       <x:c r="G73" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H73" s="4" t="n">
         <x:v>118.36</x:v>
       </x:c>
       <x:c r="I73" s="4" t="n">
-        <x:v>1157465.2</x:v>
+        <x:v>591802.56</x:v>
       </x:c>
       <x:c r="J73" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K73" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L73" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M73" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N73" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O73" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P73" s="4" t="n">
         <x:v>54.57</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="n">
-        <x:v>631681.9</x:v>
+        <x:v>322973.82</x:v>
       </x:c>
       <x:c r="R73" s="4" t="n">
         <x:v>64.59</x:v>
       </x:c>
       <x:c r="S73" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T73" s="4" t="n">
-        <x:v>631681.9</x:v>
+        <x:v>322973.82</x:v>
       </x:c>
       <x:c r="U73" s="4" t="n">
-        <x:v>631681.9</x:v>
+        <x:v>322973.84</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B74" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>154.79</x:v>
+        <x:v>302.75</x:v>
       </x:c>
       <x:c r="E74" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F74" s="4" t="n">
         <x:v>4541181.02</x:v>
       </x:c>
       <x:c r="G74" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H74" s="4" t="n">
         <x:v>117.7</x:v>
       </x:c>
       <x:c r="I74" s="4" t="n">
-        <x:v>3452868.29</x:v>
+        <x:v>1765423.5</x:v>
       </x:c>
       <x:c r="J74" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L74" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O74" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P74" s="4" t="n">
         <x:v>99.54</x:v>
       </x:c>
       <x:c r="Q74" s="4" t="n">
-        <x:v>3436956.3</x:v>
+        <x:v>1757287.81</x:v>
       </x:c>
       <x:c r="R74" s="4" t="n">
         <x:v>117.15</x:v>
       </x:c>
       <x:c r="S74" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T74" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U74" s="4" t="n">
-        <x:v>2237873.55</x:v>
+        <x:v>1144206.57</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B75" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>93.35</x:v>
+        <x:v>182.59</x:v>
       </x:c>
       <x:c r="E75" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
         <x:v>1387630.73</x:v>
       </x:c>
       <x:c r="G75" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H75" s="4" t="n">
         <x:v>99.98</x:v>
       </x:c>
       <x:c r="I75" s="4" t="n">
-        <x:v>1486151.93</x:v>
+        <x:v>759857.4</x:v>
       </x:c>
       <x:c r="J75" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K75" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L75" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M75" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N75" s="4" t="n">
-        <x:v>1486151.93</x:v>
+        <x:v>759857.4</x:v>
       </x:c>
       <x:c r="O75" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="P75" s="4" t="n">
         <x:v>94.56</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="n">
-        <x:v>1405269.71</x:v>
+        <x:v>718502.99</x:v>
       </x:c>
       <x:c r="R75" s="4" t="n">
         <x:v>94.54</x:v>
       </x:c>
       <x:c r="S75" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T75" s="4" t="n">
-        <x:v>822175.71</x:v>
+        <x:v>420371.77</x:v>
       </x:c>
       <x:c r="U75" s="4" t="n">
-        <x:v>822175.71</x:v>
+        <x:v>420371.77</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B76" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>93.48</x:v>
+        <x:v>182.83</x:v>
       </x:c>
       <x:c r="E76" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
         <x:v>1828273.35</x:v>
       </x:c>
       <x:c r="G76" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J76" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K76" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L76" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M76" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O76" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P76" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q76" s="4" t="n">
-        <x:v>1504892.75</x:v>
+        <x:v>769439.44</x:v>
       </x:c>
       <x:c r="R76" s="4" t="n">
         <x:v>76.94</x:v>
       </x:c>
       <x:c r="S76" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T76" s="4" t="n">
-        <x:v>1314078</x:v>
+        <x:v>671877.41</x:v>
       </x:c>
       <x:c r="U76" s="4" t="n">
-        <x:v>1314078</x:v>
+        <x:v>671877.42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>977915</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>153.69</x:v>
+        <x:v>300.6</x:v>
       </x:c>
       <x:c r="E77" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
         <x:v>1502986.33</x:v>
       </x:c>
       <x:c r="G77" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H77" s="4" t="n">
         <x:v>78.05</x:v>
       </x:c>
       <x:c r="I77" s="4" t="n">
-        <x:v>763260.76</x:v>
+        <x:v>390249.03</x:v>
       </x:c>
       <x:c r="J77" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K77" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L77" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M77" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N77" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O77" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="P77" s="4" t="n">
         <x:v>181.25</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="n">
-        <x:v>1383375.89</x:v>
+        <x:v>707308.89</x:v>
       </x:c>
       <x:c r="R77" s="4" t="n">
         <x:v>141.46</x:v>
       </x:c>
       <x:c r="S77" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="T77" s="4" t="n">
-        <x:v>1383375.89</x:v>
+        <x:v>707308.89</x:v>
       </x:c>
       <x:c r="U77" s="4" t="n">
-        <x:v>838102.89</x:v>
+        <x:v>428515.16</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>2933745</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>201.55</x:v>
+        <x:v>394.2</x:v>
       </x:c>
       <x:c r="E78" s="5" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F78" s="4" t="n">
         <x:v>5912965.09</x:v>
       </x:c>
       <x:c r="G78" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H78" s="4" t="n">
         <x:v>147.17</x:v>
       </x:c>
       <x:c r="I78" s="4" t="n">
-        <x:v>4317678.33</x:v>
+        <x:v>2207593.87</x:v>
       </x:c>
       <x:c r="J78" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K78" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L78" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M78" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N78" s="4" t="n">
-        <x:v>4238613.19</x:v>
+        <x:v>2167168.51</x:v>
       </x:c>
       <x:c r="O78" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P78" s="4" t="n">
-        <x:v>76.88</x:v>
+        <x:v>74.73</x:v>
       </x:c>
       <x:c r="Q78" s="4" t="n">
-        <x:v>3319302.17</x:v>
+        <x:v>1649736.41</x:v>
       </x:c>
       <x:c r="R78" s="4" t="n">
-        <x:v>113.14</x:v>
+        <x:v>109.98</x:v>
       </x:c>
       <x:c r="S78" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U78" s="4" t="n">
-        <x:v>2641962.75</x:v>
+        <x:v>1459511.73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2933745</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>159.61</x:v>
+        <x:v>312.18</x:v>
       </x:c>
       <x:c r="E79" s="5" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
         <x:v>4682663.64</x:v>
       </x:c>
       <x:c r="G79" s="5" t="n">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H79" s="4" t="n">
         <x:v>127.98</x:v>
       </x:c>
       <x:c r="I79" s="4" t="n">
-        <x:v>3754572.8</x:v>
+        <x:v>1919682.57</x:v>
       </x:c>
       <x:c r="J79" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K79" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L79" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="M79" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="N79" s="4" t="n">
-        <x:v>1339049.41</x:v>
+        <x:v>684645.09</x:v>
       </x:c>
       <x:c r="O79" s="5" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P79" s="4" t="n">
         <x:v>99.42</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="n">
-        <x:v>3732812.14</x:v>
+        <x:v>1908556.52</x:v>
       </x:c>
       <x:c r="R79" s="4" t="n">
         <x:v>127.24</x:v>
       </x:c>
       <x:c r="S79" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U79" s="4" t="n">
-        <x:v>2153611.27</x:v>
+        <x:v>1304955.36</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1486000</x:v>
+        <x:v>759779.74</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>144.81</x:v>
+        <x:v>283.23</x:v>
       </x:c>
       <x:c r="E80" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
         <x:v>2151912</x:v>
       </x:c>
       <x:c r="G80" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H80" s="4" t="n">
         <x:v>113.4</x:v>
       </x:c>
       <x:c r="I80" s="4" t="n">
-        <x:v>1685182.63</x:v>
+        <x:v>861620.2</x:v>
       </x:c>
       <x:c r="J80" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K80" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L80" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M80" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="N80" s="4" t="n">
-        <x:v>1685182.63</x:v>
+        <x:v>861620.2</x:v>
       </x:c>
       <x:c r="O80" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P80" s="4" t="n">
         <x:v>98.93</x:v>
       </x:c>
       <x:c r="Q80" s="4" t="n">
-        <x:v>1667214.66</x:v>
+        <x:v>852433.31</x:v>
       </x:c>
       <x:c r="R80" s="4" t="n">
         <x:v>112.19</x:v>
       </x:c>
       <x:c r="S80" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T80" s="4" t="n">
-        <x:v>1393311.88</x:v>
+        <x:v>712389.04</x:v>
       </x:c>
       <x:c r="U80" s="4" t="n">
-        <x:v>1361144.36</x:v>
+        <x:v>695942.04</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B81" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>139.34</x:v>
+        <x:v>272.53</x:v>
       </x:c>
       <x:c r="E81" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
         <x:v>5201273.9</x:v>
       </x:c>
       <x:c r="G81" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H81" s="4" t="n">
         <x:v>117.14</x:v>
       </x:c>
       <x:c r="I81" s="4" t="n">
-        <x:v>4372617.6</x:v>
+        <x:v>2235683.87</x:v>
       </x:c>
       <x:c r="J81" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K81" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L81" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="M81" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N81" s="4" t="n">
-        <x:v>234058.99</x:v>
+        <x:v>119672.46</x:v>
       </x:c>
       <x:c r="O81" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P81" s="4" t="n">
-        <x:v>82.04</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="n">
-        <x:v>3587402.54</x:v>
+        <x:v>1833476.89</x:v>
       </x:c>
       <x:c r="R81" s="4" t="n">
-        <x:v>96.11</x:v>
+        <x:v>96.07</x:v>
       </x:c>
       <x:c r="S81" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U81" s="4" t="n">
-        <x:v>2362155.07</x:v>
+        <x:v>1509370.89</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>821448</x:v>
+        <x:v>419999.69</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>136.59</x:v>
+        <x:v>267.15</x:v>
       </x:c>
       <x:c r="E82" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
         <x:v>1122023.54</x:v>
       </x:c>
       <x:c r="G82" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H82" s="4" t="n">
         <x:v>96.92</x:v>
       </x:c>
       <x:c r="I82" s="4" t="n">
-        <x:v>796110.86</x:v>
+        <x:v>407045.02</x:v>
       </x:c>
       <x:c r="J82" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K82" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L82" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M82" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N82" s="4" t="n">
-        <x:v>581392.8</x:v>
+        <x:v>297261.42</x:v>
       </x:c>
       <x:c r="O82" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P82" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q82" s="4" t="n">
-        <x:v>796110.86</x:v>
+        <x:v>407045.02</x:v>
       </x:c>
       <x:c r="R82" s="4" t="n">
         <x:v>96.92</x:v>
       </x:c>
       <x:c r="S82" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T82" s="4" t="n">
-        <x:v>796110.86</x:v>
+        <x:v>407045.02</x:v>
       </x:c>
       <x:c r="U82" s="4" t="n">
-        <x:v>795687.79</x:v>
+        <x:v>406828.7</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B83" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>125.69</x:v>
+        <x:v>245.82</x:v>
       </x:c>
       <x:c r="E83" s="5" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
         <x:v>4691528.26</x:v>
       </x:c>
       <x:c r="G83" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H83" s="4" t="n">
         <x:v>114.8</x:v>
       </x:c>
       <x:c r="I83" s="4" t="n">
-        <x:v>4285302.33</x:v>
+        <x:v>2191040.27</x:v>
       </x:c>
       <x:c r="J83" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K83" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L83" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="M83" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N83" s="4" t="n">
-        <x:v>49650</x:v>
+        <x:v>25385.64</x:v>
       </x:c>
       <x:c r="O83" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P83" s="4" t="n">
-        <x:v>76.49</x:v>
+        <x:v>74.74</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="n">
-        <x:v>3277980.07</x:v>
+        <x:v>1637657.68</x:v>
       </x:c>
       <x:c r="R83" s="4" t="n">
-        <x:v>87.82</x:v>
+        <x:v>85.81</x:v>
       </x:c>
       <x:c r="S83" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U83" s="4" t="n">
-        <x:v>2096055.47</x:v>
+        <x:v>1300937.38</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1291181.27</x:v>
+        <x:v>660170.5</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>112.59</x:v>
+        <x:v>220.21</x:v>
       </x:c>
       <x:c r="E84" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
         <x:v>1453779.98</x:v>
       </x:c>
       <x:c r="G84" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H84" s="4" t="n">
         <x:v>116.2</x:v>
       </x:c>
       <x:c r="I84" s="4" t="n">
-        <x:v>1500354.95</x:v>
+        <x:v>767119.31</x:v>
       </x:c>
       <x:c r="J84" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K84" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L84" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M84" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N84" s="4" t="n">
-        <x:v>1500354.95</x:v>
+        <x:v>767119.31</x:v>
       </x:c>
       <x:c r="O84" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P84" s="4" t="n">
         <x:v>92.37</x:v>
       </x:c>
       <x:c r="Q84" s="4" t="n">
-        <x:v>1385868.43</x:v>
+        <x:v>708583.28</x:v>
       </x:c>
       <x:c r="R84" s="4" t="n">
         <x:v>107.33</x:v>
       </x:c>
       <x:c r="S84" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="T84" s="4" t="n">
-        <x:v>1385868.43</x:v>
+        <x:v>708583.28</x:v>
       </x:c>
       <x:c r="U84" s="4" t="n">
-        <x:v>1291181.27</x:v>
+        <x:v>660170.47</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B85" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1950000</x:v>
+        <x:v>997019.17</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>97.51</x:v>
+        <x:v>190.72</x:v>
       </x:c>
       <x:c r="E85" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
         <x:v>1901527.2</x:v>
       </x:c>
       <x:c r="G85" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H85" s="4" t="n">
         <x:v>97.46</x:v>
       </x:c>
       <x:c r="I85" s="4" t="n">
-        <x:v>1900473.18</x:v>
+        <x:v>971696.5</x:v>
       </x:c>
       <x:c r="J85" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K85" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L85" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M85" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N85" s="4" t="n">
-        <x:v>1900473.18</x:v>
+        <x:v>971696.5</x:v>
       </x:c>
       <x:c r="O85" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P85" s="4" t="n">
         <x:v>99.93</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="n">
-        <x:v>1899221.9</x:v>
+        <x:v>971056.74</x:v>
       </x:c>
       <x:c r="R85" s="4" t="n">
         <x:v>97.4</x:v>
       </x:c>
       <x:c r="S85" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T85" s="4" t="n">
-        <x:v>1899221.9</x:v>
+        <x:v>971056.74</x:v>
       </x:c>
       <x:c r="U85" s="4" t="n">
-        <x:v>1894997.1</x:v>
+        <x:v>968896.64</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B86" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>152.68</x:v>
+        <x:v>298.62</x:v>
       </x:c>
       <x:c r="E86" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F86" s="4" t="n">
         <x:v>5699273.55</x:v>
       </x:c>
       <x:c r="G86" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="H86" s="4" t="n">
         <x:v>103.82</x:v>
       </x:c>
       <x:c r="I86" s="4" t="n">
-        <x:v>3875230.75</x:v>
+        <x:v>1981374.02</x:v>
       </x:c>
       <x:c r="J86" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K86" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L86" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M86" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N86" s="4" t="n">
-        <x:v>194373.56</x:v>
+        <x:v>99381.62</x:v>
       </x:c>
       <x:c r="O86" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="P86" s="4" t="n">
-        <x:v>86.69</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="Q86" s="4" t="n">
-        <x:v>3359511.39</x:v>
+        <x:v>1580339.38</x:v>
       </x:c>
       <x:c r="R86" s="4" t="n">
-        <x:v>90</x:v>
+        <x:v>82.8</x:v>
       </x:c>
       <x:c r="S86" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T86" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U86" s="4" t="n">
-        <x:v>1570538.16</x:v>
+        <x:v>981526.25</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>1486430.8</x:v>
+        <x:v>760000</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>136.25</x:v>
+        <x:v>266.47</x:v>
       </x:c>
       <x:c r="E87" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
         <x:v>2025194.71</x:v>
       </x:c>
       <x:c r="G87" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H87" s="4" t="n">
         <x:v>78.45</x:v>
       </x:c>
       <x:c r="I87" s="4" t="n">
-        <x:v>1166049.7</x:v>
+        <x:v>596191.74</x:v>
       </x:c>
       <x:c r="J87" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K87" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L87" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M87" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N87" s="4" t="n">
-        <x:v>1166049.7</x:v>
+        <x:v>596191.74</x:v>
       </x:c>
       <x:c r="O87" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P87" s="4" t="n">
         <x:v>56.93</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="n">
-        <x:v>663867.14</x:v>
+        <x:v>339429.89</x:v>
       </x:c>
       <x:c r="R87" s="4" t="n">
         <x:v>44.66</x:v>
       </x:c>
       <x:c r="S87" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T87" s="4" t="n">
-        <x:v>663867.14</x:v>
+        <x:v>339429.89</x:v>
       </x:c>
       <x:c r="U87" s="4" t="n">
-        <x:v>663867.14</x:v>
+        <x:v>339429.89</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B88" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>191.47</x:v>
+        <x:v>374.48</x:v>
       </x:c>
       <x:c r="E88" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
         <x:v>3744797.27</x:v>
       </x:c>
       <x:c r="G88" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H88" s="4" t="n">
         <x:v>33.22</x:v>
       </x:c>
       <x:c r="I88" s="4" t="n">
-        <x:v>649645.2</x:v>
+        <x:v>332158.31</x:v>
       </x:c>
       <x:c r="J88" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K88" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L88" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M88" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N88" s="4" t="n">
-        <x:v>649645.2</x:v>
+        <x:v>332158.31</x:v>
       </x:c>
       <x:c r="O88" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P88" s="4" t="n">
         <x:v>287.42</x:v>
       </x:c>
       <x:c r="Q88" s="4" t="n">
-        <x:v>1867235.25</x:v>
+        <x:v>954702.23</x:v>
       </x:c>
       <x:c r="R88" s="4" t="n">
         <x:v>95.47</x:v>
       </x:c>
       <x:c r="S88" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T88" s="4" t="n">
-        <x:v>1867235.25</x:v>
+        <x:v>954702.23</x:v>
       </x:c>
       <x:c r="U88" s="4" t="n">
-        <x:v>1867235.25</x:v>
+        <x:v>954702.24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B89" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>114.49</x:v>
+        <x:v>223.91</x:v>
       </x:c>
       <x:c r="E89" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
         <x:v>4273446.53</x:v>
       </x:c>
       <x:c r="G89" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H89" s="4" t="n">
         <x:v>91.74</x:v>
       </x:c>
       <x:c r="I89" s="4" t="n">
-        <x:v>3424383.54</x:v>
+        <x:v>1750859.5</x:v>
       </x:c>
       <x:c r="J89" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K89" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L89" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M89" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N89" s="4" t="n">
-        <x:v>644888.16</x:v>
+        <x:v>329726.08</x:v>
       </x:c>
       <x:c r="O89" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P89" s="4" t="n">
         <x:v>101.87</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="n">
-        <x:v>3488326.14</x:v>
+        <x:v>1783552.84</x:v>
       </x:c>
       <x:c r="R89" s="4" t="n">
         <x:v>93.45</x:v>
       </x:c>
       <x:c r="S89" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T89" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U89" s="4" t="n">
-        <x:v>2230719.63</x:v>
+        <x:v>1190441.37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>145.82</x:v>
+        <x:v>285.2</x:v>
       </x:c>
       <x:c r="E90" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
         <x:v>5443083.31</x:v>
       </x:c>
       <x:c r="G90" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H90" s="4" t="n">
         <x:v>115.84</x:v>
       </x:c>
       <x:c r="I90" s="4" t="n">
-        <x:v>4324180</x:v>
+        <x:v>2210918.1</x:v>
       </x:c>
       <x:c r="J90" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K90" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L90" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M90" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N90" s="4" t="n">
-        <x:v>1179851.29</x:v>
+        <x:v>603248.37</x:v>
       </x:c>
       <x:c r="O90" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P90" s="4" t="n">
         <x:v>78.54</x:v>
       </x:c>
       <x:c r="Q90" s="4" t="n">
-        <x:v>3396323.49</x:v>
+        <x:v>1736511.82</x:v>
       </x:c>
       <x:c r="R90" s="4" t="n">
         <x:v>90.99</x:v>
       </x:c>
       <x:c r="S90" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T90" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U90" s="4" t="n">
-        <x:v>1761422.73</x:v>
+        <x:v>1054238.02</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>132.37</x:v>
+        <x:v>258.89</x:v>
       </x:c>
       <x:c r="E91" s="5" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
         <x:v>4940941.36</x:v>
       </x:c>
       <x:c r="G91" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H91" s="4" t="n">
         <x:v>112.83</x:v>
       </x:c>
       <x:c r="I91" s="4" t="n">
-        <x:v>4211606.31</x:v>
+        <x:v>2153360.13</x:v>
       </x:c>
       <x:c r="J91" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K91" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L91" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M91" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N91" s="4" t="n">
-        <x:v>574812.92</x:v>
+        <x:v>293897.18</x:v>
       </x:c>
       <x:c r="O91" s="5" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P91" s="4" t="n">
-        <x:v>85.86</x:v>
+        <x:v>81.4</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="n">
-        <x:v>3615971.6</x:v>
+        <x:v>1752832.17</x:v>
       </x:c>
       <x:c r="R91" s="4" t="n">
-        <x:v>96.87</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="S91" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T91" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U91" s="4" t="n">
-        <x:v>2103225.95</x:v>
+        <x:v>1279690.37</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>1486000</x:v>
+        <x:v>759779.74</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>156.72</x:v>
+        <x:v>306.51</x:v>
       </x:c>
       <x:c r="E92" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
         <x:v>2328837.09</x:v>
       </x:c>
       <x:c r="G92" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H92" s="4" t="n">
         <x:v>91.36</x:v>
       </x:c>
       <x:c r="I92" s="4" t="n">
-        <x:v>1357633.68</x:v>
+        <x:v>694147.1</x:v>
       </x:c>
       <x:c r="J92" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K92" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L92" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M92" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="N92" s="4" t="n">
-        <x:v>1357633.68</x:v>
+        <x:v>694147.1</x:v>
       </x:c>
       <x:c r="O92" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="P92" s="4" t="n">
         <x:v>94.47</x:v>
       </x:c>
       <x:c r="Q92" s="4" t="n">
-        <x:v>1282547.18</x:v>
+        <x:v>655755.97</x:v>
       </x:c>
       <x:c r="R92" s="4" t="n">
         <x:v>86.31</x:v>
       </x:c>
       <x:c r="S92" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="T92" s="4" t="n">
-        <x:v>1266569.13</x:v>
+        <x:v>647586.52</x:v>
       </x:c>
       <x:c r="U92" s="4" t="n">
-        <x:v>1262349.15</x:v>
+        <x:v>645428.85</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B93" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>162.53</x:v>
+        <x:v>317.89</x:v>
       </x:c>
       <x:c r="E93" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
         <x:v>3178859.59</x:v>
       </x:c>
       <x:c r="G93" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H93" s="4" t="n">
         <x:v>98.79</x:v>
       </x:c>
       <x:c r="I93" s="4" t="n">
-        <x:v>1932238.73</x:v>
+        <x:v>987937.95</x:v>
       </x:c>
       <x:c r="J93" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K93" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L93" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M93" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="N93" s="4" t="n">
-        <x:v>1932238.73</x:v>
+        <x:v>987937.95</x:v>
       </x:c>
       <x:c r="O93" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="P93" s="4" t="n">
         <x:v>106.59</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="n">
-        <x:v>2059566.33</x:v>
+        <x:v>1053039.52</x:v>
       </x:c>
       <x:c r="R93" s="4" t="n">
         <x:v>105.3</x:v>
       </x:c>
       <x:c r="S93" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="T93" s="4" t="n">
-        <x:v>1919566.33</x:v>
+        <x:v>981458.66</x:v>
       </x:c>
       <x:c r="U93" s="4" t="n">
-        <x:v>1907307.61</x:v>
+        <x:v>975190.89</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B94" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>128.12</x:v>
+        <x:v>250.59</x:v>
       </x:c>
       <x:c r="E94" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
         <x:v>4782415.16</x:v>
       </x:c>
       <x:c r="G94" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H94" s="4" t="n">
         <x:v>114.79</x:v>
       </x:c>
       <x:c r="I94" s="4" t="n">
-        <x:v>4284662.6</x:v>
+        <x:v>2190713.2</x:v>
       </x:c>
       <x:c r="J94" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="K94" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L94" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M94" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O94" s="5" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P94" s="4" t="n">
         <x:v>80.97</x:v>
       </x:c>
       <x:c r="Q94" s="4" t="n">
-        <x:v>3469106.03</x:v>
+        <x:v>1773725.75</x:v>
       </x:c>
       <x:c r="R94" s="4" t="n">
         <x:v>92.94</x:v>
       </x:c>
       <x:c r="S94" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T94" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U94" s="4" t="n">
-        <x:v>2715035.29</x:v>
+        <x:v>1388175.51</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B95" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>1486000</x:v>
+        <x:v>759779.74</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>105.45</x:v>
+        <x:v>206.25</x:v>
       </x:c>
       <x:c r="E95" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
         <x:v>1567011.44</x:v>
       </x:c>
       <x:c r="G95" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H95" s="4" t="n">
         <x:v>87.35</x:v>
       </x:c>
       <x:c r="I95" s="4" t="n">
-        <x:v>1298076.31</x:v>
+        <x:v>663695.88</x:v>
       </x:c>
       <x:c r="J95" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K95" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="L95" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M95" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N95" s="4" t="n">
-        <x:v>1298076.31</x:v>
+        <x:v>663695.88</x:v>
       </x:c>
       <x:c r="O95" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="P95" s="4" t="n">
         <x:v>98.7</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="n">
-        <x:v>1281184.31</x:v>
+        <x:v>655059.14</x:v>
       </x:c>
       <x:c r="R95" s="4" t="n">
         <x:v>86.22</x:v>
       </x:c>
       <x:c r="S95" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T95" s="4" t="n">
-        <x:v>1120240.36</x:v>
+        <x:v>572769.81</x:v>
       </x:c>
       <x:c r="U95" s="4" t="n">
-        <x:v>1075961.24</x:v>
+        <x:v>550130.24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B96" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>977000</x:v>
+        <x:v>499532.17</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>102.13</x:v>
+        <x:v>199.75</x:v>
       </x:c>
       <x:c r="E96" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
         <x:v>997829.33</x:v>
       </x:c>
       <x:c r="G96" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H96" s="4" t="n">
         <x:v>88.64</x:v>
       </x:c>
       <x:c r="I96" s="4" t="n">
-        <x:v>866019.65</x:v>
+        <x:v>442788.81</x:v>
       </x:c>
       <x:c r="J96" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K96" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L96" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M96" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N96" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O96" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P96" s="4" t="n">
         <x:v>105.04</x:v>
       </x:c>
       <x:c r="Q96" s="4" t="n">
-        <x:v>909685.17</x:v>
+        <x:v>465114.64</x:v>
       </x:c>
       <x:c r="R96" s="4" t="n">
         <x:v>93.11</x:v>
       </x:c>
       <x:c r="S96" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T96" s="4" t="n">
-        <x:v>801583.08</x:v>
+        <x:v>409842.92</x:v>
       </x:c>
       <x:c r="U96" s="4" t="n">
-        <x:v>801583.08</x:v>
+        <x:v>409842.9</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B97" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>2933745</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>165.01</x:v>
+        <x:v>322.74</x:v>
       </x:c>
       <x:c r="E97" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
         <x:v>4841038.5</x:v>
       </x:c>
       <x:c r="G97" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H97" s="4" t="n">
         <x:v>137.93</x:v>
       </x:c>
       <x:c r="I97" s="4" t="n">
-        <x:v>4046598.31</x:v>
+        <x:v>2068992.83</x:v>
       </x:c>
       <x:c r="J97" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K97" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L97" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M97" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N97" s="4" t="n">
-        <x:v>1714492.83</x:v>
+        <x:v>876606.26</x:v>
       </x:c>
       <x:c r="O97" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P97" s="4" t="n">
-        <x:v>90.27</x:v>
+        <x:v>89.16</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="n">
-        <x:v>3652833.54</x:v>
+        <x:v>1844655.99</x:v>
       </x:c>
       <x:c r="R97" s="4" t="n">
-        <x:v>124.51</x:v>
+        <x:v>122.98</x:v>
       </x:c>
       <x:c r="S97" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U97" s="4" t="n">
-        <x:v>2974833.09</x:v>
+        <x:v>1613136.35</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>1480000</x:v>
+        <x:v>756711.98</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>128.21</x:v>
+        <x:v>250.76</x:v>
       </x:c>
       <x:c r="E98" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
         <x:v>1897517.29</x:v>
       </x:c>
       <x:c r="G98" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H98" s="4" t="n">
         <x:v>99.12</x:v>
       </x:c>
       <x:c r="I98" s="4" t="n">
-        <x:v>1466915.65</x:v>
+        <x:v>750022.06</x:v>
       </x:c>
       <x:c r="J98" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K98" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L98" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M98" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N98" s="4" t="n">
-        <x:v>1466915.65</x:v>
+        <x:v>750022.06</x:v>
       </x:c>
       <x:c r="O98" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="P98" s="4" t="n">
         <x:v>95.4</x:v>
       </x:c>
       <x:c r="Q98" s="4" t="n">
-        <x:v>1399457.12</x:v>
+        <x:v>715531.06</x:v>
       </x:c>
       <x:c r="R98" s="4" t="n">
         <x:v>94.56</x:v>
       </x:c>
       <x:c r="S98" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T98" s="4" t="n">
-        <x:v>1256642.72</x:v>
+        <x:v>642511.22</x:v>
       </x:c>
       <x:c r="U98" s="4" t="n">
-        <x:v>1238870.01</x:v>
+        <x:v>633424.17</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B99" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>1900000</x:v>
+        <x:v>971454.57</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>190.9</x:v>
+        <x:v>373.37</x:v>
       </x:c>
       <x:c r="E99" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
         <x:v>3627129.57</x:v>
       </x:c>
       <x:c r="G99" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H99" s="4" t="n">
         <x:v>78.76</x:v>
       </x:c>
       <x:c r="I99" s="4" t="n">
-        <x:v>1496505.49</x:v>
+        <x:v>765151.1</x:v>
       </x:c>
       <x:c r="J99" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="K99" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L99" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M99" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N99" s="4" t="n">
-        <x:v>1204264.69</x:v>
+        <x:v>615730.75</x:v>
       </x:c>
       <x:c r="O99" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P99" s="4" t="n">
         <x:v>123.19</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="n">
-        <x:v>1843612.25</x:v>
+        <x:v>942623.97</x:v>
       </x:c>
       <x:c r="R99" s="4" t="n">
         <x:v>97.03</x:v>
       </x:c>
       <x:c r="S99" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T99" s="4" t="n">
-        <x:v>1843612.25</x:v>
+        <x:v>942623.97</x:v>
       </x:c>
       <x:c r="U99" s="4" t="n">
-        <x:v>1826549.28</x:v>
+        <x:v>933899.83</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B100" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>152.88</x:v>
+        <x:v>299.01</x:v>
       </x:c>
       <x:c r="E100" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
         <x:v>5706747.23</x:v>
       </x:c>
       <x:c r="G100" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H100" s="4" t="n">
         <x:v>103.34</x:v>
       </x:c>
       <x:c r="I100" s="4" t="n">
-        <x:v>3857590.81</x:v>
+        <x:v>1972354.86</x:v>
       </x:c>
       <x:c r="J100" s="5" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K100" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L100" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M100" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N100" s="4" t="n">
-        <x:v>642744.07</x:v>
+        <x:v>328629.83</x:v>
       </x:c>
       <x:c r="O100" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P100" s="4" t="n">
         <x:v>97.21</x:v>
       </x:c>
       <x:c r="Q100" s="4" t="n">
-        <x:v>3750078.49</x:v>
+        <x:v>1917340.58</x:v>
       </x:c>
       <x:c r="R100" s="4" t="n">
         <x:v>100.46</x:v>
       </x:c>
       <x:c r="S100" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U100" s="4" t="n">
-        <x:v>1857456.21</x:v>
+        <x:v>1136042.13</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>3732000</x:v>
+        <x:v>1908141.3</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>162.83</x:v>
+        <x:v>318.47</x:v>
       </x:c>
       <x:c r="E101" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
         <x:v>6076846.39</x:v>
       </x:c>
       <x:c r="G101" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H101" s="4" t="n">
         <x:v>121.49</x:v>
       </x:c>
       <x:c r="I101" s="4" t="n">
-        <x:v>4533964.61</x:v>
+        <x:v>2318179.28</x:v>
       </x:c>
       <x:c r="J101" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K101" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L101" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M101" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N101" s="4" t="n">
-        <x:v>4533964.61</x:v>
+        <x:v>2318179.28</x:v>
       </x:c>
       <x:c r="O101" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P101" s="4" t="n">
-        <x:v>82.34</x:v>
+        <x:v>80.49</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="n">
-        <x:v>3733200.01</x:v>
+        <x:v>1865843.7</x:v>
       </x:c>
       <x:c r="R101" s="4" t="n">
-        <x:v>100.03</x:v>
+        <x:v>97.78</x:v>
       </x:c>
       <x:c r="S101" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U101" s="4" t="n">
-        <x:v>2834866.75</x:v>
+        <x:v>1523452.66</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>1167055</x:v>
+        <x:v>596705.75</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>100</x:v>
+        <x:v>195.58</x:v>
       </x:c>
       <x:c r="E102" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
         <x:v>1167019.08</x:v>
       </x:c>
       <x:c r="G102" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H102" s="4" t="n">
         <x:v>95.96</x:v>
       </x:c>
       <x:c r="I102" s="4" t="n">
-        <x:v>1119867.17</x:v>
+        <x:v>572578.99</x:v>
       </x:c>
       <x:c r="J102" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K102" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L102" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M102" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N102" s="4" t="n">
-        <x:v>1119867.17</x:v>
+        <x:v>572578.99</x:v>
       </x:c>
       <x:c r="O102" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P102" s="4" t="n">
         <x:v>93.1</x:v>
       </x:c>
       <x:c r="Q102" s="4" t="n">
-        <x:v>1042578.91</x:v>
+        <x:v>533062.13</x:v>
       </x:c>
       <x:c r="R102" s="4" t="n">
         <x:v>89.33</x:v>
       </x:c>
       <x:c r="S102" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T102" s="4" t="n">
-        <x:v>1042578.91</x:v>
+        <x:v>533062.13</x:v>
       </x:c>
       <x:c r="U102" s="4" t="n">
-        <x:v>1042578.91</x:v>
+        <x:v>533062.15</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B103" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>1450000</x:v>
+        <x:v>741373.23</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>133.72</x:v>
+        <x:v>261.53</x:v>
       </x:c>
       <x:c r="E103" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F103" s="4" t="n">
         <x:v>1938903.2</x:v>
       </x:c>
       <x:c r="G103" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H103" s="4" t="n">
         <x:v>108.51</x:v>
       </x:c>
       <x:c r="I103" s="4" t="n">
-        <x:v>1573327.45</x:v>
+        <x:v>804429.55</x:v>
       </x:c>
       <x:c r="J103" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K103" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L103" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M103" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N103" s="4" t="n">
-        <x:v>1573327.45</x:v>
+        <x:v>804429.55</x:v>
       </x:c>
       <x:c r="O103" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P103" s="4" t="n">
         <x:v>84.18</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="n">
-        <x:v>1324354.55</x:v>
+        <x:v>677131.74</x:v>
       </x:c>
       <x:c r="R103" s="4" t="n">
         <x:v>91.33</x:v>
       </x:c>
       <x:c r="S103" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T103" s="4" t="n">
-        <x:v>1258803.68</x:v>
+        <x:v>643616.11</x:v>
       </x:c>
       <x:c r="U103" s="4" t="n">
-        <x:v>1233452.78</x:v>
+        <x:v>630654.43</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B104" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>1950000</x:v>
+        <x:v>997019.17</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>194.34</x:v>
+        <x:v>380.09</x:v>
       </x:c>
       <x:c r="E104" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F104" s="4" t="n">
         <x:v>3789595.66</x:v>
       </x:c>
       <x:c r="G104" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H104" s="4" t="n">
         <x:v>110.04</x:v>
       </x:c>
       <x:c r="I104" s="4" t="n">
-        <x:v>2145782.51</x:v>
+        <x:v>1097121.17</x:v>
       </x:c>
       <x:c r="J104" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K104" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L104" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M104" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N104" s="4" t="n">
-        <x:v>2145782.51</x:v>
+        <x:v>1097121.17</x:v>
       </x:c>
       <x:c r="O104" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P104" s="4" t="n">
         <x:v>84.09</x:v>
       </x:c>
       <x:c r="Q104" s="4" t="n">
-        <x:v>1804315.82</x:v>
+        <x:v>922532.03</x:v>
       </x:c>
       <x:c r="R104" s="4" t="n">
         <x:v>92.53</x:v>
       </x:c>
       <x:c r="S104" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T104" s="4" t="n">
-        <x:v>1804315.82</x:v>
+        <x:v>922532.03</x:v>
       </x:c>
       <x:c r="U104" s="4" t="n">
-        <x:v>1804112.42</x:v>
+        <x:v>922428.04</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B105" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>153.9</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E105" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F105" s="4" t="n">
         <x:v>5744711.26</x:v>
       </x:c>
       <x:c r="G105" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H105" s="4" t="n">
         <x:v>140.34</x:v>
       </x:c>
       <x:c r="I105" s="4" t="n">
-        <x:v>5238382.95</x:v>
+        <x:v>2678342.64</x:v>
       </x:c>
       <x:c r="J105" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K105" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L105" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M105" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N105" s="4" t="n">
-        <x:v>1070710.19</x:v>
+        <x:v>547445.42</x:v>
       </x:c>
       <x:c r="O105" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P105" s="4" t="n">
         <x:v>68.85</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="n">
-        <x:v>3606510.9</x:v>
+        <x:v>1843979.75</x:v>
       </x:c>
       <x:c r="R105" s="4" t="n">
         <x:v>96.62</x:v>
       </x:c>
       <x:c r="S105" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U105" s="4" t="n">
-        <x:v>2149093.88</x:v>
+        <x:v>1139655.76</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>2754825</x:v>
+        <x:v>1408519.66</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>155.95</x:v>
+        <x:v>305.01</x:v>
       </x:c>
       <x:c r="E106" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
         <x:v>4296178.92</x:v>
       </x:c>
       <x:c r="G106" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H106" s="4" t="n">
         <x:v>119.05</x:v>
       </x:c>
       <x:c r="I106" s="4" t="n">
-        <x:v>3279556.83</x:v>
+        <x:v>1676810.76</x:v>
       </x:c>
       <x:c r="J106" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L106" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M106" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N106" s="4" t="n">
-        <x:v>812194.37</x:v>
+        <x:v>415268.38</x:v>
       </x:c>
       <x:c r="O106" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P106" s="4" t="n">
-        <x:v>82.23</x:v>
+        <x:v>82.06</x:v>
       </x:c>
       <x:c r="Q106" s="4" t="n">
-        <x:v>2696647.79</x:v>
+        <x:v>1375957.26</x:v>
       </x:c>
       <x:c r="R106" s="4" t="n">
-        <x:v>97.89</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="S106" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T106" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U106" s="4" t="n">
-        <x:v>1969877.58</x:v>
+        <x:v>1066248.4</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>176.61</x:v>
+        <x:v>345.42</x:v>
       </x:c>
       <x:c r="E107" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
         <x:v>6592413.25</x:v>
       </x:c>
       <x:c r="G107" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H107" s="4" t="n">
         <x:v>131.36</x:v>
       </x:c>
       <x:c r="I107" s="4" t="n">
-        <x:v>4903097.65</x:v>
+        <x:v>2506914.04</x:v>
       </x:c>
       <x:c r="J107" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="L107" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M107" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N107" s="4" t="n">
-        <x:v>1937114.08</x:v>
+        <x:v>990430.7</x:v>
       </x:c>
       <x:c r="O107" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P107" s="4" t="n">
-        <x:v>72.06</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="n">
-        <x:v>3533123.31</x:v>
+        <x:v>1806048.07</x:v>
       </x:c>
       <x:c r="R107" s="4" t="n">
-        <x:v>94.65</x:v>
+        <x:v>94.63</x:v>
       </x:c>
       <x:c r="S107" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U107" s="4" t="n">
-        <x:v>1972763.02</x:v>
+        <x:v>1257438.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>1175710.49</x:v>
+        <x:v>601131.23</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>163</x:v>
+        <x:v>318.8</x:v>
       </x:c>
       <x:c r="E108" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
         <x:v>1916420.53</x:v>
       </x:c>
       <x:c r="G108" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H108" s="4" t="n">
         <x:v>102.51</x:v>
       </x:c>
       <x:c r="I108" s="4" t="n">
-        <x:v>1205184.76</x:v>
+        <x:v>616201.19</x:v>
       </x:c>
       <x:c r="J108" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K108" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L108" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M108" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N108" s="4" t="n">
-        <x:v>1205184.76</x:v>
+        <x:v>616201.19</x:v>
       </x:c>
       <x:c r="O108" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P108" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q108" s="4" t="n">
-        <x:v>1205184.75</x:v>
+        <x:v>616201.18</x:v>
       </x:c>
       <x:c r="R108" s="4" t="n">
         <x:v>102.51</x:v>
       </x:c>
       <x:c r="S108" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="T108" s="4" t="n">
-        <x:v>1205184.75</x:v>
+        <x:v>616201.18</x:v>
       </x:c>
       <x:c r="U108" s="4" t="n">
-        <x:v>1175710.48</x:v>
+        <x:v>601131.22</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B109" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>134.78</x:v>
+        <x:v>263.61</x:v>
       </x:c>
       <x:c r="E109" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
         <x:v>2636098.27</x:v>
       </x:c>
       <x:c r="G109" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H109" s="4" t="n">
         <x:v>84.75</x:v>
       </x:c>
       <x:c r="I109" s="4" t="n">
-        <x:v>1657462.08</x:v>
+        <x:v>847446.9</x:v>
       </x:c>
       <x:c r="J109" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K109" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L109" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M109" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N109" s="4" t="n">
-        <x:v>1657462.08</x:v>
+        <x:v>847446.9</x:v>
       </x:c>
       <x:c r="O109" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="P109" s="4" t="n">
         <x:v>79.58</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="n">
-        <x:v>1318926.73</x:v>
+        <x:v>674356.53</x:v>
       </x:c>
       <x:c r="R109" s="4" t="n">
         <x:v>67.44</x:v>
       </x:c>
       <x:c r="S109" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T109" s="4" t="n">
-        <x:v>1318926.73</x:v>
+        <x:v>674356.53</x:v>
       </x:c>
       <x:c r="U109" s="4" t="n">
-        <x:v>1318474.93</x:v>
+        <x:v>674125.53</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B110" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>976555.66</x:v>
+        <x:v>499304.98</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>133.1</x:v>
+        <x:v>260.32</x:v>
       </x:c>
       <x:c r="E110" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
         <x:v>1299766.21</x:v>
       </x:c>
       <x:c r="G110" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H110" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I110" s="4" t="n">
-        <x:v>976555.66</x:v>
+        <x:v>499304.99</x:v>
       </x:c>
       <x:c r="J110" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K110" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L110" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M110" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N110" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O110" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P110" s="4" t="n">
         <x:v>87.92</x:v>
       </x:c>
       <x:c r="Q110" s="4" t="n">
-        <x:v>858588.77</x:v>
+        <x:v>438989.47</x:v>
       </x:c>
       <x:c r="R110" s="4" t="n">
         <x:v>87.92</x:v>
       </x:c>
       <x:c r="S110" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T110" s="4" t="n">
-        <x:v>858588.77</x:v>
+        <x:v>438989.47</x:v>
       </x:c>
       <x:c r="U110" s="4" t="n">
-        <x:v>858528.22</x:v>
+        <x:v>438958.5</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B111" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C111" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D111" s="4" t="n">
-        <x:v>152.84</x:v>
+        <x:v>298.92</x:v>
       </x:c>
       <x:c r="E111" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
         <x:v>5704949.9</x:v>
       </x:c>
       <x:c r="G111" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H111" s="4" t="n">
         <x:v>111.39</x:v>
       </x:c>
       <x:c r="I111" s="4" t="n">
-        <x:v>4157766.87</x:v>
+        <x:v>2125832.44</x:v>
       </x:c>
       <x:c r="J111" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K111" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L111" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M111" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O111" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P111" s="4" t="n">
         <x:v>89.33</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="n">
-        <x:v>3714128.35</x:v>
+        <x:v>1899003.68</x:v>
       </x:c>
       <x:c r="R111" s="4" t="n">
         <x:v>99.5</x:v>
       </x:c>
       <x:c r="S111" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U111" s="4" t="n">
-        <x:v>2784204.89</x:v>
+        <x:v>1747621.91</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
-        <x:v>159.56</x:v>
+        <x:v>312.06</x:v>
       </x:c>
       <x:c r="E112" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
         <x:v>5955747.48</x:v>
       </x:c>
       <x:c r="G112" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="4" t="n">
         <x:v>140.03</x:v>
       </x:c>
       <x:c r="I112" s="4" t="n">
-        <x:v>5226914.3</x:v>
+        <x:v>2672478.87</x:v>
       </x:c>
       <x:c r="J112" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K112" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L112" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M112" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N112" s="4" t="n">
-        <x:v>3465714.2</x:v>
+        <x:v>1771991.55</x:v>
       </x:c>
       <x:c r="O112" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P112" s="4" t="n">
-        <x:v>67.29</x:v>
+        <x:v>65.34</x:v>
       </x:c>
       <x:c r="Q112" s="4" t="n">
-        <x:v>3517386.25</x:v>
+        <x:v>1746262.3</x:v>
       </x:c>
       <x:c r="R112" s="4" t="n">
-        <x:v>94.23</x:v>
+        <x:v>91.5</x:v>
       </x:c>
       <x:c r="S112" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U112" s="4" t="n">
-        <x:v>2163126.13</x:v>
+        <x:v>1192652.48</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
-        <x:v>1335206.88</x:v>
+        <x:v>682680.44</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
-        <x:v>113.01</x:v>
+        <x:v>221.03</x:v>
       </x:c>
       <x:c r="E113" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
         <x:v>1508958.08</x:v>
       </x:c>
       <x:c r="G113" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H113" s="4" t="n">
         <x:v>129.26</x:v>
       </x:c>
       <x:c r="I113" s="4" t="n">
-        <x:v>1725858.68</x:v>
+        <x:v>882417.52</x:v>
       </x:c>
       <x:c r="J113" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K113" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L113" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M113" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N113" s="4" t="n">
-        <x:v>1725858.68</x:v>
+        <x:v>882417.52</x:v>
       </x:c>
       <x:c r="O113" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P113" s="4" t="n">
         <x:v>76.99</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="n">
-        <x:v>1328767.25</x:v>
+        <x:v>679387.9</x:v>
       </x:c>
       <x:c r="R113" s="4" t="n">
         <x:v>99.52</x:v>
       </x:c>
       <x:c r="S113" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="T113" s="4" t="n">
-        <x:v>1328767.25</x:v>
+        <x:v>679387.9</x:v>
       </x:c>
       <x:c r="U113" s="4" t="n">
-        <x:v>1290620.47</x:v>
+        <x:v>659883.77</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B114" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C114" s="4" t="n">
-        <x:v>3732700</x:v>
+        <x:v>1908499.2</x:v>
       </x:c>
       <x:c r="D114" s="4" t="n">
-        <x:v>132.53</x:v>
+        <x:v>259.2</x:v>
       </x:c>
       <x:c r="E114" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
         <x:v>4946902.34</x:v>
       </x:c>
       <x:c r="G114" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="H114" s="4" t="n">
         <x:v>93.99</x:v>
       </x:c>
       <x:c r="I114" s="4" t="n">
-        <x:v>3508528.67</x:v>
+        <x:v>1793882.22</x:v>
       </x:c>
       <x:c r="J114" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K114" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L114" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M114" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N114" s="4" t="n">
-        <x:v>1762316.71</x:v>
+        <x:v>901058.23</x:v>
       </x:c>
       <x:c r="O114" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P114" s="4" t="n">
         <x:v>96.27</x:v>
       </x:c>
       <x:c r="Q114" s="4" t="n">
-        <x:v>3377689.83</x:v>
+        <x:v>1726985.39</x:v>
       </x:c>
       <x:c r="R114" s="4" t="n">
         <x:v>90.49</x:v>
       </x:c>
       <x:c r="S114" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T114" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U114" s="4" t="n">
-        <x:v>1353087.77</x:v>
+        <x:v>1299256.98</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
-        <x:v>1120874.62</x:v>
+        <x:v>573094.09</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
-        <x:v>199.48</x:v>
+        <x:v>390.16</x:v>
       </x:c>
       <x:c r="E115" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
         <x:v>2235964</x:v>
       </x:c>
       <x:c r="G115" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H115" s="4" t="n">
         <x:v>99.98</x:v>
       </x:c>
       <x:c r="I115" s="4" t="n">
-        <x:v>1120646</x:v>
+        <x:v>572977.2</x:v>
       </x:c>
       <x:c r="J115" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K115" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L115" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M115" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N115" s="4" t="n">
-        <x:v>1120646</x:v>
+        <x:v>572977.2</x:v>
       </x:c>
       <x:c r="O115" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P115" s="4" t="n">
         <x:v>93.95</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="n">
-        <x:v>1052809.78</x:v>
+        <x:v>538293.09</x:v>
       </x:c>
       <x:c r="R115" s="4" t="n">
         <x:v>93.93</x:v>
       </x:c>
       <x:c r="S115" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T115" s="4" t="n">
-        <x:v>1052809.78</x:v>
+        <x:v>538293.09</x:v>
       </x:c>
       <x:c r="U115" s="4" t="n">
-        <x:v>1052809.78</x:v>
+        <x:v>538293.1</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B116" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C116" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D116" s="4" t="n">
-        <x:v>126.69</x:v>
+        <x:v>247.79</x:v>
       </x:c>
       <x:c r="E116" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
         <x:v>1883155.09</x:v>
       </x:c>
       <x:c r="G116" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H116" s="4" t="n">
         <x:v>91.61</x:v>
       </x:c>
       <x:c r="I116" s="4" t="n">
-        <x:v>1361754.76</x:v>
+        <x:v>696254.15</x:v>
       </x:c>
       <x:c r="J116" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K116" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L116" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M116" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N116" s="4" t="n">
-        <x:v>1361754.76</x:v>
+        <x:v>696254.15</x:v>
       </x:c>
       <x:c r="O116" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="P116" s="4" t="n">
         <x:v>78.45</x:v>
       </x:c>
       <x:c r="Q116" s="4" t="n">
-        <x:v>1068230.43</x:v>
+        <x:v>546177.56</x:v>
       </x:c>
       <x:c r="R116" s="4" t="n">
         <x:v>71.87</x:v>
       </x:c>
       <x:c r="S116" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T116" s="4" t="n">
-        <x:v>1068230.43</x:v>
+        <x:v>546177.56</x:v>
       </x:c>
       <x:c r="U116" s="4" t="n">
-        <x:v>1068230.43</x:v>
+        <x:v>546177.54</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B117" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C117" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D117" s="4" t="n">
-        <x:v>143.9</x:v>
+        <x:v>281.44</x:v>
       </x:c>
       <x:c r="E117" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
         <x:v>5371426.87</x:v>
       </x:c>
       <x:c r="G117" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H117" s="4" t="n">
         <x:v>95.51</x:v>
       </x:c>
       <x:c r="I117" s="4" t="n">
-        <x:v>3565285.98</x:v>
+        <x:v>1822901.77</x:v>
       </x:c>
       <x:c r="J117" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K117" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L117" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M117" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N117" s="4" t="n">
-        <x:v>2539697.38</x:v>
+        <x:v>1298526.63</x:v>
       </x:c>
       <x:c r="O117" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P117" s="4" t="n">
-        <x:v>96.28</x:v>
+        <x:v>95.93</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="n">
-        <x:v>3432627.33</x:v>
+        <x:v>1748745.14</x:v>
       </x:c>
       <x:c r="R117" s="4" t="n">
-        <x:v>91.96</x:v>
+        <x:v>91.63</x:v>
       </x:c>
       <x:c r="S117" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T117" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U117" s="4" t="n">
-        <x:v>1395764.31</x:v>
+        <x:v>1209565.48</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
-        <x:v>163.03</x:v>
+        <x:v>318.86</x:v>
       </x:c>
       <x:c r="E118" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
         <x:v>4782768.2</x:v>
       </x:c>
       <x:c r="G118" s="5" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H118" s="4" t="n">
         <x:v>146.57</x:v>
       </x:c>
       <x:c r="I118" s="4" t="n">
-        <x:v>4299981.3</x:v>
+        <x:v>2198545.56</x:v>
       </x:c>
       <x:c r="J118" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K118" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L118" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M118" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N118" s="4" t="n">
-        <x:v>97789.84</x:v>
+        <x:v>49999.16</x:v>
       </x:c>
       <x:c r="O118" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P118" s="4" t="n">
         <x:v>94.23</x:v>
       </x:c>
       <x:c r="Q118" s="4" t="n">
-        <x:v>4051868.31</x:v>
+        <x:v>2071687.37</x:v>
       </x:c>
       <x:c r="R118" s="4" t="n">
         <x:v>138.11</x:v>
       </x:c>
       <x:c r="S118" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T118" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U118" s="4" t="n">
-        <x:v>2353452.67</x:v>
+        <x:v>1273966.01</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
-        <x:v>4785157.54</x:v>
+        <x:v>2446612.2</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
-        <x:v>191.12</x:v>
+        <x:v>373.8</x:v>
       </x:c>
       <x:c r="E119" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
         <x:v>9145331.5</x:v>
       </x:c>
       <x:c r="G119" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H119" s="4" t="n">
         <x:v>95.56</x:v>
       </x:c>
       <x:c r="I119" s="4" t="n">
-        <x:v>4572665.75</x:v>
+        <x:v>2337966.87</x:v>
       </x:c>
       <x:c r="J119" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K119" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L119" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M119" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N119" s="4" t="n">
-        <x:v>4572665.75</x:v>
+        <x:v>2337966.87</x:v>
       </x:c>
       <x:c r="O119" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P119" s="4" t="n">
         <x:v>97.81</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="n">
-        <x:v>4472502.85</x:v>
+        <x:v>2286754.4</x:v>
       </x:c>
       <x:c r="R119" s="4" t="n">
         <x:v>93.47</x:v>
       </x:c>
       <x:c r="S119" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T119" s="4" t="n">
-        <x:v>4472502.85</x:v>
+        <x:v>2286754.4</x:v>
       </x:c>
       <x:c r="U119" s="4" t="n">
-        <x:v>4472502.85</x:v>
+        <x:v>2286754.39</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B120" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C120" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D120" s="4" t="n">
-        <x:v>92.23</x:v>
+        <x:v>180.4</x:v>
       </x:c>
       <x:c r="E120" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
         <x:v>1370981.57</x:v>
       </x:c>
       <x:c r="G120" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H120" s="4" t="n">
         <x:v>76.14</x:v>
       </x:c>
       <x:c r="I120" s="4" t="n">
-        <x:v>1131772.91</x:v>
+        <x:v>578666.3</x:v>
       </x:c>
       <x:c r="J120" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K120" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L120" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M120" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N120" s="4" t="n">
-        <x:v>1131772.91</x:v>
+        <x:v>578666.3</x:v>
       </x:c>
       <x:c r="O120" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="P120" s="4" t="n">
         <x:v>91.27</x:v>
       </x:c>
       <x:c r="Q120" s="4" t="n">
-        <x:v>1032977.91</x:v>
+        <x:v>528153.22</x:v>
       </x:c>
       <x:c r="R120" s="4" t="n">
         <x:v>69.49</x:v>
       </x:c>
       <x:c r="S120" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T120" s="4" t="n">
-        <x:v>1032977.91</x:v>
+        <x:v>528153.22</x:v>
       </x:c>
       <x:c r="U120" s="4" t="n">
-        <x:v>1019540.02</x:v>
+        <x:v>521282.54</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B121" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C121" s="4" t="n">
-        <x:v>1955800</x:v>
+        <x:v>999984.66</x:v>
       </x:c>
       <x:c r="D121" s="4" t="n">
-        <x:v>55.01</x:v>
+        <x:v>107.59</x:v>
       </x:c>
       <x:c r="E121" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
         <x:v>1075933.11</x:v>
       </x:c>
       <x:c r="G121" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H121" s="4" t="n">
         <x:v>55.01</x:v>
       </x:c>
       <x:c r="I121" s="4" t="n">
-        <x:v>1075933.11</x:v>
+        <x:v>550115.86</x:v>
       </x:c>
       <x:c r="J121" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K121" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L121" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M121" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N121" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O121" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="P121" s="4" t="n">
         <x:v>99.32</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="n">
-        <x:v>1068575.1</x:v>
+        <x:v>546353.78</x:v>
       </x:c>
       <x:c r="R121" s="4" t="n">
         <x:v>54.64</x:v>
       </x:c>
       <x:c r="S121" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T121" s="4" t="n">
-        <x:v>1068575.1</x:v>
+        <x:v>546353.78</x:v>
       </x:c>
       <x:c r="U121" s="4" t="n">
-        <x:v>1065085.36</x:v>
+        <x:v>544569.51</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B122" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C122" s="4" t="n">
-        <x:v>704098.8</x:v>
+        <x:v>360000</x:v>
       </x:c>
       <x:c r="D122" s="4" t="n">
-        <x:v>97.03</x:v>
+        <x:v>189.76</x:v>
       </x:c>
       <x:c r="E122" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
         <x:v>683153.78</x:v>
       </x:c>
       <x:c r="G122" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H122" s="4" t="n">
         <x:v>94.56</x:v>
       </x:c>
       <x:c r="I122" s="4" t="n">
-        <x:v>665812.04</x:v>
+        <x:v>340424.29</x:v>
       </x:c>
       <x:c r="J122" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K122" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L122" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M122" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N122" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O122" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P122" s="4" t="n">
         <x:v>97.24</x:v>
       </x:c>
       <x:c r="Q122" s="4" t="n">
-        <x:v>647467.83</x:v>
+        <x:v>331045.04</x:v>
       </x:c>
       <x:c r="R122" s="4" t="n">
         <x:v>91.96</x:v>
       </x:c>
       <x:c r="S122" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T122" s="4" t="n">
-        <x:v>647467.83</x:v>
+        <x:v>331045.04</x:v>
       </x:c>
       <x:c r="U122" s="4" t="n">
-        <x:v>647467.83</x:v>
+        <x:v>331045.04</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B123" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C123" s="4" t="n">
-        <x:v>2752000</x:v>
+        <x:v>1407075.26</x:v>
       </x:c>
       <x:c r="D123" s="4" t="n">
-        <x:v>167.44</x:v>
+        <x:v>327.48</x:v>
       </x:c>
       <x:c r="E123" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
         <x:v>4607856.69</x:v>
       </x:c>
       <x:c r="G123" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H123" s="4" t="n">
         <x:v>109.8</x:v>
       </x:c>
       <x:c r="I123" s="4" t="n">
-        <x:v>3021561.82</x:v>
+        <x:v>1544900.05</x:v>
       </x:c>
       <x:c r="J123" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K123" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L123" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M123" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N123" s="4" t="n">
-        <x:v>1593813.42</x:v>
+        <x:v>814903.87</x:v>
       </x:c>
       <x:c r="O123" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P123" s="4" t="n">
-        <x:v>85.85</x:v>
+        <x:v>80.99</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="n">
-        <x:v>2594067.99</x:v>
+        <x:v>1251271.46</x:v>
       </x:c>
       <x:c r="R123" s="4" t="n">
-        <x:v>94.26</x:v>
+        <x:v>88.93</x:v>
       </x:c>
       <x:c r="S123" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T123" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U123" s="4" t="n">
-        <x:v>1641957.23</x:v>
+        <x:v>1043745.17</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
-        <x:v>2754800</x:v>
+        <x:v>1408506.87</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
-        <x:v>121.91</x:v>
+        <x:v>238.43</x:v>
       </x:c>
       <x:c r="E124" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
         <x:v>3358264.52</x:v>
       </x:c>
       <x:c r="G124" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H124" s="4" t="n">
         <x:v>111.29</x:v>
       </x:c>
       <x:c r="I124" s="4" t="n">
-        <x:v>3065705.26</x:v>
+        <x:v>1567470.22</x:v>
       </x:c>
       <x:c r="J124" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K124" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L124" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M124" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N124" s="4" t="n">
-        <x:v>471455.62</x:v>
+        <x:v>241051.45</x:v>
       </x:c>
       <x:c r="O124" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P124" s="4" t="n">
-        <x:v>88.73</x:v>
+        <x:v>87.26</x:v>
       </x:c>
       <x:c r="Q124" s="4" t="n">
-        <x:v>2720303.63</x:v>
+        <x:v>1367703.82</x:v>
       </x:c>
       <x:c r="R124" s="4" t="n">
-        <x:v>98.75</x:v>
+        <x:v>97.1</x:v>
       </x:c>
       <x:c r="S124" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T124" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U124" s="4" t="n">
-        <x:v>1657076.91</x:v>
+        <x:v>1103817.55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
-        <x:v>782000</x:v>
+        <x:v>399830.25</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
-        <x:v>88.62</x:v>
+        <x:v>173.32</x:v>
       </x:c>
       <x:c r="E125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
         <x:v>692987.86</x:v>
       </x:c>
       <x:c r="G125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H125" s="4" t="n">
         <x:v>99.99</x:v>
       </x:c>
       <x:c r="I125" s="4" t="n">
-        <x:v>781954.86</x:v>
+        <x:v>399807.17</x:v>
       </x:c>
       <x:c r="J125" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L125" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M125" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N125" s="4" t="n">
-        <x:v>781954.86</x:v>
+        <x:v>399807.17</x:v>
       </x:c>
       <x:c r="O125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P125" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="n">
-        <x:v>781954.86</x:v>
+        <x:v>399807.17</x:v>
       </x:c>
       <x:c r="R125" s="4" t="n">
         <x:v>99.99</x:v>
       </x:c>
       <x:c r="S125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T125" s="4" t="n">
-        <x:v>781954.86</x:v>
+        <x:v>399807.17</x:v>
       </x:c>
       <x:c r="U125" s="4" t="n">
-        <x:v>759486.13</x:v>
+        <x:v>388319.09</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B126" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C126" s="4" t="n">
-        <x:v>3615310</x:v>
+        <x:v>1848478.65</x:v>
       </x:c>
       <x:c r="D126" s="4" t="n">
-        <x:v>189.15</x:v>
+        <x:v>369.94</x:v>
       </x:c>
       <x:c r="E126" s="5" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
         <x:v>6838256.74</x:v>
       </x:c>
       <x:c r="G126" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H126" s="4" t="n">
         <x:v>126.88</x:v>
       </x:c>
       <x:c r="I126" s="4" t="n">
-        <x:v>4587135.37</x:v>
+        <x:v>2345365.05</x:v>
       </x:c>
       <x:c r="J126" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K126" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L126" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M126" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N126" s="4" t="n">
-        <x:v>475807.06</x:v>
+        <x:v>243276.28</x:v>
       </x:c>
       <x:c r="O126" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P126" s="4" t="n">
-        <x:v>72.86</x:v>
+        <x:v>72.82</x:v>
       </x:c>
       <x:c r="Q126" s="4" t="n">
-        <x:v>3342216.99</x:v>
+        <x:v>1707976.26</x:v>
       </x:c>
       <x:c r="R126" s="4" t="n">
-        <x:v>92.45</x:v>
+        <x:v>92.4</x:v>
       </x:c>
       <x:c r="S126" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T126" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U126" s="4" t="n">
-        <x:v>1560820.8</x:v>
+        <x:v>1182960.79</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
-        <x:v>187075</x:v>
+        <x:v>95649.93</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
-        <x:v>99.77</x:v>
+        <x:v>195.13</x:v>
       </x:c>
       <x:c r="E127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
         <x:v>186644.28</x:v>
       </x:c>
       <x:c r="G127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H127" s="4" t="n">
         <x:v>99.77</x:v>
       </x:c>
       <x:c r="I127" s="4" t="n">
-        <x:v>186644.28</x:v>
+        <x:v>95429.71</x:v>
       </x:c>
       <x:c r="J127" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L127" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M127" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N127" s="4" t="n">
-        <x:v>186644.28</x:v>
+        <x:v>95429.71</x:v>
       </x:c>
       <x:c r="O127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P127" s="4" t="n">
         <x:v>67.01</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="n">
-        <x:v>125072.1</x:v>
+        <x:v>63948.35</x:v>
       </x:c>
       <x:c r="R127" s="4" t="n">
         <x:v>66.86</x:v>
       </x:c>
       <x:c r="S127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T127" s="4" t="n">
-        <x:v>125072.1</x:v>
+        <x:v>63948.35</x:v>
       </x:c>
       <x:c r="U127" s="4" t="n">
-        <x:v>125072.1</x:v>
+        <x:v>63948.35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B128" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C128" s="4" t="n">
-        <x:v>587000</x:v>
+        <x:v>300128.33</x:v>
       </x:c>
       <x:c r="D128" s="4" t="n">
-        <x:v>99.84</x:v>
+        <x:v>195.28</x:v>
       </x:c>
       <x:c r="E128" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
         <x:v>586077.36</x:v>
       </x:c>
       <x:c r="G128" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H128" s="4" t="n">
         <x:v>99.54</x:v>
       </x:c>
       <x:c r="I128" s="4" t="n">
-        <x:v>584311.31</x:v>
+        <x:v>298753.63</x:v>
       </x:c>
       <x:c r="J128" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K128" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L128" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M128" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N128" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O128" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P128" s="4" t="n">
         <x:v>43.78</x:v>
       </x:c>
       <x:c r="Q128" s="4" t="n">
-        <x:v>255810.79</x:v>
+        <x:v>130793.98</x:v>
       </x:c>
       <x:c r="R128" s="4" t="n">
         <x:v>43.58</x:v>
       </x:c>
       <x:c r="S128" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T128" s="4" t="n">
-        <x:v>255810.79</x:v>
+        <x:v>130793.98</x:v>
       </x:c>
       <x:c r="U128" s="4" t="n">
-        <x:v>255810.79</x:v>
+        <x:v>130793.98</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B129" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C129" s="4" t="n">
-        <x:v>2699000</x:v>
+        <x:v>1379976.79</x:v>
       </x:c>
       <x:c r="D129" s="4" t="n">
-        <x:v>151.24</x:v>
+        <x:v>295.8</x:v>
       </x:c>
       <x:c r="E129" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
         <x:v>4082004.52</x:v>
       </x:c>
       <x:c r="G129" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H129" s="4" t="n">
         <x:v>111.54</x:v>
       </x:c>
       <x:c r="I129" s="4" t="n">
-        <x:v>3010512.31</x:v>
+        <x:v>1539250.49</x:v>
       </x:c>
       <x:c r="J129" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L129" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M129" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="N129" s="4" t="n">
-        <x:v>614614.98</x:v>
+        <x:v>314247.65</x:v>
       </x:c>
       <x:c r="O129" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P129" s="4" t="n">
         <x:v>80.01</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="n">
-        <x:v>2408694.97</x:v>
+        <x:v>1231546.18</x:v>
       </x:c>
       <x:c r="R129" s="4" t="n">
         <x:v>89.24</x:v>
       </x:c>
       <x:c r="S129" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T129" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U129" s="4" t="n">
-        <x:v>751241.67</x:v>
+        <x:v>998938.56</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
-        <x:v>1000000</x:v>
+        <x:v>511291.88</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
-        <x:v>88.53</x:v>
+        <x:v>173.16</x:v>
       </x:c>
       <x:c r="E130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
         <x:v>885327.77</x:v>
       </x:c>
       <x:c r="G130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H130" s="4" t="n">
         <x:v>95.9</x:v>
       </x:c>
       <x:c r="I130" s="4" t="n">
-        <x:v>958980.03</x:v>
+        <x:v>490318.71</x:v>
       </x:c>
       <x:c r="J130" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L130" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M130" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N130" s="4" t="n">
-        <x:v>958980.03</x:v>
+        <x:v>490318.71</x:v>
       </x:c>
       <x:c r="O130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="P130" s="4" t="n">
         <x:v>98.14</x:v>
       </x:c>
       <x:c r="Q130" s="4" t="n">
-        <x:v>941141.41</x:v>
+        <x:v>481197.96</x:v>
       </x:c>
       <x:c r="R130" s="4" t="n">
         <x:v>94.11</x:v>
       </x:c>
       <x:c r="S130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T130" s="4" t="n">
-        <x:v>941141.41</x:v>
+        <x:v>481197.96</x:v>
       </x:c>
       <x:c r="U130" s="4" t="n">
-        <x:v>872779.51</x:v>
+        <x:v>446245.07</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B131" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C131" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D131" s="4" t="n">
-        <x:v>131.83</x:v>
+        <x:v>257.83</x:v>
       </x:c>
       <x:c r="E131" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F131" s="4" t="n">
         <x:v>3867370.06</x:v>
       </x:c>
       <x:c r="G131" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H131" s="4" t="n">
         <x:v>125.37</x:v>
       </x:c>
       <x:c r="I131" s="4" t="n">
-        <x:v>3678066.03</x:v>
+        <x:v>1880565.3</x:v>
       </x:c>
       <x:c r="J131" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K131" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L131" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M131" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O131" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="P131" s="4" t="n">
-        <x:v>94.69</x:v>
+        <x:v>91.61</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="n">
-        <x:v>3482639.91</x:v>
+        <x:v>1722850.84</x:v>
       </x:c>
       <x:c r="R131" s="4" t="n">
-        <x:v>118.71</x:v>
+        <x:v>114.86</x:v>
       </x:c>
       <x:c r="S131" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U131" s="4" t="n">
-        <x:v>1072093.81</x:v>
+        <x:v>1396287.86</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
-        <x:v>1486408</x:v>
+        <x:v>759988.34</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
-        <x:v>83.1</x:v>
+        <x:v>162.53</x:v>
       </x:c>
       <x:c r="E132" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
         <x:v>1235215.89</x:v>
       </x:c>
       <x:c r="G132" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H132" s="4" t="n">
         <x:v>72.24</x:v>
       </x:c>
       <x:c r="I132" s="4" t="n">
-        <x:v>1073735.34</x:v>
+        <x:v>548992.17</x:v>
       </x:c>
       <x:c r="J132" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K132" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="L132" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M132" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N132" s="4" t="n">
-        <x:v>1073735.34</x:v>
+        <x:v>548992.17</x:v>
       </x:c>
       <x:c r="O132" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P132" s="4" t="n">
         <x:v>92.31</x:v>
       </x:c>
       <x:c r="Q132" s="4" t="n">
-        <x:v>991215.89</x:v>
+        <x:v>506800.63</x:v>
       </x:c>
       <x:c r="R132" s="4" t="n">
         <x:v>66.69</x:v>
       </x:c>
       <x:c r="S132" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="T132" s="4" t="n">
-        <x:v>991215.89</x:v>
+        <x:v>506800.63</x:v>
       </x:c>
       <x:c r="U132" s="4" t="n">
-        <x:v>991215.89</x:v>
+        <x:v>506800.61</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B133" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C133" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D133" s="4" t="n">
-        <x:v>109.65</x:v>
+        <x:v>214.45</x:v>
       </x:c>
       <x:c r="E133" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F133" s="4" t="n">
         <x:v>2144489.44</x:v>
       </x:c>
       <x:c r="G133" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H133" s="4" t="n">
         <x:v>8.38</x:v>
       </x:c>
       <x:c r="I133" s="4" t="n">
-        <x:v>163920.43</x:v>
+        <x:v>83811.19</x:v>
       </x:c>
       <x:c r="J133" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K133" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L133" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M133" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N133" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O133" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="P133" s="4" t="n">
         <x:v>699.52</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="n">
-        <x:v>1146651.38</x:v>
+        <x:v>586273.54</x:v>
       </x:c>
       <x:c r="R133" s="4" t="n">
         <x:v>58.63</x:v>
       </x:c>
       <x:c r="S133" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T133" s="4" t="n">
-        <x:v>1146651.38</x:v>
+        <x:v>586273.54</x:v>
       </x:c>
       <x:c r="U133" s="4" t="n">
-        <x:v>1146651.38</x:v>
+        <x:v>586273.54</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B134" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C134" s="4" t="n">
-        <x:v>977915</x:v>
+        <x:v>500000</x:v>
       </x:c>
       <x:c r="D134" s="4" t="n">
-        <x:v>79.87</x:v>
+        <x:v>156.22</x:v>
       </x:c>
       <x:c r="E134" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F134" s="4" t="n">
         <x:v>781093.39</x:v>
       </x:c>
       <x:c r="G134" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H134" s="4" t="n">
         <x:v>77.9</x:v>
       </x:c>
       <x:c r="I134" s="4" t="n">
-        <x:v>761757.71</x:v>
+        <x:v>389480.53</x:v>
       </x:c>
       <x:c r="J134" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="K134" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L134" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M134" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N134" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O134" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="P134" s="4" t="n">
         <x:v>86.35</x:v>
       </x:c>
       <x:c r="Q134" s="4" t="n">
-        <x:v>657744.69</x:v>
+        <x:v>336299.52</x:v>
       </x:c>
       <x:c r="R134" s="4" t="n">
         <x:v>67.26</x:v>
       </x:c>
       <x:c r="S134" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T134" s="4" t="n">
-        <x:v>657744.69</x:v>
+        <x:v>336299.52</x:v>
       </x:c>
       <x:c r="U134" s="4" t="n">
-        <x:v>657744.69</x:v>
+        <x:v>336299.52</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B135" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C135" s="4" t="n">
-        <x:v>3732000</x:v>
+        <x:v>1908141.3</x:v>
       </x:c>
       <x:c r="D135" s="4" t="n">
-        <x:v>129.29</x:v>
+        <x:v>252.88</x:v>
       </x:c>
       <x:c r="E135" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
         <x:v>4825230.79</x:v>
       </x:c>
       <x:c r="G135" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H135" s="4" t="n">
         <x:v>119.08</x:v>
       </x:c>
       <x:c r="I135" s="4" t="n">
-        <x:v>4443975.01</x:v>
+        <x:v>2272168.34</x:v>
       </x:c>
       <x:c r="J135" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="K135" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L135" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M135" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N135" s="4" t="n">
-        <x:v>1323850.01</x:v>
+        <x:v>676873.77</x:v>
       </x:c>
       <x:c r="O135" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P135" s="4" t="n">
-        <x:v>83.9</x:v>
+        <x:v>83.5</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="n">
-        <x:v>3728521.17</x:v>
+        <x:v>1897352.87</x:v>
       </x:c>
       <x:c r="R135" s="4" t="n">
-        <x:v>99.91</x:v>
+        <x:v>99.43</x:v>
       </x:c>
       <x:c r="S135" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T135" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U135" s="4" t="n">
-        <x:v>2814876.24</x:v>
+        <x:v>1454359.12</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
-        <x:v>2933745</x:v>
+        <x:v>1500000</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
-        <x:v>250.06</x:v>
+        <x:v>489.07</x:v>
       </x:c>
       <x:c r="E136" s="5" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
         <x:v>7336103.17</x:v>
       </x:c>
       <x:c r="G136" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H136" s="4" t="n">
         <x:v>188.47</x:v>
       </x:c>
       <x:c r="I136" s="4" t="n">
-        <x:v>5529084.15</x:v>
+        <x:v>2826975.85</x:v>
       </x:c>
       <x:c r="J136" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K136" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L136" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M136" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N136" s="4" t="n">
-        <x:v>99790</x:v>
+        <x:v>51021.82</x:v>
       </x:c>
       <x:c r="O136" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P136" s="4" t="n">
-        <x:v>67.36</x:v>
+        <x:v>67.35</x:v>
       </x:c>
       <x:c r="Q136" s="4" t="n">
-        <x:v>3724302.08</x:v>
+        <x:v>1904035.58</x:v>
       </x:c>
       <x:c r="R136" s="4" t="n">
-        <x:v>126.95</x:v>
+        <x:v>126.94</x:v>
       </x:c>
       <x:c r="S136" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U136" s="4" t="n">
-        <x:v>2525325.83</x:v>
+        <x:v>1737286.56</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
-        <x:v>1486430</x:v>
+        <x:v>759999.59</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
-        <x:v>99.01</x:v>
+        <x:v>193.65</x:v>
       </x:c>
       <x:c r="E137" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
         <x:v>1471726.52</x:v>
       </x:c>
       <x:c r="G137" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H137" s="4" t="n">
         <x:v>95.05</x:v>
       </x:c>
       <x:c r="I137" s="4" t="n">
-        <x:v>1412823.68</x:v>
+        <x:v>722365.28</x:v>
       </x:c>
       <x:c r="J137" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K137" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L137" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M137" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N137" s="4" t="n">
-        <x:v>1412823.68</x:v>
+        <x:v>722365.28</x:v>
       </x:c>
       <x:c r="O137" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P137" s="4" t="n">
         <x:v>98.41</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="n">
-        <x:v>1390359.09</x:v>
+        <x:v>710879.32</x:v>
       </x:c>
       <x:c r="R137" s="4" t="n">
         <x:v>93.54</x:v>
       </x:c>
       <x:c r="S137" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="T137" s="4" t="n">
-        <x:v>1312151.3</x:v>
+        <x:v>670892.31</x:v>
       </x:c>
       <x:c r="U137" s="4" t="n">
-        <x:v>1272769.43</x:v>
+        <x:v>650756.64</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B138" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C138" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="D138" s="4" t="n">
-        <x:v>174.38</x:v>
+        <x:v>341.06</x:v>
       </x:c>
       <x:c r="E138" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
         <x:v>3410590.94</x:v>
       </x:c>
       <x:c r="G138" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H138" s="4" t="n">
         <x:v>137.35</x:v>
       </x:c>
       <x:c r="I138" s="4" t="n">
-        <x:v>2686282.81</x:v>
+        <x:v>1373474.59</x:v>
       </x:c>
       <x:c r="J138" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="K138" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L138" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M138" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N138" s="4" t="n">
-        <x:v>2627837.94</x:v>
+        <x:v>1343592.2</x:v>
       </x:c>
       <x:c r="O138" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="P138" s="4" t="n">
         <x:v>72.81</x:v>
       </x:c>
       <x:c r="Q138" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="R138" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S138" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="T138" s="4" t="n">
-        <x:v>1955830</x:v>
+        <x:v>1000000</x:v>
       </x:c>
       <x:c r="U138" s="4" t="n">
-        <x:v>1914215.48</x:v>
+        <x:v>978722.82</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B139" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C139" s="4" t="n">
-        <x:v>3599000</x:v>
+        <x:v>1840139.48</x:v>
       </x:c>
       <x:c r="D139" s="4" t="n">
-        <x:v>135.75</x:v>
+        <x:v>265.51</x:v>
       </x:c>
       <x:c r="E139" s="5" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
         <x:v>4885778.91</x:v>
       </x:c>
       <x:c r="G139" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H139" s="4" t="n">
         <x:v>108.16</x:v>
       </x:c>
       <x:c r="I139" s="4" t="n">
-        <x:v>3892749.12</x:v>
+        <x:v>1990331.02</x:v>
       </x:c>
       <x:c r="J139" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K139" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L139" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M139" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N139" s="4" t="n">
-        <x:v>413043.36</x:v>
+        <x:v>211185.72</x:v>
       </x:c>
       <x:c r="O139" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P139" s="4" t="n">
-        <x:v>82.61</x:v>
+        <x:v>82.58</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="n">
-        <x:v>3215857.63</x:v>
+        <x:v>1643623.73</x:v>
       </x:c>
       <x:c r="R139" s="4" t="n">
-        <x:v>89.35</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="S139" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T139" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U139" s="4" t="n">
-        <x:v>2505404.29</x:v>
+        <x:v>1301806.68</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
-        <x:v>1050603.42</x:v>
+        <x:v>537165</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
-        <x:v>99</x:v>
+        <x:v>193.64</x:v>
       </x:c>
       <x:c r="E140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
         <x:v>1040147.6</x:v>
       </x:c>
       <x:c r="G140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H140" s="4" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I140" s="4" t="n">
-        <x:v>1040147.6</x:v>
+        <x:v>531819.02</x:v>
       </x:c>
       <x:c r="J140" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L140" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M140" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N140" s="4" t="n">
-        <x:v>1040147.6</x:v>
+        <x:v>531819.02</x:v>
       </x:c>
       <x:c r="O140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P140" s="4" t="n">
         <x:v>97.82</x:v>
       </x:c>
       <x:c r="Q140" s="4" t="n">
-        <x:v>1017465.02</x:v>
+        <x:v>520221.6</x:v>
       </x:c>
       <x:c r="R140" s="4" t="n">
         <x:v>96.85</x:v>
       </x:c>
       <x:c r="S140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T140" s="4" t="n">
-        <x:v>1017465.02</x:v>
+        <x:v>520221.6</x:v>
       </x:c>
       <x:c r="U140" s="4" t="n">
-        <x:v>1017465.02</x:v>
+        <x:v>520221.6</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B141" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C141" s="4" t="n">
-        <x:v>1365659.63</x:v>
+        <x:v>698250.68</x:v>
       </x:c>
       <x:c r="D141" s="4" t="n">
-        <x:v>106.81</x:v>
+        <x:v>208.9</x:v>
       </x:c>
       <x:c r="E141" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
         <x:v>1458623.13</x:v>
       </x:c>
       <x:c r="G141" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H141" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I141" s="4" t="n">
-        <x:v>1365659.63</x:v>
+        <x:v>698250.68</x:v>
       </x:c>
       <x:c r="J141" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K141" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L141" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M141" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N141" s="4" t="n">
-        <x:v>1365659.63</x:v>
+        <x:v>698250.68</x:v>
       </x:c>
       <x:c r="O141" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P141" s="4" t="n">
         <x:v>92.82</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="n">
-        <x:v>1267643.34</x:v>
+        <x:v>648135.75</x:v>
       </x:c>
       <x:c r="R141" s="4" t="n">
         <x:v>92.82</x:v>
       </x:c>
       <x:c r="S141" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T141" s="4" t="n">
-        <x:v>1267643.34</x:v>
+        <x:v>648135.75</x:v>
       </x:c>
       <x:c r="U141" s="4" t="n">
-        <x:v>1267643.34</x:v>
+        <x:v>648135.74</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B142" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C142" s="4" t="n">
-        <x:v>1150000</x:v>
+        <x:v>587985.66</x:v>
       </x:c>
       <x:c r="D142" s="4" t="n">
-        <x:v>115.91</x:v>
+        <x:v>226.71</x:v>
       </x:c>
       <x:c r="E142" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
         <x:v>1333008.44</x:v>
       </x:c>
       <x:c r="G142" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H142" s="4" t="n">
         <x:v>115.8</x:v>
       </x:c>
       <x:c r="I142" s="4" t="n">
-        <x:v>1331658.44</x:v>
+        <x:v>680866.15</x:v>
       </x:c>
       <x:c r="J142" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K142" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L142" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M142" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N142" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O142" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="P142" s="4" t="n">
         <x:v>78.25</x:v>
       </x:c>
       <x:c r="Q142" s="4" t="n">
-        <x:v>1041999.54</x:v>
+        <x:v>532765.9</x:v>
       </x:c>
       <x:c r="R142" s="4" t="n">
         <x:v>90.61</x:v>
       </x:c>
       <x:c r="S142" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T142" s="4" t="n">
-        <x:v>1041999.54</x:v>
+        <x:v>532765.9</x:v>
       </x:c>
       <x:c r="U142" s="4" t="n">
-        <x:v>1041999.54</x:v>
+        <x:v>532765.9</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B143" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C143" s="4" t="n">
-        <x:v>970000</x:v>
+        <x:v>495953.12</x:v>
       </x:c>
       <x:c r="D143" s="4" t="n">
-        <x:v>99.91</x:v>
+        <x:v>195.41</x:v>
       </x:c>
       <x:c r="E143" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
         <x:v>969119.74</x:v>
       </x:c>
       <x:c r="G143" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H143" s="4" t="n">
         <x:v>98.85</x:v>
       </x:c>
       <x:c r="I143" s="4" t="n">
-        <x:v>958869.13</x:v>
+        <x:v>490262</x:v>
       </x:c>
       <x:c r="J143" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K143" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L143" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M143" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N143" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O143" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P143" s="4" t="n">
         <x:v>84.6</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="n">
-        <x:v>811174.93</x:v>
+        <x:v>414747.16</x:v>
       </x:c>
       <x:c r="R143" s="4" t="n">
         <x:v>83.63</x:v>
       </x:c>
       <x:c r="S143" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="T143" s="4" t="n">
-        <x:v>811174.93</x:v>
+        <x:v>414747.16</x:v>
       </x:c>
       <x:c r="U143" s="4" t="n">
-        <x:v>811174.93</x:v>
+        <x:v>414747.15</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B144" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C144" s="4" t="n">
-        <x:v>2933000</x:v>
+        <x:v>1499619.09</x:v>
       </x:c>
       <x:c r="D144" s="4" t="n">
-        <x:v>166.42</x:v>
+        <x:v>325.48</x:v>
       </x:c>
       <x:c r="E144" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
         <x:v>4880979.95</x:v>
       </x:c>
       <x:c r="G144" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H144" s="4" t="n">
         <x:v>130.12</x:v>
       </x:c>
       <x:c r="I144" s="4" t="n">
-        <x:v>3816275.12</x:v>
+        <x:v>1951230.5</x:v>
       </x:c>
       <x:c r="J144" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K144" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="L144" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="M144" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N144" s="4" t="n">
-        <x:v>470167.1</x:v>
+        <x:v>240392.62</x:v>
       </x:c>
       <x:c r="O144" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P144" s="4" t="n">
-        <x:v>92.71</x:v>
+        <x:v>91.14</x:v>
       </x:c>
       <x:c r="Q144" s="4" t="n">
-        <x:v>3538039.49</x:v>
+        <x:v>1778401.35</x:v>
       </x:c>
       <x:c r="R144" s="4" t="n">
-        <x:v>120.63</x:v>
+        <x:v>118.59</x:v>
       </x:c>
       <x:c r="S144" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T144" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U144" s="4" t="n">
-        <x:v>2405227.73</x:v>
+        <x:v>1397520.8</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
-        <x:v>325482</x:v>
+        <x:v>166416.3</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
-        <x:v>99.7</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
         <x:v>324520</x:v>
       </x:c>
       <x:c r="G145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H145" s="4" t="n">
         <x:v>99.7</x:v>
       </x:c>
       <x:c r="I145" s="4" t="n">
-        <x:v>324520</x:v>
+        <x:v>165924.44</x:v>
       </x:c>
       <x:c r="J145" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L145" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M145" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N145" s="4" t="n">
-        <x:v>324520</x:v>
+        <x:v>165924.44</x:v>
       </x:c>
       <x:c r="O145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P145" s="4" t="n">
         <x:v>80.48</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="n">
-        <x:v>261182.62</x:v>
+        <x:v>133540.55</x:v>
       </x:c>
       <x:c r="R145" s="4" t="n">
         <x:v>80.24</x:v>
       </x:c>
       <x:c r="S145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T145" s="4" t="n">
-        <x:v>261182.62</x:v>
+        <x:v>133540.55</x:v>
       </x:c>
       <x:c r="U145" s="4" t="n">
-        <x:v>261182.62</x:v>
+        <x:v>133540.56</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B146" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C146" s="4" t="n">
-        <x:v>1955000</x:v>
+        <x:v>999575.63</x:v>
       </x:c>
       <x:c r="D146" s="4" t="n">
-        <x:v>196.08</x:v>
+        <x:v>383.5</x:v>
       </x:c>
       <x:c r="E146" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
         <x:v>3833365.09</x:v>
       </x:c>
       <x:c r="G146" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H146" s="4" t="n">
         <x:v>109.64</x:v>
       </x:c>
       <x:c r="I146" s="4" t="n">
-        <x:v>2143468.62</x:v>
+        <x:v>1095938.11</x:v>
       </x:c>
       <x:c r="J146" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="K146" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L146" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M146" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N146" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O146" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P146" s="4" t="n">
         <x:v>86.97</x:v>
       </x:c>
       <x:c r="Q146" s="4" t="n">
-        <x:v>1864130.37</x:v>
+        <x:v>953114.72</x:v>
       </x:c>
       <x:c r="R146" s="4" t="n">
         <x:v>95.35</x:v>
       </x:c>
       <x:c r="S146" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="T146" s="4" t="n">
-        <x:v>1864130.37</x:v>
+        <x:v>953114.72</x:v>
       </x:c>
       <x:c r="U146" s="4" t="n">
-        <x:v>1863111.57</x:v>
+        <x:v>952593.82</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B147" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C147" s="4" t="n">
-        <x:v>3732745</x:v>
+        <x:v>1908522.21</x:v>
       </x:c>
       <x:c r="D147" s="4" t="n">
-        <x:v>131.19</x:v>
+        <x:v>256.58</x:v>
       </x:c>
       <x:c r="E147" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
         <x:v>4896974.51</x:v>
       </x:c>
       <x:c r="G147" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H147" s="4" t="n">
         <x:v>97.18</x:v>
       </x:c>
       <x:c r="I147" s="4" t="n">
-        <x:v>3627488.24</x:v>
+        <x:v>1854705.31</x:v>
       </x:c>
       <x:c r="J147" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K147" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L147" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M147" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N147" s="4" t="n">
-        <x:v>1340761.99</x:v>
+        <x:v>685520.73</x:v>
       </x:c>
       <x:c r="O147" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P147" s="4" t="n">
-        <x:v>97.53</x:v>
+        <x:v>97.52</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="n">
-        <x:v>3537762.24</x:v>
+        <x:v>1808784.55</x:v>
       </x:c>
       <x:c r="R147" s="4" t="n">
-        <x:v>94.78</x:v>
+        <x:v>94.77</x:v>
       </x:c>
       <x:c r="S147" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T147" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U147" s="4" t="n">
-        <x:v>1897367.01</x:v>
+        <x:v>1065566.11</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
-        <x:v>2745021</x:v>
+        <x:v>1403506.95</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
-        <x:v>106.08</x:v>
+        <x:v>207.47</x:v>
       </x:c>
       <x:c r="E148" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
         <x:v>2911797.86</x:v>
       </x:c>
       <x:c r="G148" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H148" s="4" t="n">
         <x:v>93.01</x:v>
       </x:c>
       <x:c r="I148" s="4" t="n">
-        <x:v>2553013.33</x:v>
+        <x:v>1305334.98</x:v>
       </x:c>
       <x:c r="J148" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L148" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="M148" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N148" s="4" t="n">
-        <x:v>1158003.47</x:v>
+        <x:v>592077.78</x:v>
       </x:c>
       <x:c r="O148" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P148" s="4" t="n">
-        <x:v>72.05</x:v>
+        <x:v>64.44</x:v>
       </x:c>
       <x:c r="Q148" s="4" t="n">
-        <x:v>1839379.28</x:v>
+        <x:v>841183.29</x:v>
       </x:c>
       <x:c r="R148" s="4" t="n">
-        <x:v>67.01</x:v>
+        <x:v>59.93</x:v>
       </x:c>
       <x:c r="S148" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U148" s="4" t="n">
-        <x:v>803031.06</x:v>
+        <x:v>485384.2</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
-        <x:v>2408994</x:v>
+        <x:v>1231699.07</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
-        <x:v>99.91</x:v>
+        <x:v>195.41</x:v>
       </x:c>
       <x:c r="E149" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
         <x:v>2406900</x:v>
       </x:c>
       <x:c r="G149" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H149" s="4" t="n">
         <x:v>79.33</x:v>
       </x:c>
       <x:c r="I149" s="4" t="n">
-        <x:v>1911102.45</x:v>
+        <x:v>977131.17</x:v>
       </x:c>
       <x:c r="J149" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K149" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L149" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M149" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N149" s="4" t="n">
-        <x:v>1911102.45</x:v>
+        <x:v>977131.17</x:v>
       </x:c>
       <x:c r="O149" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="P149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="R149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="S149" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U149" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B150" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C150" s="4" t="n">
-        <x:v>1408176</x:v>
+        <x:v>719988.96</x:v>
       </x:c>
       <x:c r="D150" s="4" t="n">
-        <x:v>102.78</x:v>
+        <x:v>201.01</x:v>
       </x:c>
       <x:c r="E150" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
         <x:v>1447265.9</x:v>
       </x:c>
       <x:c r="G150" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H150" s="4" t="n">
         <x:v>48.89</x:v>
       </x:c>
       <x:c r="I150" s="4" t="n">
-        <x:v>688398.55</x:v>
+        <x:v>351972.6</x:v>
       </x:c>
       <x:c r="J150" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="K150" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L150" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M150" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N150" s="4" t="n">
-        <x:v>402864.5</x:v>
+        <x:v>205981.36</x:v>
       </x:c>
       <x:c r="O150" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P150" s="4" t="n">
         <x:v>44.13</x:v>
       </x:c>
       <x:c r="Q150" s="4" t="n">
-        <x:v>303767.22</x:v>
+        <x:v>155313.72</x:v>
       </x:c>
       <x:c r="R150" s="4" t="n">
         <x:v>21.57</x:v>
       </x:c>
       <x:c r="S150" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T150" s="4" t="n">
-        <x:v>182052.22</x:v>
+        <x:v>93081.82</x:v>
       </x:c>
       <x:c r="U150" s="4" t="n">
-        <x:v>182052.22</x:v>
+        <x:v>93081.82</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B151" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C151" s="4" t="n">
-        <x:v>938784</x:v>
+        <x:v>479992.64</x:v>
       </x:c>
       <x:c r="D151" s="4" t="n">
-        <x:v>147.77</x:v>
+        <x:v>289.02</x:v>
       </x:c>
       <x:c r="E151" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
         <x:v>1387256.4</x:v>
       </x:c>
       <x:c r="G151" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H151" s="4" t="n">
         <x:v>48.05</x:v>
       </x:c>
       <x:c r="I151" s="4" t="n">
-        <x:v>451116</x:v>
+        <x:v>230651.95</x:v>
       </x:c>
       <x:c r="J151" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K151" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L151" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M151" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N151" s="4" t="n">
-        <x:v>451116</x:v>
+        <x:v>230651.95</x:v>
       </x:c>
       <x:c r="O151" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P151" s="4" t="n">
         <x:v>94.98</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="n">
-        <x:v>428471.99</x:v>
+        <x:v>219074.25</x:v>
       </x:c>
       <x:c r="R151" s="4" t="n">
         <x:v>45.64</x:v>
       </x:c>
       <x:c r="S151" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="T151" s="4" t="n">
-        <x:v>428471.99</x:v>
+        <x:v>219074.25</x:v>
       </x:c>
       <x:c r="U151" s="4" t="n">
-        <x:v>428471.99</x:v>
+        <x:v>219074.25</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B152" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C152" s="4" t="n">
-        <x:v>919226</x:v>
+        <x:v>469992.79</x:v>
       </x:c>
       <x:c r="D152" s="4" t="n">
-        <x:v>100.39</x:v>
+        <x:v>196.35</x:v>
       </x:c>
       <x:c r="E152" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
         <x:v>922840</x:v>
       </x:c>
       <x:c r="G152" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H152" s="4" t="n">
         <x:v>88.49</x:v>
       </x:c>
       <x:c r="I152" s="4" t="n">
-        <x:v>813440</x:v>
+        <x:v>415905.27</x:v>
       </x:c>
       <x:c r="J152" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="K152" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L152" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M152" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N152" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O152" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="P152" s="4" t="n">
         <x:v>94.1</x:v>
       </x:c>
       <x:c r="Q152" s="4" t="n">
-        <x:v>765478.32</x:v>
+        <x:v>391382.87</x:v>
       </x:c>
       <x:c r="R152" s="4" t="n">
         <x:v>83.27</x:v>
       </x:c>
       <x:c r="S152" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="T152" s="4" t="n">
-        <x:v>765478.32</x:v>
+        <x:v>391382.87</x:v>
       </x:c>
       <x:c r="U152" s="4" t="n">
-        <x:v>765478.32</x:v>
+        <x:v>391382.83</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B153" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C153" s="4" t="n">
-        <x:v>2933700</x:v>
+        <x:v>1499976.99</x:v>
       </x:c>
       <x:c r="D153" s="4" t="n">
-        <x:v>233.43</x:v>
+        <x:v>456.55</x:v>
       </x:c>
       <x:c r="E153" s="5" t="n">
         <x:v>72</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
         <x:v>6848176.02</x:v>
       </x:c>
       <x:c r="G153" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H153" s="4" t="n">
         <x:v>199.85</x:v>
       </x:c>
       <x:c r="I153" s="4" t="n">
-        <x:v>5863033.24</x:v>
+        <x:v>2997721.33</x:v>
       </x:c>
       <x:c r="J153" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K153" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L153" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M153" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N153" s="4" t="n">
-        <x:v>2164209.06</x:v>
+        <x:v>1106542.54</x:v>
       </x:c>
       <x:c r="O153" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P153" s="4" t="n">
-        <x:v>61.34</x:v>
+        <x:v>59.66</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="n">
-        <x:v>3596336.28</x:v>
+        <x:v>1788442.2</x:v>
       </x:c>
       <x:c r="R153" s="4" t="n">
-        <x:v>122.59</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="S153" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T153" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U153" s="4" t="n">
-        <x:v>2132341.06</x:v>
+        <x:v>1265597.68</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
-        <x:v>2754800</x:v>
+        <x:v>1408506.87</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
-        <x:v>199.15</x:v>
+        <x:v>389.49</x:v>
       </x:c>
       <x:c r="E154" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
         <x:v>5486055.54</x:v>
       </x:c>
       <x:c r="G154" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H154" s="4" t="n">
         <x:v>90.99</x:v>
       </x:c>
       <x:c r="I154" s="4" t="n">
-        <x:v>2506522</x:v>
+        <x:v>1281564.35</x:v>
       </x:c>
       <x:c r="J154" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L154" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M154" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N154" s="4" t="n">
-        <x:v>407006.12</x:v>
+        <x:v>208098.92</x:v>
       </x:c>
       <x:c r="O154" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="P154" s="4" t="n">
         <x:v>91.81</x:v>
       </x:c>
       <x:c r="Q154" s="4" t="n">
-        <x:v>2301326.96</x:v>
+        <x:v>1176649.79</x:v>
       </x:c>
       <x:c r="R154" s="4" t="n">
         <x:v>83.54</x:v>
       </x:c>
       <x:c r="S154" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T154" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U154" s="4" t="n">
-        <x:v>1692538.25</x:v>
+        <x:v>967332.39</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
-        <x:v>187.62</x:v>
+        <x:v>366.94</x:v>
       </x:c>
       <x:c r="E155" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
         <x:v>7338890.38</x:v>
       </x:c>
       <x:c r="G155" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H155" s="4" t="n">
         <x:v>78.08</x:v>
       </x:c>
       <x:c r="I155" s="4" t="n">
-        <x:v>3054047.4</x:v>
+        <x:v>1561509.63</x:v>
       </x:c>
       <x:c r="J155" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K155" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="L155" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M155" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="N155" s="4" t="n">
-        <x:v>3054047.4</x:v>
+        <x:v>1561509.63</x:v>
       </x:c>
       <x:c r="O155" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="P155" s="4" t="n">
         <x:v>82.31</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="n">
-        <x:v>2513822.47</x:v>
+        <x:v>1285297.02</x:v>
       </x:c>
       <x:c r="R155" s="4" t="n">
         <x:v>64.26</x:v>
       </x:c>
       <x:c r="S155" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="T155" s="4" t="n">
-        <x:v>2320884.39</x:v>
+        <x:v>1186649.35</x:v>
       </x:c>
       <x:c r="U155" s="4" t="n">
-        <x:v>2352808.68</x:v>
+        <x:v>1202971.98</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B156" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C156" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D156" s="4" t="n">
-        <x:v>89.43</x:v>
+        <x:v>174.9</x:v>
       </x:c>
       <x:c r="E156" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
         <x:v>3498057.53</x:v>
       </x:c>
       <x:c r="G156" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H156" s="4" t="n">
         <x:v>79.79</x:v>
       </x:c>
       <x:c r="I156" s="4" t="n">
-        <x:v>3120918.38</x:v>
+        <x:v>1595700.22</x:v>
       </x:c>
       <x:c r="J156" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K156" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L156" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M156" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N156" s="4" t="n">
-        <x:v>3120918.38</x:v>
+        <x:v>1595700.22</x:v>
       </x:c>
       <x:c r="O156" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="P156" s="4" t="n">
         <x:v>91.36</x:v>
       </x:c>
       <x:c r="Q156" s="4" t="n">
-        <x:v>2851146.01</x:v>
+        <x:v>1457767.79</x:v>
       </x:c>
       <x:c r="R156" s="4" t="n">
         <x:v>72.89</x:v>
       </x:c>
       <x:c r="S156" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="T156" s="4" t="n">
-        <x:v>2751849.14</x:v>
+        <x:v>1406998.11</x:v>
       </x:c>
       <x:c r="U156" s="4" t="n">
-        <x:v>2765118.36</x:v>
+        <x:v>1413782.55</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B157" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C157" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D157" s="4" t="n">
-        <x:v>143.58</x:v>
+        <x:v>280.82</x:v>
       </x:c>
       <x:c r="E157" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
         <x:v>5616431.6</x:v>
       </x:c>
       <x:c r="G157" s="5" t="n">
-        <x:v>25</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="H157" s="4" t="n">
-        <x:v>114.97</x:v>
+        <x:v>107.07</x:v>
       </x:c>
       <x:c r="I157" s="4" t="n">
-        <x:v>4497271.82</x:v>
+        <x:v>2141498.8</x:v>
       </x:c>
       <x:c r="J157" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K157" s="5" t="n">
-        <x:v>25</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="L157" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M157" s="5" t="n">
-        <x:v>13</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="N157" s="4" t="n">
-        <x:v>4497271.82</x:v>
+        <x:v>2141498.8</x:v>
       </x:c>
       <x:c r="O157" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="4" t="n">
-        <x:v>92.5</x:v>
+        <x:v>99.32</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="n">
-        <x:v>4159758.93</x:v>
+        <x:v>2126850.96</x:v>
       </x:c>
       <x:c r="R157" s="4" t="n">
         <x:v>106.34</x:v>
       </x:c>
       <x:c r="S157" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="T157" s="4" t="n">
-        <x:v>3721001.63</x:v>
+        <x:v>1902517.92</x:v>
       </x:c>
       <x:c r="U157" s="4" t="n">
-        <x:v>4103650.62</x:v>
+        <x:v>2098144.61</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B158" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C158" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D158" s="4" t="n">
-        <x:v>102.22</x:v>
+        <x:v>199.92</x:v>
       </x:c>
       <x:c r="E158" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
         <x:v>3998460.97</x:v>
       </x:c>
       <x:c r="G158" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H158" s="4" t="n">
         <x:v>63.37</x:v>
       </x:c>
       <x:c r="I158" s="4" t="n">
-        <x:v>2478791.83</x:v>
+        <x:v>1267386.15</x:v>
       </x:c>
       <x:c r="J158" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K158" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L158" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M158" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N158" s="4" t="n">
-        <x:v>2478791.83</x:v>
+        <x:v>1267386.15</x:v>
       </x:c>
       <x:c r="O158" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P158" s="4" t="n">
         <x:v>112.94</x:v>
       </x:c>
       <x:c r="Q158" s="4" t="n">
-        <x:v>2799590.78</x:v>
+        <x:v>1431408.04</x:v>
       </x:c>
       <x:c r="R158" s="4" t="n">
         <x:v>71.57</x:v>
       </x:c>
       <x:c r="S158" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="T158" s="4" t="n">
-        <x:v>2702047.58</x:v>
+        <x:v>1381534.99</x:v>
       </x:c>
       <x:c r="U158" s="4" t="n">
-        <x:v>2697536.36</x:v>
+        <x:v>1379228.43</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B159" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C159" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D159" s="4" t="n">
-        <x:v>140.33</x:v>
+        <x:v>274.46</x:v>
       </x:c>
       <x:c r="E159" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F159" s="4" t="n">
         <x:v>5489233.29</x:v>
       </x:c>
       <x:c r="G159" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H159" s="4" t="n">
         <x:v>75.61</x:v>
       </x:c>
       <x:c r="I159" s="4" t="n">
-        <x:v>2957748.87</x:v>
+        <x:v>1512272.99</x:v>
       </x:c>
       <x:c r="J159" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K159" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M159" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N159" s="4" t="n">
-        <x:v>2957748.87</x:v>
+        <x:v>1512272.99</x:v>
       </x:c>
       <x:c r="O159" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="4" t="n">
         <x:v>106.27</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="n">
-        <x:v>3143069.09</x:v>
+        <x:v>1607025.69</x:v>
       </x:c>
       <x:c r="R159" s="4" t="n">
         <x:v>80.35</x:v>
       </x:c>
       <x:c r="S159" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="T159" s="4" t="n">
-        <x:v>2438064.13</x:v>
+        <x:v>1246562.38</x:v>
       </x:c>
       <x:c r="U159" s="4" t="n">
-        <x:v>2421273.91</x:v>
+        <x:v>1237977.68</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B160" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C160" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D160" s="4" t="n">
-        <x:v>79.88</x:v>
+        <x:v>156.23</x:v>
       </x:c>
       <x:c r="E160" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
         <x:v>3124577.72</x:v>
       </x:c>
       <x:c r="G160" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="H160" s="4" t="n">
         <x:v>71.83</x:v>
       </x:c>
       <x:c r="I160" s="4" t="n">
-        <x:v>2809644.14</x:v>
+        <x:v>1436548.25</x:v>
       </x:c>
       <x:c r="J160" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K160" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="L160" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M160" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N160" s="4" t="n">
-        <x:v>2809644.14</x:v>
+        <x:v>1436548.25</x:v>
       </x:c>
       <x:c r="O160" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="4" t="n">
         <x:v>80.84</x:v>
       </x:c>
       <x:c r="Q160" s="4" t="n">
-        <x:v>2271213</x:v>
+        <x:v>1161252.78</x:v>
       </x:c>
       <x:c r="R160" s="4" t="n">
         <x:v>58.06</x:v>
       </x:c>
       <x:c r="S160" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="T160" s="4" t="n">
-        <x:v>2071214.21</x:v>
+        <x:v>1058995.02</x:v>
       </x:c>
       <x:c r="U160" s="4" t="n">
-        <x:v>2238357.13</x:v>
+        <x:v>1144453.84</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B161" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C161" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D161" s="4" t="n">
-        <x:v>134.22</x:v>
+        <x:v>262.52</x:v>
       </x:c>
       <x:c r="E161" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
         <x:v>5250321.03</x:v>
       </x:c>
       <x:c r="G161" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H161" s="4" t="n">
         <x:v>77.12</x:v>
       </x:c>
       <x:c r="I161" s="4" t="n">
-        <x:v>3016748.2</x:v>
+        <x:v>1542438.85</x:v>
       </x:c>
       <x:c r="J161" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K161" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L161" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M161" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="N161" s="4" t="n">
-        <x:v>3016748.2</x:v>
+        <x:v>1542438.85</x:v>
       </x:c>
       <x:c r="O161" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="P161" s="4" t="n">
         <x:v>127.93</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="n">
-        <x:v>3859205.12</x:v>
+        <x:v>1973180.25</x:v>
       </x:c>
       <x:c r="R161" s="4" t="n">
         <x:v>98.66</x:v>
       </x:c>
       <x:c r="S161" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="T161" s="4" t="n">
-        <x:v>3526577.81</x:v>
+        <x:v>1803110.61</x:v>
       </x:c>
       <x:c r="U161" s="4" t="n">
-        <x:v>3256954.18</x:v>
+        <x:v>1665254.22</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B162" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C162" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D162" s="4" t="n">
-        <x:v>88.04</x:v>
+        <x:v>172.18</x:v>
       </x:c>
       <x:c r="E162" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
         <x:v>3443637.29</x:v>
       </x:c>
       <x:c r="G162" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H162" s="4" t="n">
         <x:v>66.35</x:v>
       </x:c>
       <x:c r="I162" s="4" t="n">
-        <x:v>2595372.37</x:v>
+        <x:v>1326992.85</x:v>
       </x:c>
       <x:c r="J162" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K162" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L162" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M162" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N162" s="4" t="n">
-        <x:v>2595372.37</x:v>
+        <x:v>1326992.85</x:v>
       </x:c>
       <x:c r="O162" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P162" s="4" t="n">
         <x:v>82.25</x:v>
       </x:c>
       <x:c r="Q162" s="4" t="n">
-        <x:v>2134687.13</x:v>
+        <x:v>1091448.24</x:v>
       </x:c>
       <x:c r="R162" s="4" t="n">
         <x:v>54.57</x:v>
       </x:c>
       <x:c r="S162" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="T162" s="4" t="n">
-        <x:v>1222906.25</x:v>
+        <x:v>625262.05</x:v>
       </x:c>
       <x:c r="U162" s="4" t="n">
-        <x:v>1561277.29</x:v>
+        <x:v>798268.39</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B163" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C163" s="4" t="n">
-        <x:v>3911660</x:v>
+        <x:v>2000000</x:v>
       </x:c>
       <x:c r="D163" s="4" t="n">
-        <x:v>92.2</x:v>
+        <x:v>180.33</x:v>
       </x:c>
       <x:c r="E163" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
         <x:v>3606664.42</x:v>
       </x:c>
       <x:c r="G163" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H163" s="4" t="n">
         <x:v>50.35</x:v>
       </x:c>
       <x:c r="I163" s="4" t="n">
-        <x:v>1969326.61</x:v>
+        <x:v>1006900.71</x:v>
       </x:c>
       <x:c r="J163" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K163" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L163" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M163" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N163" s="4" t="n">
-        <x:v>1969326.61</x:v>
+        <x:v>1006900.71</x:v>
       </x:c>
       <x:c r="O163" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P163" s="4" t="n">
         <x:v>136.54</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="n">
-        <x:v>2688995.96</x:v>
+        <x:v>1374861.8</x:v>
       </x:c>
       <x:c r="R163" s="4" t="n">
         <x:v>68.74</x:v>
       </x:c>
       <x:c r="S163" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="T163" s="4" t="n">
-        <x:v>2187250.05</x:v>
+        <x:v>1118323.2</x:v>
       </x:c>
       <x:c r="U163" s="4" t="n">
-        <x:v>2559421.55</x:v>
+        <x:v>1308611.46</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21" customFormat="1" ht="15" customHeight="1"/>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="D165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="F165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>101</x:v>
       </x:c>