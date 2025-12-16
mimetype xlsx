--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1714b79c7f3147d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0caa647994494904811432271f91575a.psmdcp" Id="Rd7f30492ba964c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6420ff90f6304fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9090feb8d1054557afafa82f6fb46232.psmdcp" Id="R0b05e4058ab44a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="projects" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <x:si>
     <x:t>Проекти МИГ</x:t>
   </x:si>
   <x:si>
     <x:t>МИГ</x:t>
   </x:si>
   <x:si>
@@ -910,57 +910,57 @@
       <x:c r="H5" s="4" t="n">
         <x:v>96.5</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
         <x:v>3601962.57</x:v>
       </x:c>
       <x:c r="J5" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K5" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L5" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M5" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N5" s="4" t="n">
         <x:v>2300941.82</x:v>
       </x:c>
       <x:c r="O5" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="P5" s="4" t="n">
-        <x:v>101.88</x:v>
+        <x:v>101.02</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="n">
-        <x:v>3669658.68</x:v>
+        <x:v>3638537.2</x:v>
       </x:c>
       <x:c r="R5" s="4" t="n">
-        <x:v>98.32</x:v>
+        <x:v>97.48</x:v>
       </x:c>
       <x:c r="S5" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T5" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U5" s="4" t="n">
         <x:v>2295714.93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1486430.8</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>76.82</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
@@ -1105,66 +1105,66 @@
       <x:c r="H8" s="4" t="n">
         <x:v>113.86</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>4250127.79</x:v>
       </x:c>
       <x:c r="J8" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K8" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L8" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M8" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N8" s="4" t="n">
         <x:v>724940.04</x:v>
       </x:c>
       <x:c r="O8" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="4" t="n">
-        <x:v>88.4</x:v>
+        <x:v>88.39</x:v>
       </x:c>
       <x:c r="Q8" s="4" t="n">
-        <x:v>3756933.03</x:v>
+        <x:v>3756618.03</x:v>
       </x:c>
       <x:c r="R8" s="4" t="n">
-        <x:v>100.65</x:v>
+        <x:v>100.64</x:v>
       </x:c>
       <x:c r="S8" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U8" s="4" t="n">
-        <x:v>2309792.88</x:v>
+        <x:v>2731174.21</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>2925000</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>161.66</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4728657.89</x:v>
       </x:c>
       <x:c r="G9" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
@@ -1365,66 +1365,66 @@
       <x:c r="H12" s="4" t="n">
         <x:v>124.23</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>4563062.12</x:v>
       </x:c>
       <x:c r="J12" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K12" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L12" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M12" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N12" s="4" t="n">
         <x:v>1433042.55</x:v>
       </x:c>
       <x:c r="O12" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P12" s="4" t="n">
-        <x:v>80.07</x:v>
+        <x:v>80.04</x:v>
       </x:c>
       <x:c r="Q12" s="4" t="n">
-        <x:v>3653557.52</x:v>
+        <x:v>3652057.52</x:v>
       </x:c>
       <x:c r="R12" s="4" t="n">
-        <x:v>99.47</x:v>
+        <x:v>99.43</x:v>
       </x:c>
       <x:c r="S12" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U12" s="4" t="n">
-        <x:v>2067581.99</x:v>
+        <x:v>2507442.38</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>97.52</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>1449514.29</x:v>
       </x:c>
       <x:c r="G13" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H13" s="4" t="n">
@@ -1560,66 +1560,66 @@
       <x:c r="H15" s="4" t="n">
         <x:v>101.29</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>3780887.66</x:v>
       </x:c>
       <x:c r="J15" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K15" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L15" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M15" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N15" s="4" t="n">
         <x:v>1531385.73</x:v>
       </x:c>
       <x:c r="O15" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P15" s="4" t="n">
-        <x:v>93.03</x:v>
+        <x:v>89.77</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="n">
-        <x:v>3517336.61</x:v>
+        <x:v>3394068.9</x:v>
       </x:c>
       <x:c r="R15" s="4" t="n">
-        <x:v>94.23</x:v>
+        <x:v>90.93</x:v>
       </x:c>
       <x:c r="S15" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U15" s="4" t="n">
-        <x:v>2538908.27</x:v>
+        <x:v>2673353.91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1979987</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>214.67</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>4250498.6</x:v>
       </x:c>
       <x:c r="G16" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
@@ -1755,66 +1755,66 @@
       <x:c r="H18" s="4" t="n">
         <x:v>98.56</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3679127.55</x:v>
       </x:c>
       <x:c r="J18" s="5" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K18" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L18" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M18" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N18" s="4" t="n">
         <x:v>1384145.84</x:v>
       </x:c>
       <x:c r="O18" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P18" s="4" t="n">
-        <x:v>81.44</x:v>
+        <x:v>80.91</x:v>
       </x:c>
       <x:c r="Q18" s="4" t="n">
-        <x:v>2996461.46</x:v>
+        <x:v>2976911.66</x:v>
       </x:c>
       <x:c r="R18" s="4" t="n">
-        <x:v>80.28</x:v>
+        <x:v>79.75</x:v>
       </x:c>
       <x:c r="S18" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U18" s="4" t="n">
-        <x:v>2080291.91</x:v>
+        <x:v>2477163.28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1372901.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>103.06</x:v>
       </x:c>
       <x:c r="E19" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1414877.79</x:v>
       </x:c>
       <x:c r="G19" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
@@ -1950,131 +1950,131 @@
       <x:c r="H21" s="4" t="n">
         <x:v>107.73</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>4021089.84</x:v>
       </x:c>
       <x:c r="J21" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K21" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L21" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M21" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N21" s="4" t="n">
         <x:v>766215.42</x:v>
       </x:c>
       <x:c r="O21" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P21" s="4" t="n">
-        <x:v>89.99</x:v>
+        <x:v>87.56</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="n">
-        <x:v>3618480.36</x:v>
+        <x:v>3520980.36</x:v>
       </x:c>
       <x:c r="R21" s="4" t="n">
-        <x:v>96.94</x:v>
+        <x:v>94.33</x:v>
       </x:c>
       <x:c r="S21" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U21" s="4" t="n">
-        <x:v>2031899.86</x:v>
+        <x:v>2354186.43</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>128.13</x:v>
       </x:c>
       <x:c r="E22" s="5" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
         <x:v>4782738.85</x:v>
       </x:c>
       <x:c r="G22" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
         <x:v>108.98</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
         <x:v>4067908.5</x:v>
       </x:c>
       <x:c r="J22" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K22" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L22" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M22" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N22" s="4" t="n">
         <x:v>54133.51</x:v>
       </x:c>
       <x:c r="O22" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P22" s="4" t="n">
-        <x:v>90.27</x:v>
+        <x:v>90.82</x:v>
       </x:c>
       <x:c r="Q22" s="4" t="n">
-        <x:v>3671963.5</x:v>
+        <x:v>3694410.43</x:v>
       </x:c>
       <x:c r="R22" s="4" t="n">
-        <x:v>98.37</x:v>
+        <x:v>98.97</x:v>
       </x:c>
       <x:c r="S22" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U22" s="4" t="n">
-        <x:v>2677232.15</x:v>
+        <x:v>3152268.71</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1955800</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>99.88</x:v>
       </x:c>
       <x:c r="E23" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>1953529.74</x:v>
       </x:c>
       <x:c r="G23" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H23" s="4" t="n">
@@ -2160,51 +2160,51 @@
       <x:c r="M24" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N24" s="4" t="n">
         <x:v>1711451.48</x:v>
       </x:c>
       <x:c r="O24" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="4" t="n">
         <x:v>104.74</x:v>
       </x:c>
       <x:c r="Q24" s="4" t="n">
         <x:v>4060573.39</x:v>
       </x:c>
       <x:c r="R24" s="4" t="n">
         <x:v>108.79</x:v>
       </x:c>
       <x:c r="S24" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U24" s="4" t="n">
-        <x:v>2913260.82</x:v>
+        <x:v>3133479.81</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
         <x:v>140.46</x:v>
       </x:c>
       <x:c r="E25" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>5243056.54</x:v>
       </x:c>
       <x:c r="G25" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H25" s="4" t="n">
@@ -2225,51 +2225,51 @@
       <x:c r="M25" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N25" s="4" t="n">
         <x:v>2936163.68</x:v>
       </x:c>
       <x:c r="O25" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P25" s="4" t="n">
         <x:v>78.18</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="n">
         <x:v>3351939.22</x:v>
       </x:c>
       <x:c r="R25" s="4" t="n">
         <x:v>89.8</x:v>
       </x:c>
       <x:c r="S25" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U25" s="4" t="n">
-        <x:v>2011469.05</x:v>
+        <x:v>2156854.05</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1955800</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>193.99</x:v>
       </x:c>
       <x:c r="E26" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
         <x:v>3794147.41</x:v>
       </x:c>
       <x:c r="G26" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H26" s="4" t="n">
@@ -2290,51 +2290,51 @@
       <x:c r="M26" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N26" s="4" t="n">
         <x:v>790288.03</x:v>
       </x:c>
       <x:c r="O26" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P26" s="4" t="n">
         <x:v>80.97</x:v>
       </x:c>
       <x:c r="Q26" s="4" t="n">
         <x:v>2671181.79</x:v>
       </x:c>
       <x:c r="R26" s="4" t="n">
         <x:v>136.58</x:v>
       </x:c>
       <x:c r="S26" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U26" s="4" t="n">
-        <x:v>1902112.51</x:v>
+        <x:v>2018130.65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>899680</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>70.06</x:v>
       </x:c>
       <x:c r="E27" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>630283.26</x:v>
       </x:c>
       <x:c r="G27" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
@@ -2485,51 +2485,51 @@
       <x:c r="M29" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N29" s="4" t="n">
         <x:v>1188841.86</x:v>
       </x:c>
       <x:c r="O29" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P29" s="4" t="n">
         <x:v>96.64</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="n">
         <x:v>3744465.69</x:v>
       </x:c>
       <x:c r="R29" s="4" t="n">
         <x:v>100.31</x:v>
       </x:c>
       <x:c r="S29" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U29" s="4" t="n">
-        <x:v>3548295.37</x:v>
+        <x:v>3684020.02</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>1353635.39</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>99.22</x:v>
       </x:c>
       <x:c r="E30" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>1343033.02</x:v>
       </x:c>
       <x:c r="G30" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
@@ -2647,149 +2647,149 @@
       <x:c r="B32" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>158.56</x:v>
       </x:c>
       <x:c r="E32" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
         <x:v>5918719.38</x:v>
       </x:c>
       <x:c r="G32" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H32" s="4" t="n">
         <x:v>106.4</x:v>
       </x:c>
       <x:c r="I32" s="4" t="n">
         <x:v>3971684.14</x:v>
       </x:c>
       <x:c r="J32" s="5" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="K32" s="5" t="n">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L32" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M32" s="5" t="n">
-        <x:v>11</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="N32" s="4" t="n">
-        <x:v>3614054.38</x:v>
+        <x:v>3971684.14</x:v>
       </x:c>
       <x:c r="O32" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P32" s="4" t="n">
-        <x:v>88.63</x:v>
+        <x:v>85.61</x:v>
       </x:c>
       <x:c r="Q32" s="4" t="n">
-        <x:v>3519918.79</x:v>
+        <x:v>3400254.03</x:v>
       </x:c>
       <x:c r="R32" s="4" t="n">
-        <x:v>94.3</x:v>
+        <x:v>91.09</x:v>
       </x:c>
       <x:c r="S32" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U32" s="4" t="n">
-        <x:v>2300960.73</x:v>
+        <x:v>2330640.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>3732000</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
         <x:v>156.78</x:v>
       </x:c>
       <x:c r="E33" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>5851087.72</x:v>
       </x:c>
       <x:c r="G33" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H33" s="4" t="n">
         <x:v>139.21</x:v>
       </x:c>
       <x:c r="I33" s="4" t="n">
         <x:v>5195208.85</x:v>
       </x:c>
       <x:c r="J33" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="K33" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L33" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M33" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N33" s="4" t="n">
         <x:v>725621.67</x:v>
       </x:c>
       <x:c r="O33" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="4" t="n">
-        <x:v>70.49</x:v>
+        <x:v>69.54</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="n">
-        <x:v>3662274.29</x:v>
+        <x:v>3612681.29</x:v>
       </x:c>
       <x:c r="R33" s="4" t="n">
-        <x:v>98.13</x:v>
+        <x:v>96.8</x:v>
       </x:c>
       <x:c r="S33" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U33" s="4" t="n">
-        <x:v>2773377.29</x:v>
+        <x:v>2952010.63</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>1480000</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
         <x:v>169.34</x:v>
       </x:c>
       <x:c r="E34" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
         <x:v>2506226.08</x:v>
       </x:c>
       <x:c r="G34" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
@@ -2940,116 +2940,116 @@
       <x:c r="M36" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N36" s="4" t="n">
         <x:v>601871.35</x:v>
       </x:c>
       <x:c r="O36" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P36" s="4" t="n">
         <x:v>83.17</x:v>
       </x:c>
       <x:c r="Q36" s="4" t="n">
         <x:v>3638575.53</x:v>
       </x:c>
       <x:c r="R36" s="4" t="n">
         <x:v>97.52</x:v>
       </x:c>
       <x:c r="S36" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U36" s="4" t="n">
-        <x:v>2553898.32</x:v>
+        <x:v>2628898.32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>171.43</x:v>
       </x:c>
       <x:c r="E37" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>6398896.78</x:v>
       </x:c>
       <x:c r="G37" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
         <x:v>129.73</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
         <x:v>4842419.32</x:v>
       </x:c>
       <x:c r="J37" s="5" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K37" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L37" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M37" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O37" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P37" s="4" t="n">
-        <x:v>77.19</x:v>
+        <x:v>76.74</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="n">
-        <x:v>3737779.54</x:v>
+        <x:v>3715890.56</x:v>
       </x:c>
       <x:c r="R37" s="4" t="n">
-        <x:v>100.14</x:v>
+        <x:v>99.55</x:v>
       </x:c>
       <x:c r="S37" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U37" s="4" t="n">
-        <x:v>1957523.38</x:v>
+        <x:v>2834790</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>145.43</x:v>
       </x:c>
       <x:c r="E38" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>5428379.82</x:v>
       </x:c>
       <x:c r="G38" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H38" s="4" t="n">
@@ -3070,51 +3070,51 @@
       <x:c r="M38" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="N38" s="4" t="n">
         <x:v>1292392.86</x:v>
       </x:c>
       <x:c r="O38" s="5" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="4" t="n">
         <x:v>109.45</x:v>
       </x:c>
       <x:c r="Q38" s="4" t="n">
         <x:v>3538457.83</x:v>
       </x:c>
       <x:c r="R38" s="4" t="n">
         <x:v>94.8</x:v>
       </x:c>
       <x:c r="S38" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U38" s="4" t="n">
-        <x:v>1896199.84</x:v>
+        <x:v>2528559.34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>114.24</x:v>
       </x:c>
       <x:c r="E39" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>1698094.83</x:v>
       </x:c>
       <x:c r="G39" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H39" s="4" t="n">
@@ -3250,66 +3250,66 @@
       <x:c r="H41" s="4" t="n">
         <x:v>155.3</x:v>
       </x:c>
       <x:c r="I41" s="4" t="n">
         <x:v>4556112.77</x:v>
       </x:c>
       <x:c r="J41" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K41" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L41" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M41" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N41" s="4" t="n">
         <x:v>1339933.77</x:v>
       </x:c>
       <x:c r="O41" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P41" s="4" t="n">
-        <x:v>77.01</x:v>
+        <x:v>75.94</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="n">
-        <x:v>3508629.77</x:v>
+        <x:v>3459930.17</x:v>
       </x:c>
       <x:c r="R41" s="4" t="n">
-        <x:v>119.6</x:v>
+        <x:v>117.94</x:v>
       </x:c>
       <x:c r="S41" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T41" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U41" s="4" t="n">
-        <x:v>2095847.15</x:v>
+        <x:v>2440506.71</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>447202.48</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>99.71</x:v>
       </x:c>
       <x:c r="E42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>445900.18</x:v>
       </x:c>
       <x:c r="G42" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H42" s="4" t="n">
@@ -3590,116 +3590,116 @@
       <x:c r="M46" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N46" s="4" t="n">
         <x:v>136817.62</x:v>
       </x:c>
       <x:c r="O46" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P46" s="4" t="n">
         <x:v>87.89</x:v>
       </x:c>
       <x:c r="Q46" s="4" t="n">
         <x:v>2414490.04</x:v>
       </x:c>
       <x:c r="R46" s="4" t="n">
         <x:v>87.65</x:v>
       </x:c>
       <x:c r="S46" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T46" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U46" s="4" t="n">
-        <x:v>1878070.05</x:v>
+        <x:v>1933072.05</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>129.2</x:v>
       </x:c>
       <x:c r="E47" s="5" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>4822836.29</x:v>
       </x:c>
       <x:c r="G47" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H47" s="4" t="n">
         <x:v>102.98</x:v>
       </x:c>
       <x:c r="I47" s="4" t="n">
         <x:v>3844008.69</x:v>
       </x:c>
       <x:c r="J47" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K47" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L47" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M47" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N47" s="4" t="n">
         <x:v>1324745.83</x:v>
       </x:c>
       <x:c r="O47" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P47" s="4" t="n">
-        <x:v>94.71</x:v>
+        <x:v>93.93</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="n">
-        <x:v>3640734.13</x:v>
+        <x:v>3610834.48</x:v>
       </x:c>
       <x:c r="R47" s="4" t="n">
-        <x:v>97.54</x:v>
+        <x:v>96.73</x:v>
       </x:c>
       <x:c r="S47" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T47" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U47" s="4" t="n">
-        <x:v>2660829.04</x:v>
+        <x:v>2687710.04</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
         <x:v>158.31</x:v>
       </x:c>
       <x:c r="E48" s="5" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
         <x:v>5909376.35</x:v>
       </x:c>
       <x:c r="G48" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H48" s="4" t="n">
@@ -3720,172 +3720,172 @@
       <x:c r="M48" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="N48" s="4" t="n">
         <x:v>2077183.07</x:v>
       </x:c>
       <x:c r="O48" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P48" s="4" t="n">
         <x:v>91.33</x:v>
       </x:c>
       <x:c r="Q48" s="4" t="n">
         <x:v>3457965.19</x:v>
       </x:c>
       <x:c r="R48" s="4" t="n">
         <x:v>92.64</x:v>
       </x:c>
       <x:c r="S48" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U48" s="4" t="n">
-        <x:v>2105718.76</x:v>
+        <x:v>2473185.65</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>184.51</x:v>
       </x:c>
       <x:c r="E49" s="5" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>6887256.79</x:v>
       </x:c>
       <x:c r="G49" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H49" s="4" t="n">
         <x:v>125.36</x:v>
       </x:c>
       <x:c r="I49" s="4" t="n">
         <x:v>4679361.3</x:v>
       </x:c>
       <x:c r="J49" s="5" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K49" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="L49" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="M49" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N49" s="4" t="n">
         <x:v>288441.8</x:v>
       </x:c>
       <x:c r="O49" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P49" s="4" t="n">
-        <x:v>79.26</x:v>
+        <x:v>76.08</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="n">
-        <x:v>3708698.05</x:v>
+        <x:v>3559849.56</x:v>
       </x:c>
       <x:c r="R49" s="4" t="n">
-        <x:v>99.36</x:v>
+        <x:v>95.37</x:v>
       </x:c>
       <x:c r="S49" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U49" s="4" t="n">
-        <x:v>2439808.8</x:v>
+        <x:v>2455964.46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>3731000</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>117.28</x:v>
       </x:c>
       <x:c r="E50" s="5" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F50" s="4" t="n">
         <x:v>4375808.23</x:v>
       </x:c>
       <x:c r="G50" s="5" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H50" s="4" t="n">
         <x:v>114.27</x:v>
       </x:c>
       <x:c r="I50" s="4" t="n">
         <x:v>4263500.88</x:v>
       </x:c>
       <x:c r="J50" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K50" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L50" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="M50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N50" s="4" t="n">
         <x:v>2351445.66</x:v>
       </x:c>
       <x:c r="O50" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P50" s="4" t="n">
-        <x:v>86.81</x:v>
+        <x:v>85.64</x:v>
       </x:c>
       <x:c r="Q50" s="4" t="n">
-        <x:v>3701023.04</x:v>
+        <x:v>3651236.04</x:v>
       </x:c>
       <x:c r="R50" s="4" t="n">
-        <x:v>99.2</x:v>
+        <x:v>97.86</x:v>
       </x:c>
       <x:c r="S50" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U50" s="4" t="n">
         <x:v>2812637.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B51" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>599247.52</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E51" s="5" t="n">
@@ -4030,66 +4030,66 @@
       <x:c r="H53" s="4" t="n">
         <x:v>116.17</x:v>
       </x:c>
       <x:c r="I53" s="4" t="n">
         <x:v>3408049.12</x:v>
       </x:c>
       <x:c r="J53" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L53" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="M53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O53" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P53" s="4" t="n">
-        <x:v>100.77</x:v>
+        <x:v>100.76</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="n">
-        <x:v>3434199.18</x:v>
+        <x:v>3433885.73</x:v>
       </x:c>
       <x:c r="R53" s="4" t="n">
-        <x:v>117.06</x:v>
+        <x:v>117.05</x:v>
       </x:c>
       <x:c r="S53" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U53" s="4" t="n">
-        <x:v>1113959.9</x:v>
+        <x:v>2283663.37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B54" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
         <x:v>98.4</x:v>
       </x:c>
       <x:c r="E54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
         <x:v>1462592</x:v>
       </x:c>
       <x:c r="G54" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H54" s="4" t="n">
@@ -4240,116 +4240,116 @@
       <x:c r="M56" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O56" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="P56" s="4" t="n">
         <x:v>87.87</x:v>
       </x:c>
       <x:c r="Q56" s="4" t="n">
         <x:v>794366.1</x:v>
       </x:c>
       <x:c r="R56" s="4" t="n">
         <x:v>81.23</x:v>
       </x:c>
       <x:c r="S56" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="T56" s="4" t="n">
         <x:v>794366.1</x:v>
       </x:c>
       <x:c r="U56" s="4" t="n">
-        <x:v>807675.06</x:v>
+        <x:v>794366.1</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B57" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>183.11</x:v>
       </x:c>
       <x:c r="E57" s="5" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F57" s="4" t="n">
         <x:v>6834931.16</x:v>
       </x:c>
       <x:c r="G57" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H57" s="4" t="n">
         <x:v>129.1</x:v>
       </x:c>
       <x:c r="I57" s="4" t="n">
         <x:v>4818896.79</x:v>
       </x:c>
       <x:c r="J57" s="5" t="n">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K57" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L57" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M57" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N57" s="4" t="n">
         <x:v>782183.8</x:v>
       </x:c>
       <x:c r="O57" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P57" s="4" t="n">
-        <x:v>77.35</x:v>
+        <x:v>74.56</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="n">
-        <x:v>3727451.45</x:v>
+        <x:v>3593036.14</x:v>
       </x:c>
       <x:c r="R57" s="4" t="n">
-        <x:v>99.86</x:v>
+        <x:v>96.26</x:v>
       </x:c>
       <x:c r="S57" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U57" s="4" t="n">
-        <x:v>2131874.49</x:v>
+        <x:v>2442818.12</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B58" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>96.98</x:v>
       </x:c>
       <x:c r="E58" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F58" s="4" t="n">
         <x:v>1441460.49</x:v>
       </x:c>
       <x:c r="G58" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H58" s="4" t="n">
@@ -4485,66 +4485,66 @@
       <x:c r="H60" s="4" t="n">
         <x:v>103.91</x:v>
       </x:c>
       <x:c r="I60" s="4" t="n">
         <x:v>2862482.55</x:v>
       </x:c>
       <x:c r="J60" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O60" s="5" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="4" t="n">
-        <x:v>96.7</x:v>
+        <x:v>94.02</x:v>
       </x:c>
       <x:c r="Q60" s="4" t="n">
-        <x:v>2767894.32</x:v>
+        <x:v>2691242.67</x:v>
       </x:c>
       <x:c r="R60" s="4" t="n">
-        <x:v>100.47</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="S60" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U60" s="4" t="n">
-        <x:v>1792241.07</x:v>
+        <x:v>1967996.84</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
         <x:v>549174.47</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>204.97</x:v>
       </x:c>
       <x:c r="E61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
         <x:v>1125616.66</x:v>
       </x:c>
       <x:c r="G61" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H61" s="4" t="n">
@@ -4695,116 +4695,116 @@
       <x:c r="M63" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N63" s="4" t="n">
         <x:v>586829.03</x:v>
       </x:c>
       <x:c r="O63" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="P63" s="4" t="n">
         <x:v>88.1</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="n">
         <x:v>3376386.43</x:v>
       </x:c>
       <x:c r="R63" s="4" t="n">
         <x:v>90.45</x:v>
       </x:c>
       <x:c r="S63" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U63" s="4" t="n">
-        <x:v>1634684.6</x:v>
+        <x:v>2281698.64</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B64" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
         <x:v>2925000</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
         <x:v>170.63</x:v>
       </x:c>
       <x:c r="E64" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
         <x:v>4990815.77</x:v>
       </x:c>
       <x:c r="G64" s="5" t="n">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H64" s="4" t="n">
         <x:v>121.49</x:v>
       </x:c>
       <x:c r="I64" s="4" t="n">
         <x:v>3553478.28</x:v>
       </x:c>
       <x:c r="J64" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L64" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M64" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="N64" s="4" t="n">
         <x:v>166740</x:v>
       </x:c>
       <x:c r="O64" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P64" s="4" t="n">
-        <x:v>101.53</x:v>
+        <x:v>98.72</x:v>
       </x:c>
       <x:c r="Q64" s="4" t="n">
-        <x:v>3607920.46</x:v>
+        <x:v>3507994.04</x:v>
       </x:c>
       <x:c r="R64" s="4" t="n">
-        <x:v>123.35</x:v>
+        <x:v>119.93</x:v>
       </x:c>
       <x:c r="S64" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T64" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U64" s="4" t="n">
-        <x:v>895479.19</x:v>
+        <x:v>1354522.49</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B65" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
         <x:v>900000</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
         <x:v>157.62</x:v>
       </x:c>
       <x:c r="E65" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
         <x:v>1418542.63</x:v>
       </x:c>
       <x:c r="G65" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="H65" s="4" t="n">
@@ -4890,116 +4890,116 @@
       <x:c r="M66" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O66" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="P66" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="Q66" s="4" t="n">
         <x:v>1231492.64</x:v>
       </x:c>
       <x:c r="R66" s="4" t="n">
         <x:v>63.15</x:v>
       </x:c>
       <x:c r="S66" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="T66" s="4" t="n">
         <x:v>1231492.64</x:v>
       </x:c>
       <x:c r="U66" s="4" t="n">
-        <x:v>1616293.68</x:v>
+        <x:v>1566293.68</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B67" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
         <x:v>3732660</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
         <x:v>138.47</x:v>
       </x:c>
       <x:c r="E67" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F67" s="4" t="n">
         <x:v>5168525.06</x:v>
       </x:c>
       <x:c r="G67" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="H67" s="4" t="n">
         <x:v>102.46</x:v>
       </x:c>
       <x:c r="I67" s="4" t="n">
         <x:v>3824655.76</x:v>
       </x:c>
       <x:c r="J67" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L67" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="M67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O67" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P67" s="4" t="n">
-        <x:v>78.8</x:v>
+        <x:v>78.78</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="n">
-        <x:v>3013846.98</x:v>
+        <x:v>3013066.22</x:v>
       </x:c>
       <x:c r="R67" s="4" t="n">
-        <x:v>80.74</x:v>
+        <x:v>80.72</x:v>
       </x:c>
       <x:c r="S67" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T67" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U67" s="4" t="n">
-        <x:v>1219759.06</x:v>
+        <x:v>1276824.06</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
         <x:v>762529.68</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>199.93</x:v>
       </x:c>
       <x:c r="E68" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
         <x:v>1524491.31</x:v>
       </x:c>
       <x:c r="G68" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H68" s="4" t="n">
@@ -5138,63 +5138,63 @@
       <x:c r="I70" s="4" t="n">
         <x:v>4486029.58</x:v>
       </x:c>
       <x:c r="J70" s="5" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K70" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L70" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="M70" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N70" s="4" t="n">
         <x:v>263922.03</x:v>
       </x:c>
       <x:c r="O70" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P70" s="4" t="n">
         <x:v>82.25</x:v>
       </x:c>
       <x:c r="Q70" s="4" t="n">
-        <x:v>3689943.16</x:v>
+        <x:v>3689915.19</x:v>
       </x:c>
       <x:c r="R70" s="4" t="n">
         <x:v>125.78</x:v>
       </x:c>
       <x:c r="S70" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T70" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U70" s="4" t="n">
-        <x:v>2448768.78</x:v>
+        <x:v>3111536.05</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B71" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
         <x:v>127.57</x:v>
       </x:c>
       <x:c r="E71" s="5" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
         <x:v>1896216.14</x:v>
       </x:c>
       <x:c r="G71" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H71" s="4" t="n">
@@ -5655,57 +5655,57 @@
       <x:c r="H78" s="4" t="n">
         <x:v>147.17</x:v>
       </x:c>
       <x:c r="I78" s="4" t="n">
         <x:v>4317678.33</x:v>
       </x:c>
       <x:c r="J78" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K78" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L78" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="M78" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N78" s="4" t="n">
         <x:v>4238613.19</x:v>
       </x:c>
       <x:c r="O78" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P78" s="4" t="n">
-        <x:v>76.88</x:v>
+        <x:v>74.73</x:v>
       </x:c>
       <x:c r="Q78" s="4" t="n">
-        <x:v>3319302.17</x:v>
+        <x:v>3226603.97</x:v>
       </x:c>
       <x:c r="R78" s="4" t="n">
-        <x:v>113.14</x:v>
+        <x:v>109.98</x:v>
       </x:c>
       <x:c r="S78" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T78" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U78" s="4" t="n">
         <x:v>2641962.75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
         <x:v>2933745</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
         <x:v>159.61</x:v>
       </x:c>
       <x:c r="E79" s="5" t="n">
@@ -5735,51 +5735,51 @@
       <x:c r="M79" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="N79" s="4" t="n">
         <x:v>1339049.41</x:v>
       </x:c>
       <x:c r="O79" s="5" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P79" s="4" t="n">
         <x:v>99.42</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="n">
         <x:v>3732812.14</x:v>
       </x:c>
       <x:c r="R79" s="4" t="n">
         <x:v>127.24</x:v>
       </x:c>
       <x:c r="S79" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T79" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U79" s="4" t="n">
-        <x:v>2153611.27</x:v>
+        <x:v>2474249.46</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B80" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
         <x:v>1486000</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
         <x:v>144.81</x:v>
       </x:c>
       <x:c r="E80" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
         <x:v>2151912</x:v>
       </x:c>
       <x:c r="G80" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H80" s="4" t="n">
@@ -5850,66 +5850,66 @@
       <x:c r="H81" s="4" t="n">
         <x:v>117.14</x:v>
       </x:c>
       <x:c r="I81" s="4" t="n">
         <x:v>4372617.6</x:v>
       </x:c>
       <x:c r="J81" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K81" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="L81" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="M81" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N81" s="4" t="n">
         <x:v>234058.99</x:v>
       </x:c>
       <x:c r="O81" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P81" s="4" t="n">
-        <x:v>82.04</x:v>
+        <x:v>82.01</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="n">
-        <x:v>3587402.54</x:v>
+        <x:v>3585969.12</x:v>
       </x:c>
       <x:c r="R81" s="4" t="n">
-        <x:v>96.11</x:v>
+        <x:v>96.07</x:v>
       </x:c>
       <x:c r="S81" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T81" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U81" s="4" t="n">
-        <x:v>2362155.07</x:v>
+        <x:v>2586425.89</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B82" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
         <x:v>821448</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
         <x:v>136.59</x:v>
       </x:c>
       <x:c r="E82" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
         <x:v>1122023.54</x:v>
       </x:c>
       <x:c r="G82" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H82" s="4" t="n">
@@ -5995,51 +5995,51 @@
       <x:c r="M83" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N83" s="4" t="n">
         <x:v>49650</x:v>
       </x:c>
       <x:c r="O83" s="5" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P83" s="4" t="n">
         <x:v>76.49</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="n">
         <x:v>3277980.07</x:v>
       </x:c>
       <x:c r="R83" s="4" t="n">
         <x:v>87.82</x:v>
       </x:c>
       <x:c r="S83" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T83" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U83" s="4" t="n">
-        <x:v>2096055.47</x:v>
+        <x:v>2396366.95</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B84" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
         <x:v>1291181.27</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>112.59</x:v>
       </x:c>
       <x:c r="E84" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
         <x:v>1453779.98</x:v>
       </x:c>
       <x:c r="G84" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="H84" s="4" t="n">
@@ -6175,66 +6175,66 @@
       <x:c r="H86" s="4" t="n">
         <x:v>103.82</x:v>
       </x:c>
       <x:c r="I86" s="4" t="n">
         <x:v>3875230.75</x:v>
       </x:c>
       <x:c r="J86" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K86" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L86" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M86" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N86" s="4" t="n">
         <x:v>194373.56</x:v>
       </x:c>
       <x:c r="O86" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="P86" s="4" t="n">
-        <x:v>86.69</x:v>
+        <x:v>79.76</x:v>
       </x:c>
       <x:c r="Q86" s="4" t="n">
-        <x:v>3359511.39</x:v>
+        <x:v>3090875.19</x:v>
       </x:c>
       <x:c r="R86" s="4" t="n">
-        <x:v>90</x:v>
+        <x:v>82.8</x:v>
       </x:c>
       <x:c r="S86" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T86" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U86" s="4" t="n">
-        <x:v>1570538.16</x:v>
+        <x:v>1919698.5</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B87" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
         <x:v>1486430.8</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
         <x:v>136.25</x:v>
       </x:c>
       <x:c r="E87" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F87" s="4" t="n">
         <x:v>2025194.71</x:v>
       </x:c>
       <x:c r="G87" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H87" s="4" t="n">
@@ -6385,51 +6385,51 @@
       <x:c r="M89" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N89" s="4" t="n">
         <x:v>644888.16</x:v>
       </x:c>
       <x:c r="O89" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P89" s="4" t="n">
         <x:v>101.87</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="n">
         <x:v>3488326.14</x:v>
       </x:c>
       <x:c r="R89" s="4" t="n">
         <x:v>93.45</x:v>
       </x:c>
       <x:c r="S89" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T89" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U89" s="4" t="n">
-        <x:v>2230719.63</x:v>
+        <x:v>2328300.94</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B90" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
         <x:v>145.82</x:v>
       </x:c>
       <x:c r="E90" s="5" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
         <x:v>5443083.31</x:v>
       </x:c>
       <x:c r="G90" s="5" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H90" s="4" t="n">
@@ -6438,128 +6438,128 @@
       <x:c r="I90" s="4" t="n">
         <x:v>4324180</x:v>
       </x:c>
       <x:c r="J90" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K90" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="L90" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M90" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N90" s="4" t="n">
         <x:v>1179851.29</x:v>
       </x:c>
       <x:c r="O90" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P90" s="4" t="n">
         <x:v>78.54</x:v>
       </x:c>
       <x:c r="Q90" s="4" t="n">
-        <x:v>3396323.49</x:v>
+        <x:v>3396321.82</x:v>
       </x:c>
       <x:c r="R90" s="4" t="n">
         <x:v>90.99</x:v>
       </x:c>
       <x:c r="S90" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T90" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U90" s="4" t="n">
-        <x:v>1761422.73</x:v>
+        <x:v>1950276.23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B91" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
         <x:v>3732745</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
         <x:v>132.37</x:v>
       </x:c>
       <x:c r="E91" s="5" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
         <x:v>4940941.36</x:v>
       </x:c>
       <x:c r="G91" s="5" t="n">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H91" s="4" t="n">
         <x:v>112.83</x:v>
       </x:c>
       <x:c r="I91" s="4" t="n">
         <x:v>4211606.31</x:v>
       </x:c>
       <x:c r="J91" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K91" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L91" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M91" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N91" s="4" t="n">
         <x:v>574812.92</x:v>
       </x:c>
       <x:c r="O91" s="5" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P91" s="4" t="n">
-        <x:v>85.86</x:v>
+        <x:v>81.4</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="n">
-        <x:v>3615971.6</x:v>
+        <x:v>3428241.7</x:v>
       </x:c>
       <x:c r="R91" s="4" t="n">
-        <x:v>96.87</x:v>
+        <x:v>91.84</x:v>
       </x:c>
       <x:c r="S91" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T91" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U91" s="4" t="n">
-        <x:v>2103225.95</x:v>
+        <x:v>2479386.8</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B92" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
         <x:v>1486000</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
         <x:v>156.72</x:v>
       </x:c>
       <x:c r="E92" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
         <x:v>2328837.09</x:v>
       </x:c>
       <x:c r="G92" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H92" s="4" t="n">
@@ -6890,66 +6890,66 @@
       <x:c r="H97" s="4" t="n">
         <x:v>137.93</x:v>
       </x:c>
       <x:c r="I97" s="4" t="n">
         <x:v>4046598.31</x:v>
       </x:c>
       <x:c r="J97" s="5" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="K97" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="L97" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M97" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N97" s="4" t="n">
         <x:v>1714492.83</x:v>
       </x:c>
       <x:c r="O97" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P97" s="4" t="n">
-        <x:v>90.27</x:v>
+        <x:v>89.16</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="n">
-        <x:v>3652833.54</x:v>
+        <x:v>3607833.54</x:v>
       </x:c>
       <x:c r="R97" s="4" t="n">
-        <x:v>124.51</x:v>
+        <x:v>122.98</x:v>
       </x:c>
       <x:c r="S97" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="T97" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U97" s="4" t="n">
-        <x:v>2974833.09</x:v>
+        <x:v>3155020.48</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B98" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
         <x:v>1480000</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
         <x:v>128.21</x:v>
       </x:c>
       <x:c r="E98" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
         <x:v>1897517.29</x:v>
       </x:c>
       <x:c r="G98" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H98" s="4" t="n">
@@ -7088,119 +7088,119 @@
       <x:c r="I100" s="4" t="n">
         <x:v>3857590.81</x:v>
       </x:c>
       <x:c r="J100" s="5" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K100" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="L100" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M100" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N100" s="4" t="n">
         <x:v>642744.07</x:v>
       </x:c>
       <x:c r="O100" s="5" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P100" s="4" t="n">
         <x:v>97.21</x:v>
       </x:c>
       <x:c r="Q100" s="4" t="n">
-        <x:v>3750078.49</x:v>
+        <x:v>3749992.24</x:v>
       </x:c>
       <x:c r="R100" s="4" t="n">
         <x:v>100.46</x:v>
       </x:c>
       <x:c r="S100" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T100" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U100" s="4" t="n">
-        <x:v>1857456.21</x:v>
+        <x:v>2077106.11</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B101" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
         <x:v>3732000</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
         <x:v>162.83</x:v>
       </x:c>
       <x:c r="E101" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
         <x:v>6076846.39</x:v>
       </x:c>
       <x:c r="G101" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H101" s="4" t="n">
         <x:v>121.49</x:v>
       </x:c>
       <x:c r="I101" s="4" t="n">
         <x:v>4533964.61</x:v>
       </x:c>
       <x:c r="J101" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K101" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L101" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="M101" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N101" s="4" t="n">
         <x:v>4533964.61</x:v>
       </x:c>
       <x:c r="O101" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P101" s="4" t="n">
-        <x:v>82.34</x:v>
+        <x:v>80.49</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="n">
-        <x:v>3733200.01</x:v>
+        <x:v>3649273.14</x:v>
       </x:c>
       <x:c r="R101" s="4" t="n">
-        <x:v>100.03</x:v>
+        <x:v>97.78</x:v>
       </x:c>
       <x:c r="S101" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T101" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U101" s="4" t="n">
         <x:v>2834866.75</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B102" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
         <x:v>1167055</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="E102" s="5" t="n">
@@ -7425,181 +7425,181 @@
       <x:c r="M105" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N105" s="4" t="n">
         <x:v>1070710.19</x:v>
       </x:c>
       <x:c r="O105" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P105" s="4" t="n">
         <x:v>68.85</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="n">
         <x:v>3606510.9</x:v>
       </x:c>
       <x:c r="R105" s="4" t="n">
         <x:v>96.62</x:v>
       </x:c>
       <x:c r="S105" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T105" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U105" s="4" t="n">
-        <x:v>2149093.88</x:v>
+        <x:v>2228972.88</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B106" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
         <x:v>2754825</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
         <x:v>155.95</x:v>
       </x:c>
       <x:c r="E106" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
         <x:v>4296178.92</x:v>
       </x:c>
       <x:c r="G106" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H106" s="4" t="n">
         <x:v>119.05</x:v>
       </x:c>
       <x:c r="I106" s="4" t="n">
         <x:v>3279556.83</x:v>
       </x:c>
       <x:c r="J106" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="L106" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M106" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N106" s="4" t="n">
         <x:v>812194.37</x:v>
       </x:c>
       <x:c r="O106" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P106" s="4" t="n">
-        <x:v>82.23</x:v>
+        <x:v>82.06</x:v>
       </x:c>
       <x:c r="Q106" s="4" t="n">
-        <x:v>2696647.79</x:v>
+        <x:v>2691138.48</x:v>
       </x:c>
       <x:c r="R106" s="4" t="n">
-        <x:v>97.89</x:v>
+        <x:v>97.69</x:v>
       </x:c>
       <x:c r="S106" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T106" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U106" s="4" t="n">
-        <x:v>1969877.58</x:v>
+        <x:v>2085400.64</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B107" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
         <x:v>176.61</x:v>
       </x:c>
       <x:c r="E107" s="5" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
         <x:v>6592413.25</x:v>
       </x:c>
       <x:c r="G107" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H107" s="4" t="n">
         <x:v>131.36</x:v>
       </x:c>
       <x:c r="I107" s="4" t="n">
         <x:v>4903097.65</x:v>
       </x:c>
       <x:c r="J107" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="L107" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M107" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="N107" s="4" t="n">
         <x:v>1937114.08</x:v>
       </x:c>
       <x:c r="O107" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P107" s="4" t="n">
-        <x:v>72.06</x:v>
+        <x:v>72.04</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="n">
-        <x:v>3533123.31</x:v>
+        <x:v>3532322.99</x:v>
       </x:c>
       <x:c r="R107" s="4" t="n">
-        <x:v>94.65</x:v>
+        <x:v>94.63</x:v>
       </x:c>
       <x:c r="S107" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T107" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U107" s="4" t="n">
-        <x:v>1972763.02</x:v>
+        <x:v>2278496.64</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B108" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
         <x:v>1175710.49</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
         <x:v>163</x:v>
       </x:c>
       <x:c r="E108" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
         <x:v>1916420.53</x:v>
       </x:c>
       <x:c r="G108" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H108" s="4" t="n">
@@ -7815,116 +7815,116 @@
       <x:c r="M111" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O111" s="5" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P111" s="4" t="n">
         <x:v>89.33</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="n">
         <x:v>3714128.35</x:v>
       </x:c>
       <x:c r="R111" s="4" t="n">
         <x:v>99.5</x:v>
       </x:c>
       <x:c r="S111" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T111" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U111" s="4" t="n">
-        <x:v>2784204.89</x:v>
+        <x:v>3125040.83</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B112" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C112" s="4" t="n">
         <x:v>3732700</x:v>
       </x:c>
       <x:c r="D112" s="4" t="n">
         <x:v>159.56</x:v>
       </x:c>
       <x:c r="E112" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
         <x:v>5955747.48</x:v>
       </x:c>
       <x:c r="G112" s="5" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H112" s="4" t="n">
         <x:v>140.03</x:v>
       </x:c>
       <x:c r="I112" s="4" t="n">
         <x:v>5226914.3</x:v>
       </x:c>
       <x:c r="J112" s="5" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="K112" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L112" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M112" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N112" s="4" t="n">
         <x:v>3465714.2</x:v>
       </x:c>
       <x:c r="O112" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P112" s="4" t="n">
-        <x:v>67.29</x:v>
+        <x:v>67.26</x:v>
       </x:c>
       <x:c r="Q112" s="4" t="n">
-        <x:v>3517386.25</x:v>
+        <x:v>3515634.14</x:v>
       </x:c>
       <x:c r="R112" s="4" t="n">
-        <x:v>94.23</x:v>
+        <x:v>94.18</x:v>
       </x:c>
       <x:c r="S112" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T112" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U112" s="4" t="n">
-        <x:v>2163126.13</x:v>
+        <x:v>2254423.75</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B113" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C113" s="4" t="n">
         <x:v>1335206.88</x:v>
       </x:c>
       <x:c r="D113" s="4" t="n">
         <x:v>113.01</x:v>
       </x:c>
       <x:c r="E113" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
         <x:v>1508958.08</x:v>
       </x:c>
       <x:c r="G113" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="H113" s="4" t="n">
@@ -8010,51 +8010,51 @@
       <x:c r="M114" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="N114" s="4" t="n">
         <x:v>1762316.71</x:v>
       </x:c>
       <x:c r="O114" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P114" s="4" t="n">
         <x:v>96.27</x:v>
       </x:c>
       <x:c r="Q114" s="4" t="n">
         <x:v>3377689.83</x:v>
       </x:c>
       <x:c r="R114" s="4" t="n">
         <x:v>90.49</x:v>
       </x:c>
       <x:c r="S114" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T114" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U114" s="4" t="n">
-        <x:v>1353087.77</x:v>
+        <x:v>2236728.22</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B115" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C115" s="4" t="n">
         <x:v>1120874.62</x:v>
       </x:c>
       <x:c r="D115" s="4" t="n">
         <x:v>199.48</x:v>
       </x:c>
       <x:c r="E115" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
         <x:v>2235964</x:v>
       </x:c>
       <x:c r="G115" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H115" s="4" t="n">
@@ -8190,66 +8190,66 @@
       <x:c r="H117" s="4" t="n">
         <x:v>95.51</x:v>
       </x:c>
       <x:c r="I117" s="4" t="n">
         <x:v>3565285.98</x:v>
       </x:c>
       <x:c r="J117" s="5" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="K117" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="L117" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M117" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="N117" s="4" t="n">
         <x:v>2539697.38</x:v>
       </x:c>
       <x:c r="O117" s="5" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="P117" s="4" t="n">
-        <x:v>96.28</x:v>
+        <x:v>95.93</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="n">
-        <x:v>3432627.33</x:v>
+        <x:v>3420248.21</x:v>
       </x:c>
       <x:c r="R117" s="4" t="n">
-        <x:v>91.96</x:v>
+        <x:v>91.63</x:v>
       </x:c>
       <x:c r="S117" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T117" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U117" s="4" t="n">
-        <x:v>1395764.31</x:v>
+        <x:v>2224071.67</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B118" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C118" s="4" t="n">
         <x:v>2933700</x:v>
       </x:c>
       <x:c r="D118" s="4" t="n">
         <x:v>163.03</x:v>
       </x:c>
       <x:c r="E118" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
         <x:v>4782768.2</x:v>
       </x:c>
       <x:c r="G118" s="5" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H118" s="4" t="n">
@@ -8270,51 +8270,51 @@
       <x:c r="M118" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N118" s="4" t="n">
         <x:v>97789.84</x:v>
       </x:c>
       <x:c r="O118" s="5" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P118" s="4" t="n">
         <x:v>94.23</x:v>
       </x:c>
       <x:c r="Q118" s="4" t="n">
         <x:v>4051868.31</x:v>
       </x:c>
       <x:c r="R118" s="4" t="n">
         <x:v>138.11</x:v>
       </x:c>
       <x:c r="S118" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T118" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U118" s="4" t="n">
-        <x:v>2353452.67</x:v>
+        <x:v>2491660.99</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B119" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C119" s="4" t="n">
         <x:v>4785157.54</x:v>
       </x:c>
       <x:c r="D119" s="4" t="n">
         <x:v>191.12</x:v>
       </x:c>
       <x:c r="E119" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
         <x:v>9145331.5</x:v>
       </x:c>
       <x:c r="G119" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H119" s="4" t="n">
@@ -8580,131 +8580,131 @@
       <x:c r="H123" s="4" t="n">
         <x:v>109.8</x:v>
       </x:c>
       <x:c r="I123" s="4" t="n">
         <x:v>3021561.82</x:v>
       </x:c>
       <x:c r="J123" s="5" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="K123" s="5" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L123" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M123" s="5" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N123" s="4" t="n">
         <x:v>1593813.42</x:v>
       </x:c>
       <x:c r="O123" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P123" s="4" t="n">
-        <x:v>85.85</x:v>
+        <x:v>83.54</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="n">
-        <x:v>2594067.99</x:v>
+        <x:v>2524274.22</x:v>
       </x:c>
       <x:c r="R123" s="4" t="n">
-        <x:v>94.26</x:v>
+        <x:v>91.73</x:v>
       </x:c>
       <x:c r="S123" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T123" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U123" s="4" t="n">
-        <x:v>1641957.23</x:v>
+        <x:v>2041388.11</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B124" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C124" s="4" t="n">
         <x:v>2754800</x:v>
       </x:c>
       <x:c r="D124" s="4" t="n">
         <x:v>121.91</x:v>
       </x:c>
       <x:c r="E124" s="5" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
         <x:v>3358264.52</x:v>
       </x:c>
       <x:c r="G124" s="5" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H124" s="4" t="n">
         <x:v>111.29</x:v>
       </x:c>
       <x:c r="I124" s="4" t="n">
         <x:v>3065705.26</x:v>
       </x:c>
       <x:c r="J124" s="5" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K124" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L124" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M124" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N124" s="4" t="n">
         <x:v>471455.62</x:v>
       </x:c>
       <x:c r="O124" s="5" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P124" s="4" t="n">
-        <x:v>88.73</x:v>
+        <x:v>87.26</x:v>
       </x:c>
       <x:c r="Q124" s="4" t="n">
-        <x:v>2720303.63</x:v>
+        <x:v>2674996.13</x:v>
       </x:c>
       <x:c r="R124" s="4" t="n">
-        <x:v>98.75</x:v>
+        <x:v>97.1</x:v>
       </x:c>
       <x:c r="S124" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T124" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U124" s="4" t="n">
-        <x:v>1657076.91</x:v>
+        <x:v>2158879.47</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B125" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C125" s="4" t="n">
         <x:v>782000</x:v>
       </x:c>
       <x:c r="D125" s="4" t="n">
         <x:v>88.62</x:v>
       </x:c>
       <x:c r="E125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
         <x:v>692987.86</x:v>
       </x:c>
       <x:c r="G125" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="H125" s="4" t="n">
@@ -8775,66 +8775,66 @@
       <x:c r="H126" s="4" t="n">
         <x:v>126.88</x:v>
       </x:c>
       <x:c r="I126" s="4" t="n">
         <x:v>4587135.37</x:v>
       </x:c>
       <x:c r="J126" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K126" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L126" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="M126" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N126" s="4" t="n">
         <x:v>475807.06</x:v>
       </x:c>
       <x:c r="O126" s="5" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="P126" s="4" t="n">
-        <x:v>72.86</x:v>
+        <x:v>72.82</x:v>
       </x:c>
       <x:c r="Q126" s="4" t="n">
-        <x:v>3342216.99</x:v>
+        <x:v>3340511.19</x:v>
       </x:c>
       <x:c r="R126" s="4" t="n">
-        <x:v>92.45</x:v>
+        <x:v>92.4</x:v>
       </x:c>
       <x:c r="S126" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T126" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U126" s="4" t="n">
-        <x:v>1560820.8</x:v>
+        <x:v>2313670.18</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B127" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C127" s="4" t="n">
         <x:v>187075</x:v>
       </x:c>
       <x:c r="D127" s="4" t="n">
         <x:v>99.77</x:v>
       </x:c>
       <x:c r="E127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
         <x:v>186644.28</x:v>
       </x:c>
       <x:c r="G127" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H127" s="4" t="n">
@@ -8985,51 +8985,51 @@
       <x:c r="M129" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="N129" s="4" t="n">
         <x:v>614614.98</x:v>
       </x:c>
       <x:c r="O129" s="5" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="P129" s="4" t="n">
         <x:v>80.01</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="n">
         <x:v>2408694.97</x:v>
       </x:c>
       <x:c r="R129" s="4" t="n">
         <x:v>89.24</x:v>
       </x:c>
       <x:c r="S129" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T129" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U129" s="4" t="n">
-        <x:v>751241.67</x:v>
+        <x:v>1394077.73</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B130" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C130" s="4" t="n">
         <x:v>1000000</x:v>
       </x:c>
       <x:c r="D130" s="4" t="n">
         <x:v>88.53</x:v>
       </x:c>
       <x:c r="E130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
         <x:v>885327.77</x:v>
       </x:c>
       <x:c r="G130" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="H130" s="4" t="n">
@@ -9100,66 +9100,66 @@
       <x:c r="H131" s="4" t="n">
         <x:v>125.37</x:v>
       </x:c>
       <x:c r="I131" s="4" t="n">
         <x:v>3678066.03</x:v>
       </x:c>
       <x:c r="J131" s="5" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="K131" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L131" s="5" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="M131" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="O131" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="P131" s="4" t="n">
-        <x:v>94.69</x:v>
+        <x:v>93.03</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="n">
-        <x:v>3482639.91</x:v>
+        <x:v>3421775.23</x:v>
       </x:c>
       <x:c r="R131" s="4" t="n">
-        <x:v>118.71</x:v>
+        <x:v>116.64</x:v>
       </x:c>
       <x:c r="S131" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T131" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U131" s="4" t="n">
-        <x:v>1072093.81</x:v>
+        <x:v>1481493.08</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B132" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C132" s="4" t="n">
         <x:v>1486408</x:v>
       </x:c>
       <x:c r="D132" s="4" t="n">
         <x:v>83.1</x:v>
       </x:c>
       <x:c r="E132" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F132" s="4" t="n">
         <x:v>1235215.89</x:v>
       </x:c>
       <x:c r="G132" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="H132" s="4" t="n">
@@ -9375,116 +9375,116 @@
       <x:c r="M135" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N135" s="4" t="n">
         <x:v>1323850.01</x:v>
       </x:c>
       <x:c r="O135" s="5" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P135" s="4" t="n">
         <x:v>83.9</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="n">
         <x:v>3728521.17</x:v>
       </x:c>
       <x:c r="R135" s="4" t="n">
         <x:v>99.91</x:v>
       </x:c>
       <x:c r="S135" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T135" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U135" s="4" t="n">
-        <x:v>2814876.24</x:v>
+        <x:v>2844479.24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B136" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C136" s="4" t="n">
         <x:v>2933745</x:v>
       </x:c>
       <x:c r="D136" s="4" t="n">
         <x:v>250.06</x:v>
       </x:c>
       <x:c r="E136" s="5" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
         <x:v>7336103.17</x:v>
       </x:c>
       <x:c r="G136" s="5" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H136" s="4" t="n">
         <x:v>188.47</x:v>
       </x:c>
       <x:c r="I136" s="4" t="n">
         <x:v>5529084.15</x:v>
       </x:c>
       <x:c r="J136" s="5" t="n">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K136" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L136" s="5" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="M136" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N136" s="4" t="n">
         <x:v>99790</x:v>
       </x:c>
       <x:c r="O136" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P136" s="4" t="n">
-        <x:v>67.36</x:v>
+        <x:v>67.35</x:v>
       </x:c>
       <x:c r="Q136" s="4" t="n">
-        <x:v>3724302.08</x:v>
+        <x:v>3723969.83</x:v>
       </x:c>
       <x:c r="R136" s="4" t="n">
-        <x:v>126.95</x:v>
+        <x:v>126.94</x:v>
       </x:c>
       <x:c r="S136" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T136" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U136" s="4" t="n">
-        <x:v>2525325.83</x:v>
+        <x:v>2975958.72</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B137" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C137" s="4" t="n">
         <x:v>1486430</x:v>
       </x:c>
       <x:c r="D137" s="4" t="n">
         <x:v>99.01</x:v>
       </x:c>
       <x:c r="E137" s="5" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
         <x:v>1471726.52</x:v>
       </x:c>
       <x:c r="G137" s="5" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="H137" s="4" t="n">
@@ -9620,66 +9620,66 @@
       <x:c r="H139" s="4" t="n">
         <x:v>108.16</x:v>
       </x:c>
       <x:c r="I139" s="4" t="n">
         <x:v>3892749.12</x:v>
       </x:c>
       <x:c r="J139" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K139" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L139" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M139" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N139" s="4" t="n">
         <x:v>413043.36</x:v>
       </x:c>
       <x:c r="O139" s="5" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P139" s="4" t="n">
-        <x:v>82.61</x:v>
+        <x:v>82.58</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="n">
-        <x:v>3215857.63</x:v>
+        <x:v>3214648.63</x:v>
       </x:c>
       <x:c r="R139" s="4" t="n">
-        <x:v>89.35</x:v>
+        <x:v>89.32</x:v>
       </x:c>
       <x:c r="S139" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T139" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U139" s="4" t="n">
-        <x:v>2505404.29</x:v>
+        <x:v>2546112.61</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B140" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C140" s="4" t="n">
         <x:v>1050603.42</x:v>
       </x:c>
       <x:c r="D140" s="4" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="E140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
         <x:v>1040147.6</x:v>
       </x:c>
       <x:c r="G140" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H140" s="4" t="n">
@@ -9945,66 +9945,66 @@
       <x:c r="H144" s="4" t="n">
         <x:v>130.12</x:v>
       </x:c>
       <x:c r="I144" s="4" t="n">
         <x:v>3816275.12</x:v>
       </x:c>
       <x:c r="J144" s="5" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K144" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="L144" s="5" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="M144" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N144" s="4" t="n">
         <x:v>470167.1</x:v>
       </x:c>
       <x:c r="O144" s="5" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P144" s="4" t="n">
-        <x:v>92.71</x:v>
+        <x:v>91.14</x:v>
       </x:c>
       <x:c r="Q144" s="4" t="n">
-        <x:v>3538039.49</x:v>
+        <x:v>3478250.69</x:v>
       </x:c>
       <x:c r="R144" s="4" t="n">
-        <x:v>120.63</x:v>
+        <x:v>118.59</x:v>
       </x:c>
       <x:c r="S144" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T144" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U144" s="4" t="n">
-        <x:v>2405227.73</x:v>
+        <x:v>2519422.76</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B145" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C145" s="4" t="n">
         <x:v>325482</x:v>
       </x:c>
       <x:c r="D145" s="4" t="n">
         <x:v>99.7</x:v>
       </x:c>
       <x:c r="E145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
         <x:v>324520</x:v>
       </x:c>
       <x:c r="G145" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H145" s="4" t="n">
@@ -10140,131 +10140,131 @@
       <x:c r="H147" s="4" t="n">
         <x:v>97.18</x:v>
       </x:c>
       <x:c r="I147" s="4" t="n">
         <x:v>3627488.24</x:v>
       </x:c>
       <x:c r="J147" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="K147" s="5" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="L147" s="5" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M147" s="5" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="N147" s="4" t="n">
         <x:v>1340761.99</x:v>
       </x:c>
       <x:c r="O147" s="5" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P147" s="4" t="n">
-        <x:v>97.53</x:v>
+        <x:v>97.52</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="n">
-        <x:v>3537762.24</x:v>
+        <x:v>3537675.07</x:v>
       </x:c>
       <x:c r="R147" s="4" t="n">
-        <x:v>94.78</x:v>
+        <x:v>94.77</x:v>
       </x:c>
       <x:c r="S147" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T147" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U147" s="4" t="n">
-        <x:v>1897367.01</x:v>
+        <x:v>2084066.17</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B148" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C148" s="4" t="n">
         <x:v>2745021</x:v>
       </x:c>
       <x:c r="D148" s="4" t="n">
         <x:v>106.08</x:v>
       </x:c>
       <x:c r="E148" s="5" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F148" s="4" t="n">
         <x:v>2911797.86</x:v>
       </x:c>
       <x:c r="G148" s="5" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H148" s="4" t="n">
         <x:v>93.01</x:v>
       </x:c>
       <x:c r="I148" s="4" t="n">
         <x:v>2553013.33</x:v>
       </x:c>
       <x:c r="J148" s="5" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="5" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="L148" s="5" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="M148" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N148" s="4" t="n">
         <x:v>1158003.47</x:v>
       </x:c>
       <x:c r="O148" s="5" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P148" s="4" t="n">
-        <x:v>72.05</x:v>
+        <x:v>64.44</x:v>
       </x:c>
       <x:c r="Q148" s="4" t="n">
-        <x:v>1839379.28</x:v>
+        <x:v>1645211.51</x:v>
       </x:c>
       <x:c r="R148" s="4" t="n">
-        <x:v>67.01</x:v>
+        <x:v>59.93</x:v>
       </x:c>
       <x:c r="S148" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T148" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U148" s="4" t="n">
-        <x:v>803031.06</x:v>
+        <x:v>874391.39</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B149" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C149" s="4" t="n">
         <x:v>2408994</x:v>
       </x:c>
       <x:c r="D149" s="4" t="n">
         <x:v>99.91</x:v>
       </x:c>
       <x:c r="E149" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
         <x:v>2406900</x:v>
       </x:c>
       <x:c r="G149" s="5" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H149" s="4" t="n">
@@ -10530,66 +10530,66 @@
       <x:c r="H153" s="4" t="n">
         <x:v>199.85</x:v>
       </x:c>
       <x:c r="I153" s="4" t="n">
         <x:v>5863033.24</x:v>
       </x:c>
       <x:c r="J153" s="5" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K153" s="5" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="L153" s="5" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="M153" s="5" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="N153" s="4" t="n">
         <x:v>2164209.06</x:v>
       </x:c>
       <x:c r="O153" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P153" s="4" t="n">
-        <x:v>61.34</x:v>
+        <x:v>59.66</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="n">
-        <x:v>3596336.28</x:v>
+        <x:v>3497888.86</x:v>
       </x:c>
       <x:c r="R153" s="4" t="n">
-        <x:v>122.59</x:v>
+        <x:v>119.23</x:v>
       </x:c>
       <x:c r="S153" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T153" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U153" s="4" t="n">
-        <x:v>2132341.06</x:v>
+        <x:v>2330664.3</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B154" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C154" s="4" t="n">
         <x:v>2754800</x:v>
       </x:c>
       <x:c r="D154" s="4" t="n">
         <x:v>199.15</x:v>
       </x:c>
       <x:c r="E154" s="5" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
         <x:v>5486055.54</x:v>
       </x:c>
       <x:c r="G154" s="5" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H154" s="4" t="n">
@@ -10610,51 +10610,51 @@
       <x:c r="M154" s="5" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N154" s="4" t="n">
         <x:v>407006.12</x:v>
       </x:c>
       <x:c r="O154" s="5" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="P154" s="4" t="n">
         <x:v>91.81</x:v>
       </x:c>
       <x:c r="Q154" s="4" t="n">
         <x:v>2301326.96</x:v>
       </x:c>
       <x:c r="R154" s="4" t="n">
         <x:v>83.54</x:v>
       </x:c>
       <x:c r="S154" s="5" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="T154" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="U154" s="4" t="n">
-        <x:v>1692538.25</x:v>
+        <x:v>1891937.7</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B155" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C155" s="4" t="n">
         <x:v>3911660</x:v>
       </x:c>
       <x:c r="D155" s="4" t="n">
         <x:v>187.62</x:v>
       </x:c>
       <x:c r="E155" s="5" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
         <x:v>7338890.38</x:v>
       </x:c>
       <x:c r="G155" s="5" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H155" s="4" t="n">